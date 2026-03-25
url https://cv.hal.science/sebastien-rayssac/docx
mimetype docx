--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -717,199 +717,363 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (62)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (64)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Investir le champ patrimonial pour éclairer les ruralités contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche des Mardis de Dynamiques Rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires; Équipe Dynamiques Rurales, Mar 2026, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projection-débat autour du film-recherche &amp;quot;Traits d'union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Panegos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ateliers des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction Générale de l'Aménagement, du Logement et de la Nature; Communautés de communes de la Lomagne Gersoise; Communautés de communes de la Ténarèze, Jan 2026, Marsolan (Gers), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Construire les futurs patrimoniaux : les collections du Bénin à l’épreuve de l’interdisciplinarité, retours critiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Clara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Dufau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des mondes passés aux futurs émergents : réseaux, conflits et solidarités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LabEx Structurations des Mondes Sociaux, Sep 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traits d’union. Des sentiers ordinaires aux espaces patrimonialisés. Décryptage du film recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Panegos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -924,742 +1088,824 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaires de l'Axe Patrimoines du LISST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires (LISST), Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning from crises: Adaptation and Overcoming Strategies in French Rural Southwestern Region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inmaculada Diaz Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asunción Blanco-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th International Geographical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Geographical Union (IGU); Geographical Society of Ireland, Aug 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aprendido de las crisis: estrategias de adaptación y superación en el suroeste interior francés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inmaculada Diaz Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asunción Blanco-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Cànoves-Valiente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX Coloquio Internacional de Geografía del Turismo, "Repensando los destinos turísticos en tiempos de cambio global"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universitat de València; Asociación Española de Geografía (AGE); Union Géographique Internationale (UGI), Jun 2024, Cullera-Valencia, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territorios de interior y turismo de proximidad: Oportunidades y retos en el periodo pospandemia en los Pirineos centrales franceses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620417v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Inmaculada Diaz Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asunción Blanco-Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28° Congreso de la Asociación Española de Geografía. Geografía: Cambios, Retos y Adaptación</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Asociación Española de Geografía (AGE); Universidad de la Rioja, Sep 2023, Logroño, España. pp.1571-1578</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itinérances vers Compostelle : une opportunité pour les territoires ruraux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Café Géo de Saint-Malo, Conférence - débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Café Géo de Saint-Malo, Jan 2023, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le phénomène contemporain des chemins de Saint-Jacques sous l’œil du géographe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cafés Géo à Albi, Conférence-débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National Universitaire Champollion, Apr 2023, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Provenances, enjeux et perspectives autour des biens culturels en provenance du Bénin conservés à Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Clara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provenances, enjeux et perspectives autour des biens culturels en provenance du Bénin conservés à Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anaïs CLARA; Magali DUFAU; Sebastien RAYSSAC; Anouk DELAITRE, Sep 2023, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04211286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrimoine et aménagement du territoire : le tourisme post-Covid comme accélérateur de projets en espace rural ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quatrièmes Journées franco-espagnoles de la Géographie / Cuartas Jornadas Hispano-Francesas de Geografía</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Asociación Española de Geografía; Comité National Français de Géographie; Université Toulouse - Jean Jaurès, Oct 2023, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regard contemporain sur les chemins de Saint-Jacques de Compostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers « Patrimoine Culturel Immatériel »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ethnopôle Garae; Université Paul-Valéry Montpellier 3; Université Toulouse - Jean Jaurès, Jan 2023, Carcasonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Inmaculada Diaz Soria</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de l’ouvrage « Vers Compostelle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quitterie Cazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Asunción Blanco-Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28° Congreso de la Asociación Española de Geografía. Geografía: Cambios, Retos y Adaptación</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Asociación Española de Geografía (AGE); Universidad de la Rioja, Sep 2023, Logroño, España. pp.1571-1578</w:t>
+              <w:t xml:space="preserve">Rencontres avec les auteur.e.s, Conférence - débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Librairie Ombres Blanches, Oct 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...323 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un autre regard sur Martel, Balade urbaine commentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Taulelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1701,155 +1947,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">POPSU Territoires - Martel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Plan Urbanisme Construction Architecture (PUCA); Direction Générale de l'Aménagement, du Logement et de la Nature (DGLN); Ville de Martel, Jun 2022, Martel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimoine et jeux d’acteurs multi-échelles : les dynamiques territoriales autour des chemins ruraux vers Compostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1865,375 +2029,375 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du centenaire de l'UGI : Le temps des géographes - Time for geographers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Union Géographique Internationale (UGI); Comité National Français de Géographie (CNFG); Université Paris 1 - Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Chemins de Saint-Jacques-de-Compostelle en France » : propositions pour le volet scientifique du plan de gestion Unesco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Audition dans le cadre du plan de gestion Unesco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une géographie des circulations vers Compostelle, Présentation de l'exposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Panegos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence - débat de la Médiathèque des Gaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Médiathèque des Gaves, Oct 2021, Oloron-Sainte-Marie, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la recherche-action à la recherche académique : bilan du programme GeoCompostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche annuel de l’équipe Dynamiques Rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires; Université Toulouse - Jean Jaurès, Sep 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemins de Compostelle et dynamiques de développement territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence débat du Centre universitaire de l'Ariège Robert Naudi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre universitaire de l'Ariège Robert Naudi, Oct 2021, Foix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...163 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discours et images géographiques : cartes, croquis, photographies. Retour sur le processus de construction d’une exposition sur les chemins de Compostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2262,73 +2426,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche de l’axe transversal du LISST « Différenciations territoriales et actions collectives »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires (LISST); Université Toulouse - Jean Jaurès, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du chemin au bien culturel : le numérique, une solution pour gérer et valoriser le patrimoine jacquaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2344,73 +2508,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international "Territoire(s) et numérique. Innovations, mutations et décision"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR Espace; 57ème colloque de l’Association de Science régionale de Langue Française; Université d’Avignon, Sep 2021, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03334897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une géographie des circulations vers Compostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2419,106 +2583,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Panegos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najla Touati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Tous (im)mobiles, tous cartographes ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse - Jean Jaurès, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03656497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Re)considérer le tourisme dans les espaces ruraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2534,73 +2698,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Countryside dynamics and adaptation to the contemporaneous environmental, socio-economic and territorial challenges (North and South) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidade Nova de Lisboa; Departamento de Geografia e Planeamento Regional; Commission de géographie rurale du CNFG, Jun 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03334898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de construction et de développement de l’application GeoCompostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2616,1291 +2780,1291 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Territoires et patrimoines : quels enjeux pour une gestion et une valorisation partagées de l’information ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LISST-Dynamiques Rurales; Université Toulouse - Jean Jaurès, Dec 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels outils pour le plan de gestion et la mise en réseau des 78 composantes du bien sériel « Chemins de Saint-Jacques-de-Compostelle en France » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Chemins de Saint-Jacques-de-Compostelle en France : Patrimoine, Territoires, Historicité ﻿»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Toulouse - Jean Jaurès; LISST-Dynamiques Rurales; FRAMESPA, Oct 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheminer vers Compostelle. Regards de géographe et empreintes territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cazenave-Piarrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cafés Géographiques à Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Les Cafés Géographiques à Toulouse, May 2018, Moissac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petite géographie du patrimoine local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35e édition des Journées européennes du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la Culture, Sep 2018, Cambon d'Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01875039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...176 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décryptage du système d’acteurs lié aux chemins de Saint-Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Chemins de Saint-Jacques-de-Compostelle en France : Bien 868 du patrimoine mondial »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LISST-Dynamiques Rurales; Agence des Chemins de Compostelle; Université Toulouse - Jean Jaurès, May 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et préservation de l’intégrité du patrimoine occitan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> XIIe Congrès de l’Association internationale d’études occitanes - XIIn Congrès de l’Associacion internacionala d’estudis occitans (AIEO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse - Jean Jaurès; Institut National Universitaire Champollion, Jul 2017, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimoine et projets de territoires : décryptage du processus d’activation de la ressource culturelle occitane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le patrimoine occitan au cœur des projets de territoires - Lo patrimòni occitan al còr dels projèctes de territòris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse - Jean Jaurès; LISST-Dynamiques Rurales (UMR-CNRS 5193); CLLE-ERSS (UMR-CNRS 5263); En partenariat avec : Département du Tarn, Région Occitanie, Ville de Vielmur-sur-Agout, Communauté de Communes du Lautrécois - Pays d’Agout, Centre Inter-Régional de Développement de l'Occitan (CIRDOC), Jun 2017, Vielmur-sur-Agout (Tarn), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de la haute montagne pour les randonneurs itinérants. L’accessibilité en questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Cristian Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourisme(s) et adaptation(s). Environnements, pratiques, aménagements et politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire PACTE (UMR 5196 CNRS) ; Institut de Géographie Alpine (Université Grenoble Alpes); Association AsTRES, Jun 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01540371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et action publique territorialisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale de l'Agence Technique Départementale (ATD) de la Haute-Garonne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Agence Technique Départementale (ATD) de la Haute-Garonne; Conseil départemental de la Haute-Garonne, Mar 2017, Frouzins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01541074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques Rurales : parole aux fondateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fontorbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « La renaissance rurale d’un siècle à l’autre ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR LISST-Dynamiques Rurales; Union Géographique Internationale (UGI); Comité National Français de Géographie; Université Toulouse - Jean Jaurès, May 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04761326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La frontera, activo o pretexto para el desarrollo turístico? Análisis de los proyectos financiados por el POCTEP y el POCTEFA (2007-2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Manuel Trillo-Santamaría</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II Congreso Internacional SETED ANTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, “Seminario Estado, Territorio e Desenvolvemento”; O Goberno dos Territorios, Jul 2015, Santiago de Compostela, España</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01277488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tourisme et développement rural dans le sud-ouest européen : politiques territoriales, stratégies et actions collectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Manuel Trillo-Santamaría</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Annual Colloquium Sustainable Rural Systems: Smart Answers for Smiling Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Geographical Union; Universidade NOVA de Lisboa (Portugal), Jul 2015, Lisboa, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01277383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Pas de la case : relations transfrontalières : regards de sociologue, géographe et photographe sur les dynamiques, échanges et mobilités franco-andorranes. Conférence publique sur le projet &amp;quot;Miradas sobre el Pas de la Casa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segués Nuria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arno Brignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Une saison photo à Toulouse »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Médiathèque José Cabanis (grand auditorium), Sep 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Tourisme et développement rural dans le sud-ouest européen : politiques territoriales, stratégies et actions collectives</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tourisme expérientiel dans le Tarn, Conférences-flash</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...163 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuit européenne des chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Toulouse; Cité de l'Espace, Sep 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considérer la nuit étoilée. La construction d'une ressource touristique territoriale : la Réserve Internationale de Ciel Etoilé du Pic du Midi de Bigorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Lapostolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poméon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Colloque International de l'Association ASTRES " Le tourisme hors des sentiers battus : coulisses, interstices et nouveaux territoires touristiques "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association AsTRES., May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01015610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations organisationnelles dans les hauts lieux du tourisme en Midi-Pyrénées : l'action publique territoriale hors des sentiers battus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacinthe Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3915,1949 +4079,1949 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Colloque International de l'Association ASTRES " Le tourisme hors des sentiers battus : coulisses, interstices et nouveaux territoires touristiques "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01015611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une filière professionnelle complexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourisme urbain, Tourisme en ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association du Dialogue Métropolitain de Toulouse, Dec 2013, Toulouse, France. pp.58-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrimoine occitan et tourisme, Conférence introductive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de sensibilisation et de formation au patrimoine occitan dans le Tarn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil général du Tarn; CORDAE/La Talvera; Centre Occitan de Recherche, de Documentation et d’Animation Ethnographiques, Feb 2013, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tourisme culturel occitan dans le Tarn. Conférence publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lancement de la politique territoriale tarnaise associant “Économie, tourisme et occitan”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil général du Tarn; Comité départemental du tourisme du Tarn, Apr 2013, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territoire, tourisme, gouvernance. De la multiplication des dispositifs de valorisation à leur mise en œuvre locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gambino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoire(s) Tourisme(s) Gouvernance(s) - Regards croisés Galice - Midi-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00940579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Labels, marques et territoires. Une entrée par les dispositifs spatiaux du tourisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Soulenq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoire(s) Tourisme(s) Gouvernance(s) - Regards croisés Galice - Midi-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00940580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El turismo en los parces naturales regionales en Francia. Desafíos y Oportunidades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche du Master Universitario en Dirección y Planificación del Turismo Interior y de Salud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidade de Vigo, Mar 2013, Ourense, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...327 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Geografía Social. El actor en el centro del análisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminario de investigación del Laboratorio ANTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidade de Santiago-de-Compostela, Mar 2013, Santiago de Compostela (Galicia), España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimoine Mondial et gouvernance locale dans les hauts lieux du tourisme en Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrimoine Unesco et valorisation du territoire : Albi destination et itinéraire touristique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00940578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme culturel, un enjeu de développement territorial, Torisme cultural, un enjóc desvelopament territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-ronde dans le cadre du Festival Occitània 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEO Haute-Garonne; Région Midi-Pyrénées; Conseil général du Tarn; Université de Toulouse II, Nov 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'un versant à l'autre. Quinze ans de gestion du site transfrontalier Pyrénées-Mont Perdu classé au Patrimoine Mondial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40e anniversaire de la Convention du patrimoine mondial (1972-2012). L'invention de la " valeur universelle exceptionnelle "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00940577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrimonio rural y políticas de desarrollo turístico El dispositivo regional de los grandes sitios de Midi-Pyrénées (Francia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coloquio de Geografía Rural. Territorio, paisaje y patrimonio rural </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGE – Asociación de Geógrafos Españoles; Universidad de Extremadura, Apr 2010, Cáceres, España</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et patrimoine rural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème édition de la Journée mondiale pour un tourisme responsable : « Le patrimoine rural, une énergie essentielle pour un tourisme facteur de développement des territoires »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Coalition Internationale pour un Tourisme Responsable; Conseil régional d’Île-de-France, Jun 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04761301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimoine alimentaire et innovations essai d'analyse typologique sur trois territoires de la Région Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacinthe Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Mognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pilleboue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISDA 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Montpellier, France. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00521740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche « Politiques publiques : territoires des acteurs et territoires du chercheur »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR CERTOP; Université de Toulouse II, Feb 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The invention of Pays Cathare: Origins in the assertion of a tourist territorial politics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference « Researching Coastal and Resort Destination Management: Cultures and Histories of Tourism »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre for Tourism and Cultural Change; European Union of Tourist Officers; Universitat de Girona, Oct 2009, Girona, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence du tourisme comme enjeu du développement et dynamiques de recomposition des systèmes d’acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère Journée d’Études sur le Tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR Dynamiques Rurales; ERITA; Université de Toulouse II, Feb 2006, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme, production d'images et représentations du territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Sociétés, Images et Sons »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École doctorale « Temps, Espaces, Sociétés, Cultures » (TESC); Université de Toulouse II, Feb 2006, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des acteurs locaux dans le développement touristique durable : l’exemple du Pays Corbières Minervois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque franco-québécois de recherche en tourisme : Les Premiers Rendez-vous Champlain sur le Tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Angers (ESTHUA); Centre International de Formation et de Recherche en Tourisme (CIFORT) de l'Ecole des Sciences de la Gestion de l'Université de Québec à Montréal (UQAM); Groupe Sup de Co La Rochelle, May 2006, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonction du tourisme et interprétation sociale de la ruralité dans les territoires de projets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Interdisciplinarité »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR Dynamiques Rurales; Université de Toulouse II, Mar 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patrimoine albigeois au service du développement touristique local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eve Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CUFR J.-F. Champollion, Mar 2005, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Festivals and tourism in rural areas : stakes and perspectives in Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourism and Festivals as Transnational Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre for Tourism and Cultural Change; Sheffield Hallam University, May 2004, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging representations of rurality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gambino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bacconnier-Baylet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europe at the Margins: EU Regional Policy, Peripherality and Rurality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Regional Studies Association, Apr 2004, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hier et aujourd’hui, le sujet de l’interdisciplinarité, de la découverte au questionnement d’un jeune chercheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Interdisciplinarité »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR Dynamiques Rurales; Université de Toulouse II, Mar 2003, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en image touristique des campagnes. De la valorisation des espaces ruraux à leurs représentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Identités »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Axe TVM (« Territoires, Villes, Mobilités ») de la Maison des Sciences de l’Homme de Toulouse (MSH); Université de Toulouse II, Apr 2003, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Français et le tourisme d’hiver au Québec ou la quête d’un espace imaginaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Journées Scientifiques en géographie »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département de Géographie; Université de Montréal, Apr 2001, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5867,155 +6031,246 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning from crises: challenges and opportunities for rural inland territories in the south-west of France after COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inmaculada Diaz-Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asunción Blanco-Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Boletín de la Asociación Española de Geografía</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 99, pp.31. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21138/bage.3466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21138/bage.3466⟩</w:t>
+                <w:t xml:space="preserve">hal-04378869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Plus on y va, plus on a envie d’y aller ». Questionner l’envie de revenir sur les Chemins de Saint-Jacques de Compostelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (2), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.49228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donner à voir l’empreinte territoriale d’un itinéraire culturel et de ses circulations par l’image géographique associée au discours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6034,727 +6289,636 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EchoGéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 57, pp.19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/echogeo.22329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03435256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires territoriales différenciées autour des chemins ruraux vers Compostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Panegos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Les différenciations territoriales : approches croisées, 52, pp.71-86. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/soe.8146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheminements, tourisme et gouvernance territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1 (43), pp.5-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04008106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et chemins de Saint-Jacques-de-Compostelle en France : pratiques, acteurs et gouvernance du bien culturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pénari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Cheminements, tourisme et gouvernance territoriale, 43 (1), pp.21-37. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/soe.2588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/soe.2588⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01817376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torisme cultural occitan&amp;quot; : d'una politica territoriala a una aisina de conscientizacion?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerià Paül</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Treballs de la Societat Catalana de Geografia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 75 (1), pp.55-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00952091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et patrimoine en Albigeois. L’action publique en débats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Tarn</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Le Tarn des Géographes, 209, pp. 65-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propos introductif « Le Tarn des Géographes »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Tarn</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 209, p. 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et loisirs en Albigeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bacconnier-Baylet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Le périurbain : une zone touristique d'avenir ?, Numéro spécial, pp. 85-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6764,51 +6928,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de construction d’un outil d’accompagnement à la gestion du patrimoine et à la mise en réseau de ses acteurs : Le cas du bien Unesco « Chemins de Saint-Jacques-de-Compostelle en France »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6828,73 +6992,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quitterie Cazes; Sébastien Rayssac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers Compostelle. Regard contemporain sur les chemins de Saint-Jacques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Midi, pp.125-134, 2022, Patrimoines, 978-2-8107-0791-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une approche pluridisciplinaire de l’objet patrimonial « Chemins de Saint-Jacques-de Compostelle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quitterie Cazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6914,552 +7078,552 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quitterie Cazes; Sébastien Rayssac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers Compostelle. Regard contemporain sur les chemins de Saint-Jacques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Midi, pp.13-20, 2022, Patrimoines, 978-2-8107-0791-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04761350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de la haute montagne pour les randonneurs itinérants. L’accessibilité en questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Cristian Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florent Cholat; Luc Gwiazdzinski; Céline Tritz; John Tuppen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourisme(s) et adaptation(s) = Tourism and adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elya éditions, pp.235-245, 2019, L'innovation autrement, 979-10-91336-123</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’innovation patrimoniale alimentaire : objectifs, fonctions et formes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bessière J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations et patrimoines alimentaires en espace rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quae, pp.77-86, 2012, 978-84-96786-08-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">¿Lo local como incentivo para el desarrollo turístico? Un estudio sobre las Landas de Gascuña</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Valerià Paül i Carril; Joan Tort i Donada. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territorios, paisajes y lugares. Trabajos recientes de pensamiento geográfico - Territoris, paisatges y llocs. Treballs recents de pensament geogràfic - Territorios, paisaxes e lugares. Traballos recentes de pensamento xeográfico - Lurraldeak, paisaiak eta lekuak. Geografia-pentsamenduaren gaineko lan berriak</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Galerada, pp. 143-156, 2007, 978-84-96786-08-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En quête de grands espaces. L'exemple des français et du tourisme d'hiver au Québec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurence Barthe; Fabienne Cavaillé; Corinne Eychenne; Jean Pilleboue. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habiter et vivre dans les campagnes de faible densité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CERAMAC, Presses Universitaires Blaise Pascal, pp. 515-550, 2007, 978-2-84516-353-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278350v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-01278422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dossier : Cheminements, tourisme et gouvernance territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 43, 124 p., 2017, 978-2-8107-0543-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/soe.2494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01639581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dossier : Le Tarn des Géographes, numéro spécial Géographie et Aménagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Tarn</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 209, 185 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7469,785 +7633,785 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acteurs et enjeux des co-recherches en Occitanie ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Bouyssières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Observatoire SAPS de la Communauté d'universités et d'établissements de Toulouse. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-05478177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse - Acteurs et enjeux des co-recherches en Occitanie ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Bouyssières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Observatoire SAPS de la Communauté d'universités et d'établissements de Toulouse. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dietrich</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05478203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire petite ville touristique à la campagne : diversités et complémentarités de l'offre de services à Martel (Lot)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Taulelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélio Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Panegos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane de Champs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Observatoire SAPS de la Communauté d'universités et d'établissements de Toulouse. 2025</w:t>
+              <w:t xml:space="preserve">LISST (UMR-CNRS); Université Jean Jaurès; Institut National Universitaire Champollion; POPSU Territoires. 2022, 75 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GeoCompostelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Panegos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires (LISST); CNRS; Université Toulouse 2 - Jean Jaurès. 2021, 45 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03656632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hauts lieux du tourisme en Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lauriane de Champs</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacinthe Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gambino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">LISST (UMR-CNRS); Université Jean Jaurès; Institut National Universitaire Champollion; POPSU Territoires. 2022, 75 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Fédérale de Toulouse; Université Toulouse - Jean Jaurès; CNRS ; UMR CERTOP; UMR Dynamiques Rurales; ISTHIA. 2015, 163 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'innovation dans les processus de valorisation des patrimoines alimentaires en espace rural. Le rôle du tourisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pilleboue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires (LISST); CNRS; Université Toulouse 2 - Jean Jaurès. 2021, 45 p</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacinthe Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Tibère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Conseil Régional Midi-Pyrénées; Université de Toulouse Le Mirail. 2012, 204 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04004323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El papel de los actores locales en el desarrollo del turismo en espacio rural. Estudio de las formas de acciones públicas territorializadas y de sus resultados en el Sudoeste europeo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Departamento de Geografía; Universidad Autónoma de Barcelona; Grupo de Investigación en Turismo y Nuevas Dinámicas Socioterritoriales en Áreas Rurales. 2008, pp.95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...301 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8257,411 +8421,411 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traits d’union. Des sentiers ordinaires aux espaces patrimonialisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Panegos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04933386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tourisme culturel occitan dans le Tarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00986423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Pôles d'Excellence Rurale : processus, gouvernance et plus-value dans les trajectoires de développement des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bacconnier-Baylet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Barrue-Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacinthe Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, 135 p. : annexes, graph., tabl</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00463775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation qualitative de la politique régionale des Pays et PNR en Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Sibertin-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Taulelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00400761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8671,104 +8835,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme HAULMIP (Les hauts lieux du tourisme en Midi-Pyrénées : dispositifs de valorisation et organisation des territoires touristiques), PROJO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8778,51 +8942,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La soirée diapos de Sébastien Rayssac. Voyage vers Compostelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8844,51 +9008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lagarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04751447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8898,114 +9062,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et devenir des territoires ruraux : jeux d’acteurs, discours et requalifications de la ruralité dans trois Pays du sud-ouest français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Institut de Géographie Daniel Faucher; Université de Toulouse II; Université de Toulouse, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04934868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId171"/>
+      <w:footerReference w:type="default" r:id="rId173"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9073,51 +9237,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ED42C876"/>
+    <w:nsid w:val="EBB6E8D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9304,51 +9468,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-rayssac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1002-3455" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120769379" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lisst.univ-tlse2.fr/accueil/autres-infos/annuaire/rayssac-sebastien-82985.kjsp?RH=Annuaire_LISST" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822335v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lio Labat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rayssac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Panegos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778529v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Cazes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/produit/vers-compostelle/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Bessi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poulain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04934691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05329927v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05329895v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dufau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Dela&#238;tre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251185v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cazenave" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684484v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Diaz Soria" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asunci&#243;n Blanco-Romero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620417v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma C&#224;noves-Valiente" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800549v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213114v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211286v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800512v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800524v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255977v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800533v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800530v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736218v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800554v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800535v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938333v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lagarde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800552v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03334897v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656497v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Touati" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03334898v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938146v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875039v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817395v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazenave-Piarrot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Brunet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940432v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800558v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633017v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633012v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540371v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Cristian Barna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541074v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fontorbes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lombard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938387v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Oliveira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segu&#233;s Nuria" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Brignon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277383v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Trillo-Santamar&#237;a" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277488v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938418v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015610v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chall&#233;at" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015611v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278280v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938156v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940580v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Soulenq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940579v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938246v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938228v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938151v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940578v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938266v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940577v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761301v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291358v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521740v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mognard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pilleboue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938319v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278970v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938161v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938166v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278718v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938173v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938133v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Cortes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278648v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278653v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938186v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938181v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378869v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Diaz-Soria" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21138/bage.3466" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435256v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.22329" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261092v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.49228" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864266v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.8146" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008106v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817376v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien P&#233;nari" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.2588" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00952091v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeri&#224; Pa&#252;l" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278616v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936799v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278670v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256027v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761350v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069506v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278436v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278350v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278422v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639581v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.2494" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278535v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478177v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Bouyssi&#232;res" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Jolivet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Rivi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478203v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754211v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane de Champs" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656632v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278583v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04004323v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tib&#232;re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938113v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933386v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986423v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00463775v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Barrue-Pastor" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00400761v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Taulelle" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936829v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751447v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04934868v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-rayssac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1002-3455" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120769379" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lisst.univ-tlse2.fr/accueil/autres-infos/annuaire/rayssac-sebastien-82985.kjsp?RH=Annuaire_LISST" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822335v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lio Labat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rayssac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Panegos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778529v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Cazes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/produit/vers-compostelle/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Bessi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poulain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04934691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05329927v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565060v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565153v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cazenave" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05329895v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clara" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dufau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Dela&#238;tre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251185v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684484v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Diaz Soria" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asunci&#243;n Blanco-Romero" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620417v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma C&#224;noves-Valiente" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213114v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800524v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800512v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255977v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800549v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800530v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800533v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736218v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938333v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lagarde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800554v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800535v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800552v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03334897v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656497v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Touati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03334898v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940432v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817395v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazenave-Piarrot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Brunet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875039v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800558v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633017v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633012v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540371v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Cristian Barna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541074v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761326v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fontorbes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lombard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277488v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Trillo-Santamar&#237;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277383v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938387v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Oliveira" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segu&#233;s Nuria" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Brignon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938418v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015610v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chall&#233;at" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015611v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278280v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938228v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938246v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940579v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940580v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Soulenq" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938156v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938151v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940578v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938266v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940577v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291358v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761301v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521740v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mognard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pilleboue" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938319v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278970v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938166v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278718v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938173v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938133v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Cortes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278648v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278653v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938186v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938181v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378869v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Diaz-Soria" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21138/bage.3466" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261092v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.49228" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435256v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.22329" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864266v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.8146" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008106v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817376v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien P&#233;nari" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.2588" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00952091v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeri&#224; Pa&#252;l" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278616v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936799v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278670v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256027v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761350v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069506v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278436v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278422v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278350v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marois" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639581v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.2494" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278535v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478177v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Bouyssi&#232;res" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Jolivet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Rivi&#232;re" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478203v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754211v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane de Champs" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656632v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278583v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04004323v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tib&#232;re" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938113v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933386v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986423v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00463775v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Barrue-Pastor" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00400761v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Taulelle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936829v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751447v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04934868v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>