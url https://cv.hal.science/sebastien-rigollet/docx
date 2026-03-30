--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -766,429 +766,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05250629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microvascular and astrocytic responses to repeated magnetic resonance-guided focused ultrasound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimating blood oxygen saturation through susceptibility source separation: A new standpoint on quantitative BOLD models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasile Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Dumont</w:t>
+                <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 386, pp.114151. </w:t>
+              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.114151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0271678X251386228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05225248v1</w:t>
+                <w:t xml:space="preserve">hal-05414912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-Assisted Blood–Brain Barrier Opening Monitoring by Photoacoustic and Fluorescence Imaging Using Indocyanine Green</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microvascular and astrocytic responses to repeated magnetic resonance-guided focused ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Fournié</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Vasile Stupar</w:t>
+                <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2025.02.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 386, pp.114151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.114151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175656v1</w:t>
+                <w:t xml:space="preserve">hal-05225248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating blood oxygen saturation through susceptibility source separation: A new standpoint on quantitative BOLD models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Chalet</w:t>
+                <w:t xml:space="preserve">Ultrasound-Assisted Blood–Brain Barrier Opening Monitoring by Photoacoustic and Fluorescence Imaging Using Indocyanine Green</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Fournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Counil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasile Stupar</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 51 (7), pp.1059-1069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0271678X251386228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2025.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414912v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FUS-mediated BBB opening leads to transient perfusion decrease and inflammation without acute or chronic brain lesion</w:t>
               </w:r>
@@ -1213,51 +1213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1491,51 +1491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1629,51 +1629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1741,51 +1741,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rigollet Sébastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2112,51 +2112,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178751v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Laugeray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239149v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dbira Sarra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keshmiri Sarvenaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leboucher Alexandre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chovelon Beno&#238;t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239208v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delude Th&#233;otime Fehr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delalande Anthony" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stupar Vasile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215027v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Cresson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250629v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Plaindoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Fur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Courivaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beets" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Samalens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121274" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175656v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Fourni&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Counil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.02.016" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414912v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X251386228" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634511v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.96721" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239180v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphin Aur&#233;lien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ador Thomas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont Erik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elleaume H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606240v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524090v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215096v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigollet S&#233;bastien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05130644v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024GRALY068" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178751v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Laugeray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239149v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dbira Sarra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keshmiri Sarvenaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leboucher Alexandre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chovelon Beno&#238;t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239208v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delude Th&#233;otime Fehr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delalande Anthony" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stupar Vasile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215027v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Cresson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250629v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Plaindoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Fur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Courivaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beets" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Samalens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121274" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414912v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X251386228" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175656v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Fourni&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Counil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.02.016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634511v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.96721" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239180v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphin Aur&#233;lien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ador Thomas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont Erik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elleaume H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606240v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524090v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215096v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigollet S&#233;bastien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05130644v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024GRALY068" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>