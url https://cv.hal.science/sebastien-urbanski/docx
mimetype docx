--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -667,51 +667,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Giry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Urbanski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 133, pp.39-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.32421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
@@ -982,196 +982,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03708725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Everyone a changemaker !&amp;quot; Philanthropie, religion et spiritualité au secours de l'école publique</w:t>
+                <w:t xml:space="preserve">Les collectifs enseignants face aux directions d’établissements scolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Urbanski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/zil.008.0315⟩</w:t>
+              <w:t xml:space="preserve">Terrains/Théories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/teth.4100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03161398v1</w:t>
+                <w:t xml:space="preserve">hal-03526075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les collectifs enseignants face aux directions d’établissements scolaires</w:t>
+                <w:t xml:space="preserve">Everyone a changemaker !&amp;quot; Philanthropie, religion et spiritualité au secours de l'école publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Urbanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrains/Théories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14, </w:t>
+              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N°8 (1), pp.315-356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/teth.4100⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/zil.008.0315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03526075v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensions et construction de la reconnaissance chez les enseignants du second degré</w:t>
               </w:r>
@@ -3380,51 +3380,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FD0F57C6"/>
+    <w:nsid w:val="488D0287"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3611,51 +3611,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-urbanski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3682-2132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169387089" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562581v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Urbanski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Bell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/70480" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004701175" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691525v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lantheaume" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pul/51626" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639176v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/258766" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487899v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.urban.2016.03" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860503v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maleyrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.057.0213" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366747v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Giry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.32421" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371579v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.5694" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639186v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/snr.148" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708725v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.010.0395" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161398v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.008.0315" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526075v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4100" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635129v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;rier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guibert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Coz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maleyrot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501558v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.8311" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097882v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-101-12" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02146058v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.023.0201" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01666983v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01530144v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493207v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simonian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Quintin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.491.0063" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-4J8WN1H2-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487783v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.7615" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487964v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.047.0121" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488220v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.2725" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491484v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S033805991300404X" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491437v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revss.2013.1580" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01493804v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491448v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15507394.2012.716349" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488033v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.027.0147" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250905v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250896v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248836v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759144v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759149v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747134v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01494199v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.23779" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01494202v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02308271v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Malet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-urbanski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3682-2132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169387089" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562581v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Urbanski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Bell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/70480" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004701175" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691525v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lantheaume" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pul/51626" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639176v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/258766" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487899v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.urban.2016.03" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860503v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maleyrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.057.0213" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366747v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Giry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.32421" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371579v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.5694" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639186v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/snr.148" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708725v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.010.0395" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526075v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4100" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161398v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.008.0315" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635129v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;rier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guibert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Coz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maleyrot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501558v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.8311" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097882v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-101-12" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02146058v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpub1.023.0201" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01666983v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01530144v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493207v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simonian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Quintin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.491.0063" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-4J8WN1H2-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487783v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.7615" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487964v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.047.0121" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488220v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.2725" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491484v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S033805991300404X" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491437v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revss.2013.1580" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01493804v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491448v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15507394.2012.716349" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488033v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.027.0147" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250905v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250896v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248836v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759144v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759149v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747134v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01494199v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.23779" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01494202v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02308271v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Malet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>