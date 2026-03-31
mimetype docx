--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -485,736 +485,736 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04954394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purine containing carbonucleoside phosphonate analogues as novel chemotype for Plasmodium falciparum Inhibition</w:t>
+                <w:t xml:space="preserve">GMP Synthetase: Allostery, Structure, and Function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bemba Sidi Mohamed</w:t>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh Chau Nguyen</w:t>
+                <w:t xml:space="preserve">Sanjeev Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharon Wein</w:t>
+                <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Uttaro</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hemalatha Balaram</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2023.115581⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (9), pp.1379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom13091379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04269850v1</w:t>
+                <w:t xml:space="preserve">hal-04285650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GMP Synthetase: Allostery, Structure, and Function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purine containing carbonucleoside phosphonate analogues as novel chemotype for Plasmodium falciparum Inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bemba Sidi Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Ballut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Violot</w:t>
+                <w:t xml:space="preserve">Minh Chau Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanjeev Kumar</w:t>
+                <w:t xml:space="preserve">Sharon Wein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nushin Aghajari</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Uttaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemalatha Balaram</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xavier Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (9), pp.1379. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 258, pp.115581. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom13091379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2023.115581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04285650v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04269850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and molecular determinants of Candida glabrata metacaspase maturation and activation by calcium</w:t>
+                <w:t xml:space="preserve">The Candida glabrata glycogen branching enzyme structure reveals unique features of branching enzymes of the Saccharomycetaceae phylum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Doumèche</w:t>
+                <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Dugelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 5 (1), pp.1158. </w:t>
+              <w:t xml:space="preserve">Glycobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (4), pp.343-355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-022-04091-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/glycob/cwab110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04285661v1</w:t>
+                <w:t xml:space="preserve">hal-03539601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Candida glabrata glycogen branching enzyme structure reveals unique features of branching enzymes of the Saccharomycetaceae phylum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Tertiary and Quaternary Structure Organization in GMP Synthetases: Implications for Catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Martin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/glycob/cwab110⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (7), pp.871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom12070871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03539601v1</w:t>
+                <w:t xml:space="preserve">hal-03708048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tertiary and Quaternary Structure Organization in GMP Synthetases: Implications for Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Ballut</w:t>
+                <w:t xml:space="preserve">Structural and molecular determinants of Candida glabrata metacaspase maturation and activation by calcium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Conchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Doumèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Juliette Martin</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dugelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (7), pp.871. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (1), pp.1158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom12070871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-022-04091-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03708048v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04285661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring molecular determinants of polysaccharide lyase family 6–1 enzyme activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Carrique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1285,489 +1285,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03379698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helices on Interdomain Interface Couple Catalysis in the ATPPase Domain with Allostery in Plasmodium falciparum GMP Synthetase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure and catalytic regulation of Plasmodium falciparum IMP specific nucleotidase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Carrique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santosh Shivakumaraswamy</w:t>
+                <w:t xml:space="preserve">Arpit Shukla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nivedita Pandey</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nushin Aghajari</w:t>
+                <w:t xml:space="preserve">Neelakshi Varma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resmi Ravi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cbic.202000158⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17013-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03094412v1</w:t>
+                <w:t xml:space="preserve">hal-03094406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and catalytic regulation of Plasmodium falciparum IMP specific nucleotidase</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Helices on Interdomain Interface Couple Catalysis in the ATPPase Domain with Allostery in Plasmodium falciparum GMP Synthetase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santosh Shivakumaraswamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nivedita Pandey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Resmi Ravi</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (19), pp.2805-2817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17013-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cbic.202000158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03094406v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helices on Interdomain Interface Couple Catalysis in the ATPPase Domain with Allostery in Plasmodium falciparum GMP Synthetase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santosh Shivakumaraswamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nivedita Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (19), pp.2805-2817. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cbic.202000158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913889v1</w:t>
+                <w:t xml:space="preserve">hal-03094412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active site coupling in Plasmodium falciparum GMP synthetase is triggered by domain rotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santosh Shivakumaraswamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakshmi Prasoona Thota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2476,286 +2476,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00314279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The human polycomb group EED protein interacts with the integrase of human immunodeficiency virus type 1.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Violot</w:t>
+                <w:t xml:space="preserve">Expression, purification, crystallization and preliminary X-ray crystallographic studies of a psychrophilic cellulase from Pseudoalteromonas haloplanktis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saw See Hong</w:t>
+                <w:t xml:space="preserve">R. Haser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dina Rakotobe</w:t>
+                <w:t xml:space="preserve">G. Sonan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Petit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gay</w:t>
+                <w:t xml:space="preserve">D. Georlette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Feller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta Crystallogr D Biol Crystallogr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 59, pp.1256-1258</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00119648v1</w:t>
+                <w:t xml:space="preserve">hal-00313542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression, purification, crystallization and preliminary X-ray crystallographic studies of a psychrophilic cellulase from Pseudoalteromonas haloplanktis.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Violot</w:t>
+                <w:t xml:space="preserve">The human polycomb group EED protein interacts with the integrase of human immunodeficiency virus type 1.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saw See Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Rakotobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Haser</w:t>
+                <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Sonan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Feller</w:t>
+                <w:t xml:space="preserve">Bernard Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Crystallogr D Biol Crystallogr</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 77 (23), pp.12507-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.77.23.12507-12522.2003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00313542v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00119648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2773,77 +2773,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-function-activity guided drug-design on Plasmodium falciparum purine metabolizing enzyme targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Chau Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jugnarain Vinesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3170,51 +3170,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362267v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Drevet Mulard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliass Imam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Damien Coureux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briolay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bessueille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08901-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941459v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongze Wu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Abousalham" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Noiriel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.140578" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954394v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rautureau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo14120659" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269850v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Sidi Mohamed" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Chau Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Wein" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Uttaro" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2023.115581" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285650v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushin Aghajari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemalatha Balaram" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091379" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dugelay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-04091-4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708048v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12070871" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03379698v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carrique" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinesh Jugnarain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab073" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094412v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Shivakumaraswamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivedita Pandey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202000158" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094406v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpit Shukla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelakshi Varma" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resmi Ravi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17013-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913889v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094522v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Prasoona Thota" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Sathya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9930" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965647v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Falah" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D&#233;cimo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Berri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Foucault-Grunenwald" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.05263-11" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315182v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rakotobe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Violot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ss Hong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulanger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313535v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghajari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Czjzek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gk Sonan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631238v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Godoy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boullanger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bouchu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice D Leca-Bouvier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200400277" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4PJ34CBP-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314279v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Verdier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119648v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saw See Hong" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Rakotobe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gay" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.77.23.12507-12522.2003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313542v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Haser" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sonan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Georlette" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007629v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugnarain Vinesh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Ould Sidi Mohamed" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091916v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362267v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Drevet Mulard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliass Imam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Damien Coureux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briolay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bessueille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08901-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941459v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongze Wu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Abousalham" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Noiriel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.140578" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954394v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rautureau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo14120659" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285650v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushin Aghajari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemalatha Balaram" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091379" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Sidi Mohamed" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Chau Nguyen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Wein" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Uttaro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2023.115581" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708048v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12070871" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285661v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dugelay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-04091-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03379698v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carrique" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinesh Jugnarain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab073" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpit Shukla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelakshi Varma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resmi Ravi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17013-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913889v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Shivakumaraswamy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivedita Pandey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202000158" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094412v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094522v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Prasoona Thota" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Sathya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9930" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965647v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Falah" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D&#233;cimo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Berri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Foucault-Grunenwald" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.05263-11" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315182v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rakotobe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Violot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ss Hong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulanger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313535v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghajari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Czjzek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gk Sonan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631238v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Godoy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boullanger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bouchu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice D Leca-Bouvier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200400277" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4PJ34CBP-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314279v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Verdier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313542v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Haser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sonan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Georlette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119648v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saw See Hong" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Rakotobe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.77.23.12507-12522.2003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007629v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugnarain Vinesh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Ould Sidi Mohamed" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091916v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>