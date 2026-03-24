--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -141,2427 +141,2427 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (6)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coquilles et mucus : Guide de terrain des escargots et limaces pour les sciences participatives</w:t>
+                <w:t xml:space="preserve">Vigie-Nature École : un « outil » au service d’une éducation à l’environnement et au développement durable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Dozières</w:t>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Fontaine</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Corinne Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions de l’ARDIST. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Après les 12èmes rencontres scientifiques.. Actualité des recherches en didactique des sciences et des technologies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2-9577091-1-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04971317v1</w:t>
+                <w:t xml:space="preserve">hal-04418706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie scientifique et stratégie d'échantillonnage</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan et enjeux didactiques des pratiques d’éducation scolaire par la nature aux concepts et méthodes de l’écologie scientifique en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lieury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’éducation par la nature : Théories, pratiques, formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Le Manuscrit, 2024, Langues et langages du vivant, 978-2-304-05531-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Turpin</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04144998v1</w:t>
+                <w:t xml:space="preserve">hal-04417336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'impact de l'humain sur la biodiversité</w:t>
+                <w:t xml:space="preserve">chapter 4. SSI approach out of schools - How can these approaches be used in science museums and other non formal education contexts?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Robin-Havret</w:t>
+                <w:t xml:space="preserve">Martha Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Figuet</w:t>
+                <w:t xml:space="preserve">Maria João Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Haffner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+                <w:t xml:space="preserve">Turpin Sébastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Benateau</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04144458v1</w:t>
+                <w:t xml:space="preserve">Camille Roux-Goupille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning evolution through socioscientific issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, ISBN: 978-972-789-822-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les quêtes scolaires INPN Espèces : protocole Opération Escargots</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarah Figuet</w:t>
+                <w:t xml:space="preserve">La biodiversité : quelques enjeux socio-éducatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Simard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Chassany</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Emilie Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...279 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04144252v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eduquer au vivant. Perspectives, recherches et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03667286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vigie-Nature École : un « outil » au service d’une éducation à l’environnement et au développement durable ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Coquilles et mucus : Guide de terrain des escargots et limaces pour les sciences participatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dozières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Fortin</w:t>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">hal-04418706v1</w:t>
+                <w:t xml:space="preserve">Angélique Daubercies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04971317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan et enjeux didactiques des pratiques d’éducation scolaire par la nature aux concepts et méthodes de l’écologie scientifique en France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les quêtes scolaires INPN Espèces : protocole Opération Escargots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Robin-Havret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chassany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-MNHN-CNRS-IRD). 34 p., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417336v1</w:t>
+                <w:t xml:space="preserve">mnhn-04144226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">chapter 4. SSI approach out of schools - How can these approaches be used in science museums and other non formal education contexts?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martha Georgiou</w:t>
+                <w:t xml:space="preserve">L'impact de l'humain sur la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Robin-Havret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Haffner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria João Fonseca</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Benateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-MNHN-CNRS-IRD). 14 p., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turpin Sébastien</w:t>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">hal-04136574v1</w:t>
+                <w:t xml:space="preserve">mnhn-04144458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biodiversité : quelques enjeux socio-éducatifs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">À la découverte des plantes sauvages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Robin-Havret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Haffner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-MNHN-CNRS-IRD). 14 p., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04144252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-            </w:r>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inventaire de la biodiversité de mon établissement scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Robin-Havret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Haffner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-MNHN-CNRS-IRD). 14 p., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04144993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...9 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthodologie scientifique et stratégie d'échantillonnage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Robin-Havret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Haffner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03667286v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Benateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PatriNat (OFB-MNHN-CNRS-IRD). 14 p., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04144998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer l’impact de la qualité de l’air sur la diversité des lichens en utilisant un protocole de sciences participatives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performance evaluation and applicability of Lichens GO, a citizen science-based protocol for urban air quality monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hugo Counoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Turcati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lorrillière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Simon Bénateau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 150, pp.110269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2023.110269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04244961v1</w:t>
+                <w:t xml:space="preserve">hal-04082413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vigie-Nature École : un « outil » au service d’une éducation à l’environnement et au développement durable ?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Winter bird survey in French gardens, two complementary schemes for a wide array of questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lorrillière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Deguines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jiguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIèmes rencontres scientifiques de l'ARDIST</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04243616v1</w:t>
+              <w:t xml:space="preserve">Bird Census News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (1-2), pp.10-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un exemple de partenariat entre écologues et scolaires : le cas de Vigie-Nature École</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Du naturaliste expert à l’élève : Enjeux de la diversification des objectifs d’un programme de sciences participatives en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Conversy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dozières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'écologie, du labo à l'école : Enjeux, démarches, acteurs</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04246263v1</w:t>
+              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ere.4440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03887416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du discours d'une enseignante de SVT dans le cadre du dispositif de sciences participative Vigie-Nature École</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Étude des pratiques enseignantes déclarées concernant le programme de sciences citoyennes Vigie-Nature École</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bosdeveix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Crépin-Obert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leininger-Frézal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Regad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Crépin-Obert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des 11èmes Rencontres scientifiques de l'Association pour la Recherche en Didactique des Sciences et des TechnologiesT</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05063826v1</w:t>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.79-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdst.2041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-reported teaching pratices when implemented The French Vigie-Nature Ecole program of citizen science.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les réseaux volontaires d’observateurs de la biodiversité (Vigie-nature) : quelles opportunités d’apprentissage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dozières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESERA</w:t>
-[...90 lines deleted...]
-                <w:t xml:space="preserve">hal-04243606v1</w:t>
+              <w:t xml:space="preserve">Cahiers de l'action - Jeunesses, pratiques et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 47 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cact.047.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation and applicability of Lichens GO, a citizen science-based protocol for urban air quality monitoring</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Evaluer l’impact de la qualité de l’air sur la diversité des lichens en utilisant un protocole de sciences participatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bénateau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04082413v1</w:t>
+              <w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabrique des Communs Pédagogiques, May 2023, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du naturaliste expert à l’élève : Enjeux de la diversification des objectifs d’un programme de sciences participatives en France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vigie-Nature École : un « outil » au service d’une éducation à l’environnement et au développement durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Dozières</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03887416v1</w:t>
+              <w:t xml:space="preserve">XIIèmes rencontres scientifiques de l'ARDIST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARDIST, Nov 2022, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04243616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Winter bird survey in French gardens, two complementary schemes for a wide array of questions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse du discours d'une enseignante de SVT dans le cadre du dispositif de sciences participative Vigie-Nature École</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Fontaine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jiguet</w:t>
+                <w:t xml:space="preserve">Corinne Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Turpin Sébastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Regad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Crépin-Obert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bird Census News</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03766825v1</w:t>
+              <w:t xml:space="preserve">Actes des 11èmes Rencontres scientifiques de l'Association pour la Recherche en Didactique des Sciences et des TechnologiesT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie-Noëlle Hindryckx &amp; Corentin Poffé, Mar 2020, Bruxelles (BE), Belgique. pp.63-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des pratiques enseignantes déclarées concernant le programme de sciences citoyennes Vigie-Nature École</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un exemple de partenariat entre écologues et scolaires : le cas de Vigie-Nature École</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-01979471v1</w:t>
+              <w:t xml:space="preserve">L'écologie, du labo à l'école : Enjeux, démarches, acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inrae, Mar 2021, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réseaux volontaires d’observateurs de la biodiversité (Vigie-nature) : quelles opportunités d’apprentissage ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Self-reported teaching pratices when implemented The French Vigie-Nature Ecole program of citizen science.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bosdeveix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Crépin-Obert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leininger-Frézal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Regad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de l'action - Jeunesses, pratiques et territoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESERA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Science Education Research Association, Aug 2017, Dublin (IR), Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02367210v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’apport de Vigie-Nature dans l’éducation à la biodiversité (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovations technoscientifiques et perspectives interdisciplinaires pour une éducation au vivant : finalités et stratégies au 85e Congrès de l’Acfas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACFAS, May 2017, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04243606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2579,103 +2579,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages et besoins des enseignants en sciences participatives : étude sur les projets INPN Espèces et Vigie-Nature École</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Robin-Havret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Figuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Benateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PatriNat (OFB-CNRS-MNHN). 2022, 67 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2689,329 +2689,329 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04133165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHILDREN, EDUCATION AND NATURE-BASED SOLUTIONS: RESEARCH REVIEW REPORT</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quel enseignement de l’écologie à l’école ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeppe Læssøe</w:t>
+                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sally Anderson</w:t>
+                <w:t xml:space="preserve">Muriel Dagens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gertrud Lyngen Esbensen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Caroline Prévot</w:t>
+                <w:t xml:space="preserve">Denis Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Martin</w:t>
+                <w:t xml:space="preserve">Mathieu Farina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03124594v1</w:t>
+                <w:t xml:space="preserve">hal-04332018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel enseignement de l’écologie à l’école ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CHILDREN, EDUCATION AND NATURE-BASED SOLUTIONS: RESEARCH REVIEW REPORT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
+                <w:t xml:space="preserve">Jeppe Læssøe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Dagens</w:t>
+                <w:t xml:space="preserve">Sally Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Dessagne</w:t>
+                <w:t xml:space="preserve">Gertrud Lyngen Esbensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Farina</w:t>
+                <w:t xml:space="preserve">Léo Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04332018v1</w:t>
+                <w:t xml:space="preserve">mnhn-03124594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3237,51 +3237,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C3A6AB1C"/>
+    <w:nsid w:val="165625AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3468,51 +3468,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastienturpin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1955-0024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04971317v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fontaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Turpin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Daubercies" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144998v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Robin-Havret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Figuet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Haffner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benateau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144458v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144226v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chassany" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144993v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144252v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418706v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fortin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417336v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lieury" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136574v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Georgiou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Fonseca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turpin S&#233;bastien" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux-Goupille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03667286v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Simard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Morin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244961v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon B&#233;nateau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243616v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246263v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05063826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Regad" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cr&#233;pin-Obert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05094635v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bosdeveix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leininger-Fr&#233;zal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243606v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082413v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Counoy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Turcati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lorrilli&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Maalouf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.110269" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887416v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Conversy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.4440" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766825v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deguines" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979471v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2041" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-43B47LQ2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cact.047.0035" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04133165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Laville" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03124594v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeppe L&#230;ss&#248;e" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Anderson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gertrud Lyngen Esbensen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332018v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dagens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dessagne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Farina" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130816v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marcaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastienturpin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1955-0024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418706v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Turpin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fortin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417336v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lieury" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136574v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Georgiou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Fonseca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turpin S&#233;bastien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux-Goupille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03667286v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Simard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04971317v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fontaine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Daubercies" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144226v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Robin-Havret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Figuet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chassany" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benateau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144458v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Haffner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144252v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144993v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04144998v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082413v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Counoy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Turcati" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lorrilli&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon B&#233;nateau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Maalouf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.110269" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766825v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deguines" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887416v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Conversy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.4440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979471v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bosdeveix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cr&#233;pin-Obert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leininger-Fr&#233;zal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Regad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2041" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-43B47LQ2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367210v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cact.047.0035" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244961v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05063826v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246263v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05094635v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243606v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04133165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Laville" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332018v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dagens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dessagne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Farina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03124594v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeppe L&#230;ss&#248;e" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Anderson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gertrud Lyngen Esbensen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130816v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marcaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>