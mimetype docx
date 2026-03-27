--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,1286 +234,1299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the improvement of accessibility achieved via shared mobility on demand</w:t>
+                <w:t xml:space="preserve">Improving the spatial distribution of secondary activities in synthetic populations through guidance forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severin Diepolder</w:t>
+                <w:t xml:space="preserve">Pierre-Adrien Langrognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Araldo</w:t>
+                <w:t xml:space="preserve">Étienne Côme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11116-025-10662-1⟩</w:t>
+              <w:t xml:space="preserve">Computers, Environment and Urban Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 127, pp.102431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compenvurbsys.2026.102431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304864v1</w:t>
+                <w:t xml:space="preserve">hal-05562444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning Surrogates for Agent-Based Models in Transportation Policy Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantifying the improvement of accessibility achieved via shared mobility on demand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severin Diepolder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Salomé Natterer</w:t>
+                <w:t xml:space="preserve">Andrea Araldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saini Rohan Rao</w:t>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Tejada Lapuerta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roman Engelhardt</w:t>
+                <w:t xml:space="preserve">Santa Maiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trc.2025.105360⟩</w:t>
+              <w:t xml:space="preserve">Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11116-025-10662-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04999526v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05304864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decarbonization policies for last-mile parcels: A replicable open-data case study for Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Machine Learning Surrogates for Agent-Based Models in Transportation Policy Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Salomé Natterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saini Rohan Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Tejada Lapuerta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Engelhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part D: Transport and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trd.2025.104893⟩</w:t>
+              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 180, pp.105360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trc.2025.105360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770828v3</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the generation of synthetic travel demand using origin–destination matrices from mobile phone data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Matet</w:t>
+                <w:t xml:space="preserve">Decarbonization policies for last-mile parcels: A replicable open-data case study for Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Côme</w:t>
+                <w:t xml:space="preserve">Yann Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Furno</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jakob Puchinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11116-024-10524-2⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part D: Transport and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 146, pp.104893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trd.2025.104893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692975v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770828v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-Demand Autonomous Vehicles in Berlin: A Cost–Benefit Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the generation of synthetic travel demand using origin–destination matrices from mobile phone data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Matet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Carreyre</w:t>
+                <w:t xml:space="preserve">Etienne Côme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Furno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bouillaut</w:t>
+                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/03611981231186988⟩</w:t>
+              <w:t xml:space="preserve">Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11116-024-10524-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240526v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing service characteristics of an automated transit on-demand service</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On-Demand Autonomous Vehicles in Berlin: A Cost–Benefit Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Carreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coulombel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves M Räth</w:t>
+                <w:t xml:space="preserve">Jaâfar Berrada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milos Balac</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Bouillaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Urban Mobility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.urbmob.2022.100038⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2678 (5), pp.13-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/03611981231186988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908881v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating future trends and uncertainties in urban mobility design via data-driven personas and scenarios</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing service characteristics of an automated transit on-demand service</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves M Räth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tjark Gall</w:t>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Vallet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Yannou</w:t>
+                <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Transport Research Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12544-023-00622-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Urban Mobility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.100038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.urbmob.2022.100038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312818v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Conceptual Digital Twin Framework for City Logistics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrating future trends and uncertainties in urban mobility design via data-driven personas and scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tjark Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+                <w:t xml:space="preserve">Flore Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Javier Tapia</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bernard Yannou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers, Environment and Urban Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compenvurbsys.2023.101989⟩</w:t>
+              <w:t xml:space="preserve">European Transport Research Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (45), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12544-023-00622-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04111885v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emission-reducing deployment of shared office networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Conceptual Digital Twin Framework for City Logistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Javier Tapia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Mastio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Milos Balac</w:t>
+                <w:t xml:space="preserve">Dimitra Politaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Loubière</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ibad Kureshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 220, pp.315-322. </w:t>
+              <w:t xml:space="preserve">Computers, Environment and Urban Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 103, pp.101989. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2023.03.041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compenvurbsys.2023.101989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050629v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shifts in perspective: Operational aspects in (non-)autonomous ride-pooling simulations</w:t>
+                <w:t xml:space="preserve">Emission-reducing deployment of shared office networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Zwick</w:t>
+                <w:t xml:space="preserve">Matthieu Mastio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico Kuehnel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+                <w:t xml:space="preserve">Vincent Loubière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 165, pp.300-320. </w:t>
+              <w:t xml:space="preserve">Procedia Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 220, pp.315-322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tra.2022.09.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2023.03.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03798585v1</w:t>
+                <w:t xml:space="preserve">hal-04050629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrete choice modeling with anonymized data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1586,77 +1599,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting JSprit for the Electric Vehicle Routing Problem with Recharging: Implementation and Benchmark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayman Hassan Mahmoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL JOURNAL FOR TRAFFIC AND TRANSPORT ENGINEERING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (3), pp.340-351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1684,1576 +1697,1680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic population and travel demand for Paris and Île-de-France based on open and publicly available data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shifts in perspective: Operational aspects in (non-)autonomous ride-pooling simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Zwick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Kuehnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trc.2021.103291⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 165, pp.300-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tra.2022.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03286361v1</w:t>
+                <w:t xml:space="preserve">hal-03798585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-Based Assessment of Parking Constraints for Automated Mobility on Demand: A Case Study of Zurich</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roman Ehrler</w:t>
+                <w:t xml:space="preserve">Pre-calibration of a Discrete Choice Model and Evaluation of Cycling Mobility for Île-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilio Frazzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/vehicles3020017⟩</w:t>
+              <w:t xml:space="preserve">Procedia Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 184, pp.172-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2021.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03245844v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03597432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-calibration of a Discrete Choice Model and Evaluation of Cycling Mobility for Île-de-France</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Impact of Fleet Coordination on Taxi Operations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Chasse</w:t>
+                <w:t xml:space="preserve">Claudio Ruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Gächter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Hakenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2021.04.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advanced Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2021/2145716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03597432v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03502434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Fleet Coordination on Taxi Operations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudio Ruch</w:t>
+                <w:t xml:space="preserve">An open data-driven approach for travel demand synthesis: an application to São Paulo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Sallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miloš Balać</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jan Hakenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Transportation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2021/2145716⟩</w:t>
+              <w:t xml:space="preserve">Regional Studies, Regional Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), pp.371 - 386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21681376.2021.1968941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03502434v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An open data-driven approach for travel demand synthesis: an application to São Paulo</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation of price, customer behaviour and system impact for a cost-covering automated taxi system in Zurich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Studies, Regional Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21681376.2021.1968941⟩</w:t>
+              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 123, pp.102974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trc.2021.102974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408029v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of price, customer behaviour and system impact for a cost-covering automated taxi system in Zurich</w:t>
+                <w:t xml:space="preserve">Open synthetic travel demand for Paris and Île-de-France: Inputs and output data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kay Axhausen</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 123, pp.102974. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39, pp.107622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.trc.2021.102974⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.107622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191264v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open synthetic travel demand for Paris and Île-de-France: Inputs and output data</w:t>
+                <w:t xml:space="preserve">Relaxation-discretization algorithm for spatially constrained secondary location assignment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Milos Balac</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39, pp.107622. </w:t>
+              <w:t xml:space="preserve">Transportmetrica A: Transport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.107622⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23249935.2021.1982068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03448125v1</w:t>
+                <w:t xml:space="preserve">hal-03363463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation-discretization algorithm for spatially constrained secondary location assignment</w:t>
+                <w:t xml:space="preserve">Synthetic population and travel demand for Paris and Île-de-France based on open and publicly available data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kay W Axhausen</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportmetrica A: Transport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130, pp.103291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/23249935.2021.1982068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.trc.2021.103291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363463v1</w:t>
+                <w:t xml:space="preserve">hal-03286361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing a large-scale public transport network using agent-based microsimulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation-Based Assessment of Parking Constraints for Automated Mobility on Demand: A Case Study of Zurich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Ruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Manser</w:t>
+                <w:t xml:space="preserve">Roman Ehrler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henrik Becker</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kay Axhausen</w:t>
+                <w:t xml:space="preserve">Emilio Frazzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 137, pp.1-15. </w:t>
+              <w:t xml:space="preserve">Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (2), pp.272-286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tra.2020.04.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/vehicles3020017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191273v1</w:t>
+                <w:t xml:space="preserve">hal-03245844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fleet Sizing for Pooled (Automated) Vehicle Fleets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milos Balac</w:t>
+                <w:t xml:space="preserve">Improved public transportation in rural areas with self-driving cars: A study on the operation of Swiss train lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kay Axhausen</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.W. Axhausen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Frazzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0361198120927388⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 134, pp.35-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tra.2020.01.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191269v1</w:t>
+                <w:t xml:space="preserve">hal-03191272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved public transportation in rural areas with self-driving cars: A study on the operation of Swiss train lines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Ruch</w:t>
+                <w:t xml:space="preserve">Fleet Sizing for Pooled (Automated) Vehicle Fleets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">E. Frazzoli</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 134, pp.35-51. </w:t>
+              <w:t xml:space="preserve">Transportation Research Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2674 (9), pp.168-176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tra.2020.01.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0361198120927388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191272v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fleet operational policies for automated mobility: A simulation assessment for Zurich</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Designing a large-scale public transport network using agent-based microsimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Manser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">K.W. Axhausen</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trc.2019.02.020⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 137, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tra.2020.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191271v1</w:t>
+                <w:t xml:space="preserve">hal-03191273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamische Nachfrageabschätzung für ein AMoD-System in Zürich</w:t>
+                <w:t xml:space="preserve">Fleet operational policies for automated mobility: A simulation assessment for Zurich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kay W Axhausen</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Frazzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.W. Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Straßenverkehrstechnik</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102, pp.20-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trc.2019.02.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208821v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dynamische Nachfrageabschätzung für ein AMoD-System in Zürich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay W Axhausen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Straßenverkehrstechnik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (4), pp.277-281</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">LCA of mobility solutions: approaches and findings—66th LCA forum, Swiss Federal Institute of Technology, Zurich, 30 August, 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolf Frischknecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Froemelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanie Hellweg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 23 (2), pp.381-386. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11367-017-1429-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3263,5995 +3380,5995 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven quantification of spatial logistics demand using operator data from Copenhagen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Tahmasebimoradi</w:t>
+                <w:t xml:space="preserve">Joint assessment of the impact of future railway services and design of feeder systems: towards an integrated approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Briand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Conference of Transport Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2026, Toulouse, France</w:t>
+              <w:t xml:space="preserve">10th International Symposium on the Use of Public Transit Automated Data for Planning, Operations, and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Toronto, Jun 2026, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05291465v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint assessment of the impact of future railway services and design of feeder systems: towards an integrated approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Towards a Comprehensive Assessment of On-Demand Autonomous Vehicle Services in Rural Areas in ˆIle-de-France Using Multi-Agent Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Seregina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Carreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coulombel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on the Use of Public Transit Automated Data for Planning, Operations, and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Toronto, Jun 2026, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">World Conference of Transport Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toulouse School of Economics; Université Toulouse Capitole, Jul 2026, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05496787v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05535446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Comprehensive Assessment of On-Demand Autonomous Vehicle Services in Rural Areas in ˆIle-de-France Using Multi-Agent Simulations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Coulombel</w:t>
+                <w:t xml:space="preserve">Data-driven quantification of spatial logistics demand using operator data from Copenhagen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Tahmasebimoradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Briand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Conference of Transport Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Toulouse School of Economics; Université Toulouse Capitole, Jul 2026, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, Jul 2026, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05535446v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05291465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A benchmarking methodology to assess population synthesis algorithms: A case study for Ile-de-France (France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a replicable synthetic population and agent-based transport model for Bavaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Burianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Natterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Engelhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Müller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Transportation Data &amp; Modelling (ISTDM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd International Conference on Practical applications of Agents and Multi-Agent Systems (PAAMS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-07638-0_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05136394v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05012391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MobilityCoins - Towards an Agent-Based Approach to Simulating Tradable Mobility Credits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philipp Servatius</w:t>
+                <w:t xml:space="preserve">Machine Learning Surrogates for Optimizing Transportation Policies with Agent-Based Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Natterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Engelhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Bogenberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Transportation Economics Association (ITEA) 2025 Annual School and Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Evanston, United States</w:t>
+              <w:t xml:space="preserve">12th Triennial Symposium on Transportation Analysis (TRISTAN XII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Okinawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05113190v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of parking constraints in agent-based mobility simulations and discrete choice models: a case-study of Paris</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Multidimensional vehicle loads and capacities for Demand Responsive Transport in MATSim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Grajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Ludwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannes Rewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Transport Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Antwerp, Belgium</w:t>
+              <w:t xml:space="preserve">MATSim User Meeting 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TUM Munich, Jun 2025, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05247264v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la prise en compte des trajets inter-régionaux dans les simulations multi-agent locales de mobilité en utilisant une population synthétique métropolitaine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Integration of parking constraints in agent-based mobility simulations and discrete choice models: a case-study of Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fereshteh Asgari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Francophones Transport Mobilité (RFTM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">European Transport Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Antwerp, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04969895v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning Surrogates for Optimizing Transportation Policies with Agent-Based Models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roman Engelhardt</w:t>
+                <w:t xml:space="preserve">Vers la prise en compte des trajets inter-régionaux dans les simulations multi-agent locales de mobilité en utilisant une population synthétique métropolitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Klaus Bogenberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Triennial Symposium on Transportation Analysis (TRISTAN XII)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Okinawa, Japan</w:t>
+              <w:t xml:space="preserve">Rencontres Francophones Transport Mobilité (RFTM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892998v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional vehicle loads and capacities for Demand Responsive Transport in MATSim</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulating individual charging behaviour in MATSim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannes Rewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Axer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATSim User Meeting 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TUM Munich, Jun 2025, Munich, Germany</w:t>
+              <w:t xml:space="preserve">MATSim User Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117452v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating individual charging behaviour in MATSim</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A method for efficiently assessing the impact of local mobility services in large-scale agent-based simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Steffen Axer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATSim User Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t>
+              <w:t xml:space="preserve">The 104th Transportation Research Board Annual Meeting (TRB 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Transportation Research Board, Jan 2025, Washington D.C, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117360v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a replicable synthetic population and agent-based transport model for Bavaria</w:t>
+                <w:t xml:space="preserve">Data-driven analysis of urban logistics policies based on vehicle traces in the Copenhagen capital region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Johannes Müller</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aalae Benki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Practical applications of Agents and Multi-Agent Systems (PAAMS 2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">13th Symposium of the European Association for Research in Transportation (hEART 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05012391v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for efficiently assessing the impact of local mobility services in large-scale agent-based simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Analysis and mitigation of discriminatory behaviour in fleet management algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 104th Transportation Research Board Annual Meeting (TRB 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Transportation Research Board, Jan 2025, Washington D.C, United States</w:t>
+              <w:t xml:space="preserve">The 12th Triennial Symposium on Transportation Analysis conference (TRISTAN 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Okinawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04719135v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven analysis of urban logistics policies based on vehicle traces in the Copenhagen capital region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A decision-support tool for inclusive Cooperative Connected Automated Mobility solutions: from simulation research to operational implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aalae Benki</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Briand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Symposium of the European Association for Research in Transportation (hEART 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Conference on Advanced Systems in Public Transport and TransitData (CASPT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05018108v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and mitigation of discriminatory behaviour in fleet management algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+                <w:t xml:space="preserve">MobilityCoins - Towards an Agent-Based Approach to Simulating Tradable Mobility Credits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Servatius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Bogenberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th Triennial Symposium on Transportation Analysis conference (TRISTAN 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Okinawa, Japan</w:t>
+              <w:t xml:space="preserve">International Transportation Economics Association (ITEA) 2025 Annual School and Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Evanston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889925v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05113190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A decision-support tool for inclusive Cooperative Connected Automated Mobility solutions: from simulation research to operational implications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A benchmarking methodology to assess population synthesis algorithms: A case study for Ile-de-France (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Giono Zehounkpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yann Briand</w:t>
+                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Advanced Systems in Public Transport and TransitData (CASPT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">International Symposium on Transportation Data &amp; Modelling (ISTDM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05000000v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05136394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The FeederDrt extension: simulation of intermodal on-demand services acting as feeders for public transit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+                <w:t xml:space="preserve">Household Vehicle Sharing in MATSim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannes Rewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Axer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop MATSim User Meeting, 12th symposium of the European Association for Research in Transportation (hEART)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Aalto, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04555679v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04553864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an integrated approach for the automatic design of feeder bus lines using agent-based simulation and combinatorial optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Declercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 12th Symposium of the European Association for Research in Transportation (hEART)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating prebooked on-demand mobility services using MATSim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannes Rewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Axer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Workshop on Agent-based Mobility, Traffic and Transportation Models, Methodologies and Applications (ABMTrans)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Hasselt, Belgium. pp.763-770, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procs.2024.06.089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards simulation-based assessment of CCAM Airport Access Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Declercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Euro Working Group on Transportation Meeting (EWGT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lund, Sweden. pp.483-490</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Household Vehicle Sharing in MATSim</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">On-demand Autonomous Vehicles in a periurban territory: a Cost Benefit Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Carreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coulombel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaâfar Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouillaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop MATSim User Meeting, 12th symposium of the European Association for Research in Transportation (hEART)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Aalto, Finland</w:t>
+              <w:t xml:space="preserve">The 103rd Transportation Research Board (TRB) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Washington D.C, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04553864v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04359206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-demand Autonomous Vehicles in a periurban territory: a Cost Benefit Analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessing the impact of monetary incentives for walking using agent-based mobility simulations and discrete mode choice models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Mariana Reyes Madrigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 103rd Transportation Research Board (TRB) Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Washington D.C, United States</w:t>
+              <w:t xml:space="preserve">The 103rd Transportation Research Board (TRB). Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Transportation Research Board, Jan 2024, Washington D.C, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04359206v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the impact of monetary incentives for walking using agent-based mobility simulations and discrete mode choice models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Comparative assessment of fairness in on-demand fleet management algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Mariana Reyes Madrigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 103rd Transportation Research Board (TRB). Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Transportation Research Board, Jan 2024, Washington D.C, United States</w:t>
+              <w:t xml:space="preserve">The 12th Symposium of the European Association for Research in Transportation (hEART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286844v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative assessment of fairness in on-demand fleet management algorithms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The FeederDrt extension: simulation of intermodal on-demand services acting as feeders for public transit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th Symposium of the European Association for Research in Transportation (hEART)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Espoo, Finland</w:t>
+              <w:t xml:space="preserve">Workshop MATSim User Meeting, 12th symposium of the European Association for Research in Transportation (hEART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Aalto, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04551002v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04555679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-Demand Autonomous Vehicles in Berlin: A Cost–Benefit Analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards replicable mode choice models for transport simulations in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Board</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th International Symposium on Transportation Data &amp; Modelling (ISTDM2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Joint European Research Center, Jun 2023, Ispra, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04515404v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From synthetic population to parcel demand: A modeling pipeline and case study for last-mile deliveries in Lyon</w:t>
+                <w:t xml:space="preserve">Modeling the ecological and economic footprint of last-mile parcel deliveries using open data: A case study for Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport Research Arena 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">11th Symposium of the European Association for Research in Transportation (hEART 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Zurich, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050046v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102894v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control-based integration of rejection rates into endogenous demand ride-pooling simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of Origin-Destination data for calibration and spatialization of synthetic travel demand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Matet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Côme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Furno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jakob Puchinger</w:t>
+                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Models and Technologies for Intelligent Transportation Systems (MT-ITS 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">hEART'23. 11th Symposium of the European Association for Research in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Zurich (CH), Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050029v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Origin-Destination data for calibration and spatialization of synthetic travel demand</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resource-constrained replanning in MATSim applied to the simulation of peer-to-peer car sharing services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Sobieraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Axer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannes Rewald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">hEART'23. 11th Symposium of the European Association for Research in Transportation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th International Workshop on Agent-based Mobility, Traffic and Transportation Models (ABMTRANS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Leuven, Belgium. pp.698-703, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2023.03.091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201484v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards replicable mode choice models for transport simulations in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the Computation of accessibility provided by shared mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severin Diepolder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Araldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santa Maiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on Transportation Data &amp; Modelling (ISTDM2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Joint European Research Center, Jun 2023, Ispra, Italy</w:t>
+              <w:t xml:space="preserve">11th Symposium of the European Association for Research in Transportation (hEART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050002v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154712v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the ecological and economic footprint of last-mile parcel deliveries using open data: A case study for Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Reproducible Simulations of the Grand Paris Express and On-Demand Feeder Services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Symposium of the European Association for Research in Transportation (hEART 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">102nd Annual Meeting of the Transportation Research Board (TRB 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Washington D.C, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04102894v2</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resource-constrained replanning in MATSim applied to the simulation of peer-to-peer car sharing services</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of Origin-Destination data in synthetic travel demand synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Matet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Côme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Furno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hannes Rewald</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Workshop on Agent-based Mobility, Traffic and Transportation Models (ABMTRANS 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th International Symposium on Transportation Data Modelling (ISTDM2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Ispra, Joint Research Center, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050638v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Computation of accessibility provided by shared mobility</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">On-Demand Autonomous Vehicles in Berlin: A Cost–Benefit Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Carreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coulombel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaâfar Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouillaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Symposium of the European Association for Research in Transportation (hEART)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transportation Research Board</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Washington, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/03611981231186988⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04154712v3</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Reproducible Simulations of the Grand Paris Express and On-Demand Feeder Services</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From synthetic population to parcel demand: A modeling pipeline and case study for last-mile deliveries in Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">102nd Annual Meeting of the Transportation Research Board (TRB 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transport Research Arena 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lisbon, Portugal. pp.1707-1714, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trpro.2023.11.644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788331v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Origin-Destination data in synthetic travel demand synthesis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Étienne Côme</w:t>
+                <w:t xml:space="preserve">Control-based integration of rejection rates into endogenous demand ride-pooling simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Furno</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Latifa Oukhellou</w:t>
+                <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on Transportation Data Modelling (ISTDM2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Conference on Models and Technologies for Intelligent Transportation Systems (MT-ITS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nice, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MT-ITS56129.2023.10241741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496171v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are AV (Autonomous Vehicles) worth it ? A cost Benefit Analysis in a Berlin use case</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Implementing reinforcement learning for on-demand vehicle rebalancing in MATSim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Puchinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Transportation Economics Association Annual Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 13th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Porto, Portugal. pp.134-141, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2022.03.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04515360v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extending JSprit to solve electric vehicle routing problems with recharging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayman Hassan Mahmoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 13th International Conference on Ambient Systems, Networks and Technologies (ANT) / The 5th International Conference on Emerging Data and Industry 4.0 (EDI40)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Porto, Portugal. pp.289-295, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procs.2022.03.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing activity locations from zone-based trip data for discrete choice modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are AV (Autonomous Vehicles) worth it ? A cost Benefit Analysis in a Berlin use case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Carreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coulombel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaâfar Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milos Balac</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Bouillaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">101st Annual Meeting of the Transportation Research Board (TRB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Washington D.C., United States</w:t>
+              <w:t xml:space="preserve">International Transportation Economics Association Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Transportation Economics Association, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405572v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing reinforcement learning for on-demand vehicle rebalancing in MATSim</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarek Chouaki</w:t>
+                <w:t xml:space="preserve">Reconstructing activity locations from zone-based trip data for discrete choice modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">101st Annual Meeting of the Transportation Research Board (TRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Washington D.C., United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654854v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-Demand Autonomous Vehicles in Berlin: A Cost–Benefit Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Carreyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coulombel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaâfar Berrada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouillaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bridging Transportation Researcher</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, On Line, Oman</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04515378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring accelerated evolutionary parameter search for iterative large-scale transport simulations in a new calibration testbed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th symposium of the European Association for Research in Transportation (hEART)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matching Synthetic Populations with Personas: A Test Application for Urban Mobility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tjark Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DESIGN2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Cavtat, Croatia. pp.1795-1804, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/pds.2022.182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traffic Uncertainty in On-Demand High-Capacity Ride-Pooling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Zwick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">101st Annual Meeting of the Transportation Research Board (TRB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, Washington D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03405574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic population for the state of California based on open-data: examples of San Francisco Bay area and San Diego County</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milos Balac</w:t>
+                <w:t xml:space="preserve">Pre-calibration of a Discrete Choice Model and Evaluation of Cycling Mobility for Île-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">100th Annual Meeting of the Transportation Research Board (TRB)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Warsaw, Poland. pp.172-177, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2021.04.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208848v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">System Level Policies For Pooled Autonomous Vehicles</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating discrete choice models with MATSim scoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">100th Meeting of the Transportation Research Board (TRB)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Workshop on Agent-based Mobility, Traffic and Transportation Models,(ABMTRANS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Warsaw, Poland. pp.704-711, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2021.03.088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208851v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating discrete choice models with MATSim scoring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards a Digital Twin Framework for Adaptive Last Mile City Logistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Javier Tapia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Workshop on Agent-based Mobility, Traffic and Transportation Models,(ABMTRANS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Smart Sustainable Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Split, Croatia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03099994v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Digital Twin Framework for Adaptive Last Mile City Logistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
+                <w:t xml:space="preserve">Synthetic population for the state of California based on open-data: examples of San Francisco Bay area and San Diego County</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jakob Puchinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Smart Sustainable Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Split, Croatia</w:t>
+              <w:t xml:space="preserve">100th Annual Meeting of the Transportation Research Board (TRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Washington, D.C. (virtual), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343996v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-calibration of a Discrete Choice Model and Evaluation of Cycling Mobility for Île-de-France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Chasse</w:t>
+                <w:t xml:space="preserve">System Level Policies For Pooled Autonomous Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Räth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">100th Meeting of the Transportation Research Board (TRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Washington, D.C., United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03229508v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing the eqasim pipeline: From raw data to agent-based transport simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Workshop on Agent-based Mobility, Traffic and Transportation Models,(ABMTRANS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Warsaw, Poland. pp.712-719, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procs.2021.03.089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03229505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecasting a future with automated vehicles in Switzerland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarissa V Livingston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Bruns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remo Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">100th Meeting of the Transportation Research Board (TRB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Washington, D.C., United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3929/ethz-b-000429755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of intermodal shared mobility in the San Francisco Bay Area using MATSim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE International Intelligent Transportation Systems Conference (ITSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Indianapolis, United States. pp.3278-3283, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ITSC48978.2021.9564851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03405557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient approach to create agent-based transport simulation scenarios based on ubiquitous Big Data and a new, aspatial activity-scheduling model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Ziemke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Billy Charlton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Nagel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd EURO Working Group on Transportation Meeting, EWGT 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Paphos, Cyprus. pp.613-620, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.trpro.2021.01.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation-discretization algorithm for spatially constrained secondary location assignment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">99th Annual Meeting of the Transportation Research Board (TRB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Washington, D.C., United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3929/ethz-b-000378016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How much parking space can carsharing save?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">The Prospects of on-demand Urban Air Mobility in Zurich, Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Rothfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">98th Annual Meeting of the Transportation Research Board (TRB)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3929/ethz-b-000283791⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE Intelligent Transportation Systems Conference - ITSC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Auckland, New Zealand. pp.906-913, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITSC.2019.8916972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208840v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Prospects of on-demand Urban Air Mobility in Zurich, Switzerland</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Pairing discrete mode choice models and agent-based transport simulation with MATSim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hörl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Intelligent Transportation Systems Conference - ITSC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ITSC.2019.8916972⟩</w:t>
+              <w:t xml:space="preserve">98th Annual Meeting of the Transportation Research Board (TRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Washington, D.C., United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3929/ethz-b-000303667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191319v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pairing discrete mode choice models and agent-based transport simulation with MATSim</w:t>
+                <w:t xml:space="preserve">Dynamic demand estimation for an AMoD system in Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">98th Annual Meeting of the Transportation Research Board (TRB)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3929/ethz-b-000303667⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France. pp.260-266, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IVS.2019.8814051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208842v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic demand estimation for an AMoD system in Paris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How much parking space can carsharing save?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Tchervenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milos Balac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kay Axhausen</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IVS.2019.8814051⟩</w:t>
+              <w:t xml:space="preserve">98th Annual Meeting of the Transportation Research Board (TRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Washington, D.C., United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3929/ethz-b-000283791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191325v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMoDeus, a Simulation-Based Testbed for Autonomous Mobility-on-Demand Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Ruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Frazzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 21st International Conference on Intelligent Transportation Systems (ITSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Maui, United States. pp.3639-3644, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ITSC.2018.8569961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A first look at bridging discrete choice modeling and agent-based microsimulation in MATSim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kay Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Agent-based Mobility, Traffic and Transportation Models,Methodologies and Applications (ABMTrans 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Porto, Portugal. pp.900-907, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procs.2018.04.087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agent-based simulation of autonomous taxi services with dynamic demand responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Workshop on Agent-based Mobility, Traffic and Transportation Models,Methodologies and Applications (ABMTrans 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Madeira, Portugal. pp.899-904, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procs.2017.05.418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mode choice in agent-based models: Efficiency and stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milos Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">105th Annual Meeting of the Transportation Research Board (TRB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Washington, D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9261,165 +9378,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable Urban Mobility Futures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tjark Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mariana Reyes Madrigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Abdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palgrave Macmillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Sustainable Urban Futures, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45795-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9429,146 +9546,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Testbed for Dynamic Vehicle Routing Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joschka Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Nagel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Highlights of Practical Applications of Cyber-Physical Multi-Agent Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.69-79, 2017, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-60285-1_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9578,482 +9695,482 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des populations synthétiques ouvertes et replicables pour la France: approche, usages et prochaines étapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Le Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Chouaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Vandanjon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graph Neural Network Approach to Predict the Effects of Road Capacity Reduction Policies: A Case Study for Paris, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Natterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Engelhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Bogenberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shifts in perspective: Operational aspects in (non-) autonomous ride-pooling simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nico Kuehnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Zwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MATSim scenario for autonomous vehicles in La Défense and Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent perspectives on the impact of autonomous vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Ciari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10063,196 +10180,196 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induced demand by autonomous vehicles: An assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Dubernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kay W Axhausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] SVI 2016/001, FB 1650, ETH Zurich, Switzerland. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of an autonomous taxi service in a multi-modal traffic simulation using MATSim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] 2016:05, Chalmers University of Technology. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10262,105 +10379,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards reproducible agent-based simulations of the transportation system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hörl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Computer Science [cs]. Université Paris Est, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05450070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId250"/>
+      <w:footerReference w:type="default" r:id="rId253"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10507,51 +10624,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360384v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Bamdad Mehrabani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Henrion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian H&#246;rl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Ivanov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojana Mirkovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cstp.2025.101654" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304864v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severin Diepolder" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Araldo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Chouaki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santa Maiti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-025-10662-1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999526v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Salom&#233; Natterer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saini Rohan Rao" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada Lapuerta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Engelhardt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2025.105360" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770828v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Briand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Puchinger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2025.104893" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692975v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Matet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne C&#244;me" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Furno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Oukhellou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-024-10524-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240526v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Carreyre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coulombel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Berrada" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouillaut" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03611981231186988" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908881v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M R&#228;th" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milos Balac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay W Axhausen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.urbmob.2022.100038" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312818v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjark Gall" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vallet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12544-023-00622-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111885v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Belfadel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Javier Tapia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Politaki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibad Kureshi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2023.101989" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050629v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mastio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loubi&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.03.041" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798585v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Zwick" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Kuehnel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2022.09.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778445v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Schmid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-022-10337-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818889v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Hassan Mahmoud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7708/ijtte2022.12(3).04" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286361v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2021.103291" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245844v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Ruch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Ehrler" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Frazzoli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vehicles3020017" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03597432v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoxi Feng" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jean" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chasse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.04.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502434v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel G&#228;chter" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hakenberg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/2145716" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sallard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Bala&#263;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681376.2021.1968941" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191264v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Becker" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Axhausen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2021.102974" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448125v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107622" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363463v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23249935.2021.1982068" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191273v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Manser" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Becker" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2020.04.011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191269v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0361198120927388" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191272v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sieber" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Axhausen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frazzoli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2020.01.020" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191271v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becker" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2019.02.020" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208821v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208808v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Frischknecht" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bauer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Froemelt" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Hellweg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-017-1429-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291465v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Tahmasebimoradi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496787v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535446v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Seregina" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136394v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Giono Zehounkpe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113190v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Servatius" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Bogenberger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247264v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereshteh Asgari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969895v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892998v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Natterer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117452v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Grajewski" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Ludwig" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Rewald" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117360v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Axer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012391v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Burianne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes M&#252;ller" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-07638-0_15" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719135v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018108v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aalae Benki" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889925v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000000v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555679v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551009v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Declercq" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549244v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.06.089" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678745v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553864v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359206v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286844v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mariana Reyes Madrigal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551002v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515404v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050046v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.11.644" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050029v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MT-ITS56129.2023.10241741" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201484v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050002v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102894v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050638v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Sobieraj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.03.091" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154712v3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788331v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496171v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne C&#244;me" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515360v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.03.039" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405572v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654854v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.03.020" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515378v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676897v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682282v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2022.182" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405574v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208848v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208851v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves R&#228;th" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099994v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.03.088" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343996v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229508v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229505v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.03.089" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208854v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa V Livingston" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bruns" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remo Fischer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000429755" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405557v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC48978.2021.9564851" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191314v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Ziemke" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Charlton" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Nagel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2021.01.073" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208844v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000378016" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208840v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Tchervenkov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000283791" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191319v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Rothfeld" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2019.8916972" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208842v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000303667" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191325v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2019.8814051" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191331v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2018.8569961" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208810v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.04.087" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191298v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.05.418" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245095v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328609v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-45795-1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45795-1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191309v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Maciejewski" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joschka Bischoff" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60285-1_6" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018081v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laurent" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Bescond" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Vandanjon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678752v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237812v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208833v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208831v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ciari" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208813v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dubernet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208830v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05450070v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360384v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Bamdad Mehrabani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Henrion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian H&#246;rl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Ivanov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojana Mirkovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cstp.2025.101654" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562444v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Adrien Langrognet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne C&#244;me" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Oukhellou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2026.102431" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304864v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severin Diepolder" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Araldo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Chouaki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santa Maiti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-025-10662-1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999526v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Salom&#233; Natterer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saini Rohan Rao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada Lapuerta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Engelhardt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2025.105360" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770828v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Briand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Puchinger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2025.104893" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692975v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Matet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne C&#244;me" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Furno" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-024-10524-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240526v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Carreyre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coulombel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Berrada" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouillaut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03611981231186988" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908881v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M R&#228;th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milos Balac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay W Axhausen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.urbmob.2022.100038" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312818v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjark Gall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12544-023-00622-0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111885v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Belfadel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Javier Tapia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Politaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibad Kureshi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2023.101989" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050629v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mastio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loubi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.03.041" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778445v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Schmid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-022-10337-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818889v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Hassan Mahmoud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7708/ijtte2022.12(3).04" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798585v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Zwick" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Kuehnel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2022.09.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03597432v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoxi Feng" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chasse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.04.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502434v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Ruch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel G&#228;chter" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hakenberg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/2145716" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408029v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sallard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Bala&#263;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681376.2021.1968941" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191264v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Becker" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Axhausen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2021.102974" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448125v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107622" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363463v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23249935.2021.1982068" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286361v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2021.103291" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245844v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Ehrler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Frazzoli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vehicles3020017" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191272v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sieber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Axhausen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frazzoli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2020.01.020" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191269v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0361198120927388" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191273v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Manser" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Becker" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2020.04.011" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191271v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becker" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2019.02.020" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208821v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208808v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Frischknecht" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bauer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Froemelt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Hellweg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-017-1429-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496787v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535446v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Seregina" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291465v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Tahmasebimoradi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012391v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Burianne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Natterer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes M&#252;ller" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-07638-0_15" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892998v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Bogenberger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117452v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Grajewski" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Ludwig" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Rewald" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247264v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereshteh Asgari" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969895v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117360v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Axer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719135v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018108v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aalae Benki" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889925v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000000v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113190v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Servatius" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136394v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Giono Zehounkpe" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553864v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551009v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Declercq" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549244v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.06.089" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678745v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359206v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286844v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mariana Reyes Madrigal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551002v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555679v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050002v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102894v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201484v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050638v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Sobieraj" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.03.091" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154712v3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788331v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496171v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515404v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050046v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.11.644" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050029v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MT-ITS56129.2023.10241741" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654854v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.03.020" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655329v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.03.039" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515360v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405572v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515378v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676897v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682282v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2022.182" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405574v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229508v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099994v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.03.088" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343996v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208848v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208851v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves R&#228;th" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229505v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.03.089" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208854v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa V Livingston" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bruns" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remo Fischer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000429755" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405557v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC48978.2021.9564851" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191314v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Ziemke" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Charlton" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Nagel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2021.01.073" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208844v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000378016" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191319v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Rothfeld" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2019.8916972" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208842v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000303667" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191325v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2019.8814051" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208840v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Tchervenkov" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000283791" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191331v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2018.8569961" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208810v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.04.087" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191298v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.05.418" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245095v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328609v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-45795-1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45795-1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191309v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Maciejewski" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joschka Bischoff" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60285-1_6" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018081v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laurent" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Bescond" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Vandanjon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678752v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237812v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208833v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208831v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ciari" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208813v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dubernet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208830v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05450070v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>