--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -126,51 +126,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -238,4087 +238,4718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-linguistic priming in comprehension facilitates change in adjective-noun order: Eye-tracking evidence from Romani-Romanian and Romani-Serbian bilinguals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Setting a research agenda for the assessment and treatment of aphasia in minority languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirjana Miric</w:t>
+                <w:t xml:space="preserve">Ana Matić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Ćirković</w:t>
+                <w:t xml:space="preserve">Marie Pourquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristian Padure</w:t>
+                <w:t xml:space="preserve">Monica Norvik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evangelia Adamou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jelena Kuvač Kraljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanne Gram Simonsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa Contact</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.82012/glossa.contact.2025.arslan.et.al⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 198, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2026.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05366383v1</w:t>
+                <w:t xml:space="preserve">hal-05553368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Fables to Newspapers: Turkish and Bulgarian Evidentiality in Written Genres</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cross-linguistic priming in comprehension facilitates change in adjective-noun order: Eye-tracking evidence from Romani-Romanian and Romani-Serbian bilinguals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirjana Miric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Ćirković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Padure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Balcania et Slavia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.30687/BES/2785-3187/2025/01/005⟩</w:t>
+              <w:t xml:space="preserve">Glossa Contact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1 (2), pp.1-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.82012/glossa.contact.2025.arslan.et.al⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05349091v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Across countries and cultures: the assessment of aphasia in linguistically diverse clinical populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Fables to Newspapers: Turkish and Bulgarian Evidentiality in Written Genres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesela Simeonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Peñaloza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aphasiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02687038.2025.2468546⟩</w:t>
+              <w:t xml:space="preserve">Balcania et Slavia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.69-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30687/BES/2785-3187/2025/01/005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957292v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual priming and parsing preferences: A self-paced reading study of PP-attachment ambiguity in Dutch verb-final structures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Across countries and cultures: the assessment of aphasia in linguistically diverse clinical populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Srdan Popov</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Peñaloza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lingua</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aphasiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02687038.2025.2468546⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lingua.2024.103840⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04799569v1</w:t>
+                <w:t xml:space="preserve">hal-04957292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limitations during processing of variable reflexive anaphors and overt/null object pronouns in Turkish aphasia revealed by eye-tracking during listening studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semra Selvi-Balo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İlknur Maviş</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurolinguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 73, pp.101221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jneuroling.2024.101221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dead or Alive: A Lifetime Effect of Pomak Nominal Tense in a Self-Paced Reading Experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evangelia Adamou</w:t>
+                <w:t xml:space="preserve">Visual priming and parsing preferences: A self-paced reading study of PP-attachment ambiguity in Dutch verb-final structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Shoghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roelien Bastiaanse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srdan Popov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Languages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/languages9110331⟩</w:t>
+              <w:t xml:space="preserve">Lingua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 313, pp.103840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lingua.2024.103840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753111v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04799569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidelines and recommendations for cross-linguistic aphasia assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silvia Martínez-Ferreiro</w:t>
+                <w:t xml:space="preserve">Dead or Alive: A Lifetime Effect of Pomak Nominal Tense in a Self-Paced Reading Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aphasiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (11), pp.331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/languages9110331⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02687038.2024.2343456⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04588233v1</w:t>
+                <w:t xml:space="preserve">hal-04753111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eyes do not lie but words do: Evidence from eye-movement monitoring during reading that misuse of evidentiality marking in Turkish is interpreted as deceptive</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Guidelines and recommendations for cross-linguistic aphasia assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Martínez-Ferreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Özgür Aydın</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valantis Fyndanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Howard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Kuvač Kraljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functions of Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1075/fol.22061.ars⟩</w:t>
+              <w:t xml:space="preserve">Aphasiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02687038.2024.2343456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04644339v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifier Spreading Errors during Pronoun Processing in Aphasia</w:t>
+                <w:t xml:space="preserve">Eyes do not lie but words do: Evidence from eye-movement monitoring during reading that misuse of evidentiality marking in Turkish is interpreted as deceptive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semra Selvi Balo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Elif Tutku Tunalı</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yağmur Çetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Özgür Aydın</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">İlknur Maviş</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psikoloji Çalışmaları / Studies in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26650/SP2023-1241698⟩</w:t>
+              <w:t xml:space="preserve">Functions of Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (1), pp.90-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/fol.22061.ars⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04572556v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04644339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional correlates of executive dysfunction in primary progressive aphasia: a systematic review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantifier Spreading Errors during Pronoun Processing in Aphasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gamze Yeşilli Puzella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semra Selvi Balo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özgür Aydın</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İlknur Maviş</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2024.1448214⟩</w:t>
+              <w:t xml:space="preserve">Psikoloji Çalışmaları / Studies in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (1), pp.125-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26650/SP2023-1241698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04843716v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One suitcase, two grammars: what can we conclude about Australian Turkish heritage speakers’ divergent processing of evidentiality?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lyndsey Nickels</w:t>
+                <w:t xml:space="preserve">Functional correlates of executive dysfunction in primary progressive aphasia: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristin Thomsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanie Keulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/lingvan-2023-0101⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2024.1448214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588234v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04843716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the time course of evidentiality processing in Turkish heritage speakers using a self-paced reading task</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Suzan Tokaç-Scheffer</w:t>
+                <w:t xml:space="preserve">One suitcase, two grammars: what can we conclude about Australian Turkish heritage speakers’ divergent processing of evidentiality?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzan D Tokaç-Scheffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyndsey Nickels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lyndsey Nickels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/lingvan-2023-0101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcomm.2023.1070510⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04216690v1</w:t>
+                <w:t xml:space="preserve">hal-04588234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Insights into the time course of evidentiality processing in Turkish heritage speakers using a self-paced reading task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzan Tokaç-Scheffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyndsey Nickels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, pp.8:10705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcomm.2023.1070510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Does a walk-through video help the parser down the garden-path? A visually enhanced self-paced reading study in Dutch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Shoghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roelien Bastiaanse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srdan Popov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.1009265. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2022.1009265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03917759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the gradual loss of evidentiality in Pomak using a self-paced reading experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grammatical Aspect Marking in Serbian as Heritage Language in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Ajdačić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srđan Popov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Novi Sad, Serbia. pp.30-31</w:t>
+              <w:t xml:space="preserve">International Workshop on Empirical and Psycholinguistic Studies on Balkan languages (BEPS-2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Côte d'Azur, Feb 2026, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419869v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lexical Retrieval in Diglossic Aphasia: Naming Accuracy for Cognates and Non-Cognates in Modern Standard Arabic and Egyptian Colloquial Arabic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping the gradual loss of evidentiality in Pomak using a self-paced reading experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roel Jonkers</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of the International Science of Aphasia Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Copenhagen, Sep 2025, Cophenhague, Denmark. pp.141-143</w:t>
+              <w:t xml:space="preserve">12th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Novi Sad, Serbia. pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05336958v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Setting a Research Agenda for the Assessment and Treatment of Aphasia in Minority Languages</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lexical Retrieval in Diglossic Aphasia: Naming Accuracy for Cognates and Non-Cognates in Modern Standard Arabic and Egyptian Colloquial Arabic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amena Elkholay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roel Jonkers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Science of Aphasia Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Copenhagen, Sep 2025, Cophenhague, Denmark. pp.202-205</w:t>
+              <w:t xml:space="preserve">Abstracts of the International Science of Aphasia Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Copenhagen, Sep 2025, Cophenhague, Denmark. pp.141-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05337166v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05336958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring contact-induced change in word order in Istanbul Greek</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Setting a Research Agenda for the Assessment and Treatment of Aphasia in Minority Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Matić Škorić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pourquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Norvik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Kuvač Kraljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanne Gram Simonsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Novi Sad, Serbia</w:t>
+              <w:t xml:space="preserve">International Science of Aphasia Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Copenhagen, Sep 2025, Cophenhague, Denmark. pp.202-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419641v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05337166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determined, but not everywhere: regional variation in multiple determination in Bulgarian</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Diego Pescarini</w:t>
+                <w:t xml:space="preserve">Exploring contact-induced change in word order in Istanbul Greek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Zakhariadis-Awad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Prokou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2025, Novi Sad, Serbia. pp.59-60</w:t>
+              <w:t xml:space="preserve">, Apr 2025, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419877v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“They say” makes good liars: a cross-linguistic investigation on evidentiality in language and deception.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amanda Edmonds</w:t>
+                <w:t xml:space="preserve">Extending the Scope of Working Memory Deficits in Turkish Aphasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semra Selvi Balo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayberk Kaan Güneş</w:t>
+                <w:t xml:space="preserve">Buğse Durmuş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Şeyma Kalender</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eren Balo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İlknur Maviş</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seckin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th Annual Meeting of the Societas Linguistica Europaea (SLE 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Abstracts of the International Science of Aphasia Conference, Copenhagen, September 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Copenhagen, Sep 2025, Cophenhague, Denmark. pp.103-103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21827/32.8310/2025-sa⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04734071v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Losing evidentiality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determined, but not everywhere: regional variation in multiple determination in Bulgarian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesela Simeonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizaveta Kracheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Pescarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th Annual Meeting of the Societas Linguistica Europaea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Helsinki, Aug 2024, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">12th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Novi Sad, Serbia. pp.59-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04843818v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Verb Retrieval in Urdu-Speaking People with Aphasia: A Spontaneous Speech Analysis.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">“They say” makes good liars: a cross-linguistic investigation on evidentiality in language and deception.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Berfin Tanış</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Çağla Aydın</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Edmonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayberk Kaan Güneş</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Şeyma Kalender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Aphasia 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève, Sep 2024, Geneve, Switzerland. pp.84-85</w:t>
+              <w:t xml:space="preserve">57th Annual Meeting of the Societas Linguistica Europaea (SLE 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04843799v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">They Say&amp;quot; Makes Good Liars: An Investigation on Evidentiality in Language and Deception</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Losing evidentiality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ayberk Kaan Güneş</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th Annual Meeting of the Cognitive Science Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Rotterdam, Netherlands. pp.1-9</w:t>
+              <w:t xml:space="preserve">57th Annual Meeting of the Societas Linguistica Europaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Helsinki, Aug 2024, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613159v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04843818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectivas globales sobre formación y prácticas logopédicas con personas multilingües con afasia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Pourquié</w:t>
+                <w:t xml:space="preserve">They Say&amp;quot; Makes Good Liars: An Investigation on Evidentiality in Language and Deception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Çağla Aydın</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzan Dilara Tokaç-Scheffer</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selma Berfin Tanış</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Şeyma Kalender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayberk Kaan Güneş</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIII Congreso Internacional de la Asociación Española de Logopedia, Foniatría y Audiología e Iberoamericana de Fonoaudiología</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Santander, España</w:t>
+              <w:t xml:space="preserve">46th Annual Meeting of the Cognitive Science Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Rotterdam, Netherlands. pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04377887v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional markers of executive dysfunction in primary progressive aphasia: A systematic review</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stefanie Keulen</w:t>
+                <w:t xml:space="preserve">Assessing Verb Retrieval in Urdu-Speaking People with Aphasia: A Spontaneous Speech Analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayesha Areej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roel Jonkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Aphasia 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS &amp; Université Côte d'Azur, Sep 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">Science of Aphasia 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, Sep 2024, Geneve, Switzerland. pp.84-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04355665v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04843799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidentials in narratives: Turkish and Bulgarian</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vesela Simenova</w:t>
+                <w:t xml:space="preserve">Perspectivas globales sobre formación y prácticas logopédicas con personas multilingües con afasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Martinez-Ferreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pourquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzan Dilara Tokaç-Scheffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritienne Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fundamentals and Advances in Balkan Linguistics (FABL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Belgrad, Serbia</w:t>
+              <w:t xml:space="preserve">XXXIII Congreso Internacional de la Asociación Española de Logopedia, Foniatría y Audiología e Iberoamericana de Fonoaudiología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Santander, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282156v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When grammars part ways: An experimental investigation on infinitive and subjunctive constructions in Serbian and Croatian</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Srdjan Popov</w:t>
+                <w:t xml:space="preserve">Evidentials in narratives: Turkish and Bulgarian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesela Simenova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Fundamentals and Advances in Balkan Linguistics (FABL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Belgrade Faculty of Philology, Nov 2023, Belgrad, Serbia</w:t>
+              <w:t xml:space="preserve">, Nov 2023, Belgrad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282257v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Red apple or apple red? Contact-induced language change in Romani noun phrase order</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functional markers of executive dysfunction in primary progressive aphasia: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristin Hilde Øien Thomsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanie Keulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research (PNCLR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Novi Sad, Apr 2023, Novi Sad, Serbia</w:t>
+              <w:t xml:space="preserve">Science of Aphasia 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS &amp; Université Côte d'Azur, Sep 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282350v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04355665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BALKANS: The cognitive mechanisms of contact-induced language change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">When grammars part ways: An experimental investigation on infinitive and subjunctive constructions in Serbian and Croatian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodora Lazić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srdjan Popov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e Journée thématique - Axe 1 - Dialoguer entre disciplines : enjeux, atouts, obstacles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie 5 - Homme, Idées et Milieux; MSHS Sud-Est, Dec 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">International Conference on Fundamentals and Advances in Balkan Linguistics (FABL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Belgrade Faculty of Philology, Nov 2023, Belgrad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04506231v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehension of German gender-marked possessives in aphasia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Red apple or apple red? Contact-induced language change in Romani noun phrase order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sandra Hanne</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirjana Miric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Ćirković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Padure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61st Annual Meeting of the Academy of Aphasia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Reading, Oct 2023, Reading, United Kingdom</w:t>
+              <w:t xml:space="preserve">10th Novi Sad workshop on Psycholinguistic, neurolinguistic and clinical linguistic research (PNCLR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Novi Sad, Apr 2023, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04355601v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dead or alive: A lifetime effect of Pomak nominal tense in a self-paced reading experiment.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">BALKANS: The cognitive mechanisms of contact-induced language change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56th Annual Meeting of the Societas Linguistica Europaea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, National and Kapodistrian University of Athens, Aug 2023, Athens, Greece</w:t>
+              <w:t xml:space="preserve">8e Journée thématique - Axe 1 - Dialoguer entre disciplines : enjeux, atouts, obstacles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie 5 - Homme, Idées et Milieux; MSHS Sud-Est, Dec 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282145v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who can it be now? Processing of reflexives and null object pronouns in non-fluent aphasia in Turkish</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">İlknur Maviş</w:t>
+                <w:t xml:space="preserve">Pronoun processing in gracefully ageing adults and individuals with primary progressive aphasia: a case-control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonie F. Lampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Tessaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyndsey Nickels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SoA: Science of Aphasia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Science of Aphasia 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS &amp; Université Côte d'Azur, Sep 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03851956v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04355643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing an International Survey to Investigate the Current Practices and Challenges Faced by Speech and Language Pathologists (SLPs) Working with Bi/Multi-lingual Clients with Aphasia</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Monica Irene Norvik</w:t>
+                <w:t xml:space="preserve">Comprehension of German gender-marked possessives in aphasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianna Urbanczik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonie F. Lampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyndsey Nickels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Hanne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Aphasiology Society (BAS) Research update meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Online, United Kingdom</w:t>
+              <w:t xml:space="preserve">61st Annual Meeting of the Academy of Aphasia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Reading, Oct 2023, Reading, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04377939v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04355601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dead or alive: A lifetime effect of Pomak nominal tense in a self-paced reading experiment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">56th Annual Meeting of the Societas Linguistica Europaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, National and Kapodistrian University of Athens, Aug 2023, Athens, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Who can it be now? Processing of reflexives and null object pronouns in non-fluent aphasia in Turkish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seckin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semra Selvi Balo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İlknur Maviş</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SoA: Science of Aphasia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03851956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Developing an International Survey to Investigate the Current Practices and Challenges Faced by Speech and Language Pathologists (SLPs) Working with Bi/Multi-lingual Clients with Aphasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Ping Sze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Peñaloza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kambanaros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Irene Norvik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Aphasiology Society (BAS) Research update meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do Turkish people with aphasia interpret anaphoric pronouns?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Student Conference on Linguistics 2022 (SCOL'22)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bogazici University, May 2022, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03928444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verbs in Turkish agrammatic narrative speech.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elif Bamyaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roelien Bastiaanse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Science of Aphasia Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Aveiro, Sep 2015, Aveiro, Portugal. pp.1-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Source memory impairments in aphasic and healthy aging Turkish speakers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roelien Bastiaanse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Science of Aphasia Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The San Camillo Hospital in Venice, Sep 2014, Venice, Italy. pp.5-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A fragile category: Turkish evidential source markers in agrammatism and bilingualism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dörte de Kok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roelien Bastiaanse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th International Science of Aphasia Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Bruxelles, Belgium. pp.116-119</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factual information as a window into Balkan evidentials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vesela Simeonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izabela Jordanoska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orkida Backus Borshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57th Annual Meeting of the Societas Linguistica Europaea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Helsinki (Finland), Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04843831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Assessment Tools Used in the Evaluation of Primary Progressive Aphasia in Türkiye: A Scoping Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esra Başol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maviş Emel Kulak Kayıkcı</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of Aphasia 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Geneva, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04843788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global perspectives on speech and language therapy training and practices for multilingual people with aphasia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pourquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzan Dilara Tokaç-Scheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ritienne Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valantis Fyndanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMLaP 29 International conference on Architectures and Mechanisms for Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Donostia-San Sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04378030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pronoun processing in gracefully ageing adults and individuals with primary progressive aphasia: a case-control study</w:t>
+                <w:t xml:space="preserve">Insights from the Multilingual Aphasia Practices (MAP) survey: common practices and challenges for speech-language therapists working with multilingual speakers with aphasia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...79 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valantis Fyndanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritienne Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...51 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kambanaros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Martinez-Ferreiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Bilingualism (ISB14)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04370789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4328,709 +4959,874 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Paced Reading: Common Practices and Methodological Considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference Module in Social Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2026, 978-0-443-15785-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-95504-1.01288-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Eye Movements Reveal about Pre-Verbal Focus Processing in Turkish: An Eye-Tracking Study on Sentence Comprehension during Reading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İpek Pinar Uzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Özgür Aydin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bilal Kirkici. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empirical insights into language and cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.161-190, 2025, 978-625-376-633-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05341242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Language Pathology and Turkish</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Afazi Alanında Mevcut ve Gelecek Yönelimler: Araştırma Boyutları</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05337027v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tense/Aspect/Modality and Evidentiality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ayhan Aksu-Koç</w:t>
+                <w:t xml:space="preserve">Language Pathology and Turkish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Şevket Özdemir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eren Balo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İlknur Maviş</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04787216v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05337027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dead or alive: A lifetime effect of Pomak nominal tense in a self-paced reading experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evangelia Adamou</w:t>
+                <w:t xml:space="preserve">Tense/Aspect/Modality and Evidentiality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayhan Aksu-Koç</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04355130v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifier spreading errors during pronoun processing in aphasia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dead or alive: A lifetime effect of Pomak nominal tense in a self-paced reading experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Adamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...50 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04367419v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04355130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quantifier spreading errors during pronoun processing in aphasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gamze Yeşilli Puzella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semra Selvi Balo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Özgür Aydin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İlknur Maviş</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04367419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">One suitcase, two grammars: What can we conclude about Australian Turkish heritage speakers’ divergent processing of evidentiality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzan Dilara Tokaç-Scheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyndsey Nickels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04363304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neurolinguistic and Psycholinguistic Investigations on Evidentiality in Turkish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seçkin Arslan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Linguistics. University of Groningen, 2016. English. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05550254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId136"/>
+      <w:footerReference w:type="default" r:id="rId153"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5098,51 +5894,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="48B32D54"/>
+    <w:nsid w:val="20A767B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5329,51 +6125,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/seckin-arslan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9330-1619" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333224v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#231;kin Arslan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02687038.2025.2578180" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366383v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjana Miric" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana &#262;irkovi&#263;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Padure" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Adamou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82012/glossa.contact.2025.arslan.et.al" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349091v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesela Simeonova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/BES/2785-3187/2025/01/005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957292v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pe&#241;aloza" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02687038.2025.2468546" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799569v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Shoghi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelien Bastiaanse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdan Popov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2024.103840" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613292v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi-Balo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;lknur Mavi&#351;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2024.101221" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753111v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9110331" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588233v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mart&#237;nez-Ferreiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valantis Fyndanis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Howard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Kuva&#269; Kraljevi&#263;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02687038.2024.2343456" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Tutku Tunal&#305;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#287;mur &#199;etin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;r Ayd&#305;n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/fol.22061.ars" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572556v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gamze Ye&#351;illi Puzella" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi Balo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26650/SP2023-1241698" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843716v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Thomsen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Keulen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2024.1448214" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588234v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan D Toka&#231;-Scheffer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyndsey Nickels" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2023-0101" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Toka&#231;-Scheffer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomm.2023.1070510" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03917759v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.1009265" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419869v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336958v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amena Elkholay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roel Jonkers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337166v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mati&#263; &#352;kori&#263;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pourqui&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Norvik" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Gram Simonsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419641v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Zakhariadis-Awad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Prokou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419877v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Kracheva" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Pescarini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734071v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Berfin Tan&#305;&#351;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#199;a&#287;la Ayd&#305;n" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Edmonds" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayberk Kaan G&#252;ne&#351;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#350;eyma Kalender" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843818v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843799v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayesha Areej" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613159v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377887v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Martinez-Ferreiro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Dilara Toka&#231;-Scheffer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritienne Grima" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355665v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Hilde &#216;ien Thomsen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282156v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesela Simenova" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282257v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Lazi&#263;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Popov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282350v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506231v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355601v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Urbanczik" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie F. Lampe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hanne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282145v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03851956v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seckin Arslan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377939v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ping Sze" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kambanaros" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Irene Norvik" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03928444v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843831v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Jordanoska" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orkida Backus Borshi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843788v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esra Ba&#351;ol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mavi&#351; Emel Kulak Kay&#305;kc&#305;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378030v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355643v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Tessaro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04370789v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457883v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95504-1.01288-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341242v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;pek Pinar Uzun" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;r Aydin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337027v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#350;evket &#214;zdemir" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eren Balo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787216v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Aksu-Ko&#231;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355130v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04367419v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363304v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/seckin-arslan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9330-1619" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333224v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#231;kin Arslan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02687038.2025.2578180" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553368v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mati&#263;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pourqui&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Norvik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Kuva&#269; Kraljevi&#263;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Gram Simonsen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2026.02.013" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366383v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjana Miric" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana &#262;irkovi&#263;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Padure" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Adamou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82012/glossa.contact.2025.arslan.et.al" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349091v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesela Simeonova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/BES/2785-3187/2025/01/005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957292v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pe&#241;aloza" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02687038.2025.2468546" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613292v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi-Balo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;lknur Mavi&#351;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2024.101221" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799569v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Shoghi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelien Bastiaanse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdan Popov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2024.103840" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753111v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9110331" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588233v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mart&#237;nez-Ferreiro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valantis Fyndanis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Howard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02687038.2024.2343456" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644339v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Tutku Tunal&#305;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#287;mur &#199;etin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;r Ayd&#305;n" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/fol.22061.ars" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572556v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gamze Ye&#351;illi Puzella" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi Balo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26650/SP2023-1241698" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843716v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Thomsen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Keulen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2024.1448214" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588234v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan D Toka&#231;-Scheffer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyndsey Nickels" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2023-0101" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216690v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Toka&#231;-Scheffer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomm.2023.1070510" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03917759v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.1009265" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553260v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Ajda&#269;i&#263;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr&#273;an Popov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419869v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336958v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amena Elkholay" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roel Jonkers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337166v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mati&#263; &#352;kori&#263;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419641v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Zakhariadis-Awad" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Prokou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553254v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bu&#287;se Durmu&#351;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eren Balo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seckin Arslan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21827/32.8310/2025-sa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419877v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Kracheva" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Pescarini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734071v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Berfin Tan&#305;&#351;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#199;a&#287;la Ayd&#305;n" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Edmonds" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayberk Kaan G&#252;ne&#351;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#350;eyma Kalender" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843818v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613159v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843799v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayesha Areej" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377887v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Martinez-Ferreiro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Dilara Toka&#231;-Scheffer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritienne Grima" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282156v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesela Simenova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355665v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Hilde &#216;ien Thomsen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282257v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Lazi&#263;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Popov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282350v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506231v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355643v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie F. Lampe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Tessaro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355601v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Urbanczik" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hanne" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282145v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03851956v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377939v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ping Sze" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kambanaros" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Irene Norvik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03928444v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550235v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Bamyaci" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550232v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550224v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#246;rte de Kok" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843831v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Jordanoska" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orkida Backus Borshi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04843788v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esra Ba&#351;ol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mavi&#351; Emel Kulak Kay&#305;kc&#305;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378030v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04370789v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457883v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95504-1.01288-6" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341242v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;pek Pinar Uzun" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;r Aydin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548394v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337027v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#350;evket &#214;zdemir" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787216v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Aksu-Ko&#231;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355130v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04367419v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363304v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05550254v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>