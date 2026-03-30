--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -198,51 +198,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -349,425 +349,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the Extent of Bladed Terrain on Pluto via Photometric Surface Roughness</w:t>
+                <w:t xml:space="preserve">ESA/JUICE encounters Earth/Moon in 2024: overview of the Moons And Jupiter Imaging Spectrometer (MAJIS) observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Mishra</w:t>
+                <w:t xml:space="preserve">François Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Dhingra</w:t>
+                <w:t xml:space="preserve">Giuseppe Piccioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B J Buratti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+                <w:t xml:space="preserve">Yves Langevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O L White</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cydalise Dumesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024je008554⟩</w:t>
+              <w:t xml:space="preserve">Annales Geophysicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 44 (1), pp.163-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/angeo-44-163-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05147335v1</w:t>
+                <w:t xml:space="preserve">hal-05550965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peculiar Rainbows in Saturn's E Ring: Uncovering Luminous Bands Near Enceladus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating the Extent of Bladed Terrain on Pluto via Photometric Surface Roughness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Cazaux</w:t>
+                <w:t xml:space="preserve">I. Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dhingra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B J Buratti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O L White</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2025.116650⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024je008554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05096994v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photogrammetric 3D reconstruction of Apollo 17 Station 6: From boulders to lunar rock samples integrated into virtual reality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Peculiar Rainbows in Saturn's E Ring: Uncovering Luminous Bands Near Enceladus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Guenneguez</w:t>
+                <w:t xml:space="preserve">Niels Rubbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harrison H. Schmitt</w:t>
+                <w:t xml:space="preserve">Stéphanie Cazaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Macquet</w:t>
+                <w:t xml:space="preserve">Matthew Kenworthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mangold</w:t>
+                <w:t xml:space="preserve">Nicholas Kutsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary and Space Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 240, pp.105813. </w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pss.2023.105813⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2025.116650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04300110v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05096994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Automated Mapping of Clouds on Titan With Instance Segmentation</w:t>
               </w:r>
@@ -881,2763 +881,2897 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moons and Jupiter Imaging Spectrometer (MAJIS) on Jupiter Icy Moons Explorer (JUICE)</w:t>
+                <w:t xml:space="preserve">Photogrammetric 3D reconstruction of Apollo 17 Station 6: From boulders to lunar rock samples integrated into virtual reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Poulet</w:t>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Piccioni</w:t>
+                <w:t xml:space="preserve">Mélanie Guenneguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Langevin</w:t>
+                <w:t xml:space="preserve">Harrison H. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dumesnil</w:t>
+                <w:t xml:space="preserve">Louis Macquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Tommasi</w:t>
+                <w:t xml:space="preserve">Nicolas Mangold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 220 (3), pp.27. </w:t>
+              <w:t xml:space="preserve">Planetary and Space Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 240, pp.105813. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11214-024-01057-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pss.2023.105813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04519237v1</w:t>
+                <w:t xml:space="preserve">hal-04300110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysical Characterization of the Interiors of Ganymede, Callisto and Europa by ESA's JUpiter ICy moons Explorer</w:t>
+                <w:t xml:space="preserve">Moons and Jupiter Imaging Spectrometer (MAJIS) on Jupiter Icy Moons Explorer (JUICE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim van Hoolst</w:t>
+                <w:t xml:space="preserve">F. Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Tobie</w:t>
+                <w:t xml:space="preserve">G. Piccioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Vallat</w:t>
+                <w:t xml:space="preserve">Y. Langevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Altobelli</w:t>
+                <w:t xml:space="preserve">C. Dumesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Bruzzone</w:t>
+                <w:t xml:space="preserve">L. Tommasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Space Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 220, </w:t>
+              <w:t xml:space="preserve">, 2024, 220 (3), pp.27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11214-024-01085-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11214-024-01057-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04726417v1</w:t>
+                <w:t xml:space="preserve">hal-04519237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feature Extraction and Classification from Planetary Science Datasets enabled by Machine Learning</w:t>
+                <w:t xml:space="preserve">Geophysical Characterization of the Interiors of Ganymede, Callisto and Europa by ESA's JUpiter ICy moons Explorer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conor Nixon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ethan Duncan</w:t>
+                <w:t xml:space="preserve">Tim van Hoolst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Neidel</w:t>
+                <w:t xml:space="preserve">G. Tobie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyssa Mills</w:t>
+                <w:t xml:space="preserve">Claire Vallat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Altobelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Bruzzone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Aerospace Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/AERO55745.2023.10115556⟩</w:t>
+              <w:t xml:space="preserve">Space Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 220, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11214-024-01085-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259109v1</w:t>
+                <w:t xml:space="preserve">insu-04726417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compression Algorithms for High Data Volume Instruments on Planetary Missions: a Case Study for the Cassini Mission</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Feature Extraction and Classification from Planetary Science Datasets enabled by Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Jewell</w:t>
+                <w:t xml:space="preserve">Conor Nixon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Yahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethan Duncan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Kurth</w:t>
+                <w:t xml:space="preserve">Ian Neidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyssa Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/1.JATIS.7.2.028002⟩</w:t>
+              <w:t xml:space="preserve">IEEE Aerospace Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AERO55745.2023.10115556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259111v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Europa Clipper Preparatory Photometry to Constrain Surface Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rajani D Dhingra</w:t>
+                <w:t xml:space="preserve">Haze Seasonal Variations of Titan’s Upper Atmosphere during the Cassini Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonnie J Buratti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+                <w:t xml:space="preserve">Robert A West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vinatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/psj/ac06d6⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 907 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/abcd3b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259112v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haze Seasonal Variations of Titan’s Upper Atmosphere during the Cassini Mission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compression Algorithms for High Data Volume Instruments on Planetary Missions: a Case Study for the Cassini Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hua Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Jewell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Kurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/abcd3b⟩</w:t>
+              <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (02), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JATIS.7.2.028002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434893v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titan's Global Radiant Energy Budget During the Cassini Epoch (2004-2017)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Europa Clipper Preparatory Photometry to Constrain Surface Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert A. West</w:t>
+                <w:t xml:space="preserve">Rajani D Dhingra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick M. Fry</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bonnie J Buratti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 48, 6, p. 1198. </w:t>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (4), pp.144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021GL095356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/psj/ac06d6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03663673v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and intensity of water ice signature in South Xanadu and Tui Regio</w:t>
+                <w:t xml:space="preserve">Titan's Global Radiant Energy Budget During the Cassini Epoch (2004-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maélie Coutelier</w:t>
+                <w:t xml:space="preserve">Ellen C. Creecy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cordier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Rannou</w:t>
+                <w:t xml:space="preserve">Liming Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Le Gall</w:t>
+                <w:t xml:space="preserve">Xun Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert A. West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick M. Fry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2021.114464⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48, 6, p. 1198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021GL095356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03194788v1</w:t>
+                <w:t xml:space="preserve">insu-03663673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titan: Earth-like on the Outside, Ocean World on the Inside</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distribution and intensity of water ice signature in South Xanadu and Tui Regio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Hörst</w:t>
+                <w:t xml:space="preserve">Maélie Coutelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Sotin</w:t>
+                <w:t xml:space="preserve">Daniel Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Barth</w:t>
+                <w:t xml:space="preserve">Alice Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (3), pp.112. </w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 364 (August), pp.114464. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/psj/abf7c9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2021.114464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03657991v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03194788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and chemical species distributions in the middle atmosphere observed during Titan’s late northern spring to early summer</w:t>
+                <w:t xml:space="preserve">Titan: Earth-like on the Outside, Ocean World on the Inside</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Vinatier</w:t>
+                <w:t xml:space="preserve">Shannon Mackenzie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Mathé</w:t>
+                <w:t xml:space="preserve">Samuel Birch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bézard</w:t>
+                <w:t xml:space="preserve">Sarah Hörst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Vatant D’ollone</w:t>
+                <w:t xml:space="preserve">Christophe Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lebonnois</w:t>
+                <w:t xml:space="preserve">Erika Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 641, A116 (33p.). </w:t>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (3), pp.112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/psj/abf7c9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02942469v1</w:t>
+                <w:t xml:space="preserve">hal-03657991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Lunar Boulders at the Apollo 17 Landing Site Using Photogrammetry and Virtual Reality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature and chemical species distributions in the middle atmosphere observed during Titan’s late northern spring to early summer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Enguehard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Harrison H. Schmitt</w:t>
+                <w:t xml:space="preserve">S. Vinatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+                <w:t xml:space="preserve">Christophe Mathé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vatant D’ollone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lebonnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs12111900⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 641, A116 (33p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02879333v1</w:t>
+                <w:t xml:space="preserve">hal-02942469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photometrically-corrected global infrared mosaics of Enceladus: New implications for its spectral diversity and geological activity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Investigating Lunar Boulders at the Apollo 17 Landing Site Using Photogrammetry and Virtual Reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Seignovert</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Enguehard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harrison H. Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2020.113848⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Special Issue Celebrating the 50th Anniversary of the Moon Landing with Views of Earth from Satellite and Apollo Missions, 12 (11), pp.1900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs12111900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02861006v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SpiceyPy: a Pythonic Wrapper for the SPICE Toolkit</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photometrically-corrected global infrared mosaics of Enceladus: New implications for its spectral diversity and geological activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Carcich</w:t>
+                <w:t xml:space="preserve">Rozenn Robidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tobie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helge Eichhorn</w:t>
+                <w:t xml:space="preserve">Marion Massé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.02050⟩</w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 349, pp.113848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2020.113848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259115v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02861006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 3 . 4 μ m absorption in Titan’s stratosphere: Contribution of ethane, propane, butane and complex hydrogenated organics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SpiceyPy: a Pythonic Wrapper for the SPICE Toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cordier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Seignovert</w:t>
+                <w:t xml:space="preserve">Andrew Annex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Maltagliati</w:t>
+                <w:t xml:space="preserve">Ben Pearson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Biennier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Brian Carcich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helge Eichhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2019.113571⟩</w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (46), pp.2050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21105/joss.02050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02440192v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tidal Currents Detected in Kraken Mare Straits from Cassini VIMS Sun Glitter Observations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The 3 . 4 μ m absorption in Titan’s stratosphere: Contribution of ethane, propane, butane and complex hydrogenated organics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Barnes</w:t>
+                <w:t xml:space="preserve">T. Cours</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Soderblom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+                <w:t xml:space="preserve">D. Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajani Dhingra</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Biennier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/PSJ/aba191⟩</w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 339, pp.113571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2019.113571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259114v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02440192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cassini VIMS archive of Titan: From browse products to global infrared color maps</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tidal Currents Detected in Kraken Mare Straits from Cassini VIMS Sun Glitter Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Rodriguez</w:t>
+                <w:t xml:space="preserve">Michael Heslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sotin</w:t>
+                <w:t xml:space="preserve">Jason Barnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Soderblom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajani Dhingra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2018.09.017⟩</w:t>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (2), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/PSJ/aba191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03657897v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping polar atmospheric features on Titan with VIMS: From the dissipation of the northern cloud to the onset of a southern polar vortex</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">The Cassini VIMS archive of Titan: From browse products to global infrared color maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Rousseau</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Icarus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 311, pp.371-383. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 319, pp.121 - 132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2018.09.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2018.04.028⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02373157v1</w:t>
+                <w:t xml:space="preserve">hal-03657897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparency of 2 μ m window of Titan's atmosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping polar atmospheric features on Titan with VIMS: From the dissipation of the northern cloud to the onset of a southern polar vortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Rannou</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Rey</w:t>
+                <w:t xml:space="preserve">S. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Robidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary and Space Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pss.2017.11.015⟩</w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 311, pp.371-383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2018.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01918883v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02373157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The seasonal cycle of Titan's detached haze</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth P Turtle</w:t>
+                <w:t xml:space="preserve">Transparency of 2 μ m window of Titan's atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Astronomy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Planetary and Space Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 151, pp.109 - 124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pss.2017.11.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41550-018-0434-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04259118v1</w:t>
+                <w:t xml:space="preserve">hal-01918883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerosols optical properties in Titan's detached haze layer before the equinox</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The seasonal cycle of Titan's detached haze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert A West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth P Turtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2017.03.026⟩</w:t>
+              <w:t xml:space="preserve">Nature Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (6), pp.495-500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41550-018-0434-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01536295v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radar scattering of linear dunes and mega-yardangs: Application to Titan</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aerosols optical properties in Titan's detached haze layer before the equinox</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen D. Wall</w:t>
+                <w:t xml:space="preserve">Pascal A Rannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panayotis Lavvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Cours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert A West</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Icarus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 292, pp.13 - 21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2017.03.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radar scattering of linear dunes and mega-yardangs: Application to Titan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Paillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jani Radebaugh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen D. Wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2015, Titan's Surface and Atmosphere, 270, pp.211-221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.icarus.2015.07.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01368711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3647,2437 +3781,2437 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeing through the haze: The Cassini/Huygens challenge of mapping Titan's surface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photogrammetric processing of MSL images: a case study at the Mont Mercou outcrop in Gale crater on Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simeon Schmauss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mangold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 years celebration of the Huygens landing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">56th Lunar and Planetary Science Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lunar and Planetary Institute, Mar 2025, The Woodlands (Texas), United States. pp.2074</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05305573v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photogrammetric processing of MSL images: a case study at the Mont Mercou outcrop in Gale crater on Mars</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Seeing through the haze: The Cassini/Huygens challenge of mapping Titan's surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sotin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56th Lunar and Planetary Science Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20 years celebration of the Huygens landing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/KCR2QM⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04929382v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05305573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le stockage S3 : Un exemple pour la visualisation de cartes interactives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JoSy S3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Resinfo, Oct 2025, Strasbourg, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57745/DZGEQS⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05305463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual Reality to investigate the surface of the Moon: From the Aristarchus Plateau to the Apollo 17 and Chang’e 3 landing sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Guenneguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mangold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europlanet Science Congress 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-432, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/epsc2024-432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dune Sand Mixing in the Huygens and Dragonfly Landing Sites Region, Titan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. J. Malaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D A Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R M C Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J D Hofgartner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55th Lunar and Planetary Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, The Woodlands, United States. pp.LPI Contribution No. 3040, id.1692</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04763310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Reconstruction of Lunar Rock Samples from the Apollo 17 Mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Macquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harrison H. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mangold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54th Lunar and Planetary Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lunar and Planetary Institute, Mar 2023, The Woodlands (Texas), United States. pp.1150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global infrared mosaics of Enceladus based on new navigation and photometric correction function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christos Ntinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Altobelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Robidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Athens, Greece. pp.Abstract B5.1-0023-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03905146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The moon-coverage: a Python tool for mission and instrument planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Tobie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Altobelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroPlanet Science Congress (EPSC) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Europlanet Society, Sep 2022, Granada, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/epsc2022-341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03902076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reconstruction of lunar rock samples collected at North Massif Station 6 during the Apollo 17 mission </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Macquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harrison Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mangold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europlanet Science Congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Europlanet, Sep 2022, Granada, Spain. pp.EPSC2022-348, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/epsc2022-348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Updated radiative transfer model for Titan in the near-infrared wavelength range: Validation on Huygens atmospheric and surface measurements and application to the analysis of the VIMS/Cassini observations of the Dragonfly landing area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Es-Sayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maélie Coutelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Bézard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Europlanet Science Congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-657</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04545153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REVISITING APOLLO 17 STATION 6 BOULDERS WITH PHOTOGRAMMETRY, VIRTUAL REALITY AND STEREOSCOPY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Caravaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. H. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mangold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd Lunar and Planetary Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lunar and Planetary Institute, Mar 2022, The Woodlands, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03593980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titan: Earth-like on the Outside, Ocean World on the Inside</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shannon Mackenzie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Birch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Hörst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Planetary Science and Astrobiology Decadal Survey 2023-2032 white paper e-id. 124; Bulletin of the American Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3847/25c2cfeb.043eea88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03590062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of labyrinths on Titan: A numerical model based on surface dissolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Fleurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union (EGU 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01715697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissolution on Saturn's Moon Titan: A 3D Karst Landscape Evolution Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Fleurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union (EGU) 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01449634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape formation through dissolution proceses on Titan: a 3D landscape evolution model approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Fleurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Lunar and Planetary Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, The Woodlands, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01449807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presence of PAH or HAC below 900 km in the Titan's stratosphere?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Cours</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael M. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DPS/EPSC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Pasadena, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transparency of the 2 μm (5000 cm-1) methane window in Titan's atmosphere and impact on retrieved surface reflectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal A Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sotin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DPS/EPSC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Pasadena, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerosols optical properties in Titan's Detached Haze Layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The disappearance and reappearance of Titan's detached haze layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert A. West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal A Rannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panayotis Lavvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth P. Turtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DPS/EPSC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Pasadena, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01536318v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The disappearance and reappearance of Titan's detached haze layer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Aerosols optical properties in Titan's Detached Haze Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Seignovert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal A Rannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panayotis Lavvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Cours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert A. West</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DPS/EPSC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Pasadena, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01536352v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to Open Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Science Research and Communication (M2EMJM/M2STPE-EPS | XMS3GU030), Nantes, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6087,262 +6221,262 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Titan's labyrinths through chemical erosion and hillslope transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Fleurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europlanet Science Congress 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of sediment transport in Kraken Mare with a radiative transfert model using an aerosol vertical profile and optical properties adapted to Titan North pole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maélie Coutelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Seignovert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europlanet Science Congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Granada, Spain. EPSC Abstracts, 16, pp.EPSC2022-449</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03754745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6352,170 +6486,170 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum to &amp;quot;Photometrically-corrected global infrared mosaics of Enceladus: New implications for its spectral diversity and geological activity&amp;quot; [Icarus 349 (2020) 113848]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Robidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Tobie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Massé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Seignovert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, pp.113954. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.icarus.2020.113954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03590082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId207"/>
+      <w:footerReference w:type="default" r:id="rId214"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6583,51 +6717,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E058B4C1"/>
+    <w:nsid w:val="3F84FF68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6814,51 +6948,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/seignovert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6533-275X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242751407" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/seignovert_b_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-9805-2016" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rannou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Batz De Trenquell&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rodriguez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Seignovert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2026.116949" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147335v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mishra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dhingra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B J Buratti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O L White" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024je008554" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05096994v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Rubbrecht" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cazaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kenworthy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Kutsop" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2025.116650" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300110v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Mou&#233;lic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guenneguez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison H. Schmitt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Macquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mangold" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2023.105813" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869703v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Yahn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas M Trent" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Duncan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Santerre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JH000366" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519237v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poulet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piccioni" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Langevin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumesnil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tommasi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01057-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726417v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van Hoolst" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tobie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vallat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Altobelli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bruzzone" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01085-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259109v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Nixon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Neidel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Mills" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AERO55745.2023.10115556" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259111v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Xie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert West" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Jewell" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Kurth" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.7.2.028002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259112v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajani D Dhingra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie J Buratti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/psj/ac06d6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434893v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A West" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abcd3b" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03663673v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen C. Creecy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Li" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun Jiang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. West" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M. Fry" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095356" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03194788v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;lie Coutelier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cordier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Gall" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114464" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03657991v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Mackenzie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Birch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah H&#246;rst" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sotin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Barth" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/psj/abf7c9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942469v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vinatier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Math&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#233;zard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vatant D&#8217;ollone" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lebonnois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038411" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879333v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Enguehard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Caravaca" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111900" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861006v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Robidel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mass&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Seignovert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2020.113848" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259115v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Annex" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Pearson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Carcich" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Eichhorn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.02050" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440192v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cours" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cordier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maltagliati" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Biennier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.113571" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259114v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Heslar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Barnes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Soderblom" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajani Dhingra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/aba191" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03657897v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cornet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodriguez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sotin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.09.017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373157v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rousseau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.04.028" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01918883v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rannou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2017.11.015" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259118v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Dumont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth P Turtle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-018-0434-z" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536295v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal A Rannou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Lavvas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Cours" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.03.026" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368711v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Paillou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jani Radebaugh" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Wall" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.07.038" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305573v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/KCR2QM" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929382v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeon Schmauss" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305463v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/DZGEQS" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678068v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-432" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04763310v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Malaska" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D A Williams" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R M C Lopes" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J D Hofgartner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052355v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03905146v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Ntinos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rodriguez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03902076v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tobie" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Belgacem" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-341" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842472v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison Schmitt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-348" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04545153v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Es-Sayeh" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rodriguez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B B&#233;zard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593980v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Schmitt" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590062v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/25c2cfeb.043eea88" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715697v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cornet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Fleurant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourgeois" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449634v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Seignovert" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449807v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536353v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Rey" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Maltagliati" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536319v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536318v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536352v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth P. Turtle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421914v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676556v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03754745v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590082v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2020.113954" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/seignovert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6533-275X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242751407" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/seignovert_b_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-9805-2016" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rannou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Batz De Trenquell&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rodriguez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Seignovert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2026.116949" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05550965v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poulet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Piccioni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Langevin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cydalise Dumesnil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carlier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-44-163-2026" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147335v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mishra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dhingra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B J Buratti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O L White" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024je008554" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05096994v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Rubbrecht" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cazaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kenworthy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Kutsop" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2025.116650" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869703v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Yahn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas M Trent" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Duncan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Santerre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JH000366" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300110v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Mou&#233;lic" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guenneguez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison H. Schmitt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Macquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mangold" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2023.105813" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519237v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poulet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piccioni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Langevin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumesnil" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tommasi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01057-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726417v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van Hoolst" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tobie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vallat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Altobelli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bruzzone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01085-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259109v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Nixon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Neidel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Mills" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AERO55745.2023.10115556" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434893v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A West" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abcd3b" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259111v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Xie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert West" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Jewell" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Kurth" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.7.2.028002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259112v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajani D Dhingra" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie J Buratti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/psj/ac06d6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03663673v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen C. Creecy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Li" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun Jiang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. West" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M. Fry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095356" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03194788v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;lie Coutelier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cordier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Gall" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114464" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03657991v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Mackenzie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Birch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah H&#246;rst" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sotin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Barth" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/psj/abf7c9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942469v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vinatier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Math&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#233;zard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vatant D&#8217;ollone" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lebonnois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038411" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879333v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Enguehard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Caravaca" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111900" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861006v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Robidel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mass&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Seignovert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2020.113848" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259115v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Annex" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Pearson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Carcich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Eichhorn" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.02050" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440192v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cours" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cordier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maltagliati" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Biennier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.113571" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259114v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Heslar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Barnes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Soderblom" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajani Dhingra" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/aba191" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03657897v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cornet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodriguez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sotin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.09.017" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373157v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rousseau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.04.028" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01918883v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rannou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rey" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2017.11.015" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259118v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Dumont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth P Turtle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-018-0434-z" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536295v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal A Rannou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Lavvas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Cours" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.03.026" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368711v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Paillou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jani Radebaugh" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Wall" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.07.038" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929382v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeon Schmauss" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305573v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/KCR2QM" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305463v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/DZGEQS" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678068v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-432" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04763310v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Malaska" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D A Williams" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R M C Lopes" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J D Hofgartner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03905146v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Ntinos" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rodriguez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03902076v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tobie" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Belgacem" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-341" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842472v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison Schmitt" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-348" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04545153v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Es-Sayeh" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rodriguez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B B&#233;zard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593980v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Schmitt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590062v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/25c2cfeb.043eea88" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715697v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cornet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Fleurant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourgeois" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449634v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Seignovert" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449807v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536353v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Rey" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Maltagliati" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536319v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536352v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth P. Turtle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536318v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421914v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676556v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03754745v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590082v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2020.113954" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>