--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (64)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -181,12619 +181,12651 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HRI '26: 21st ACM/IEEE International Conference on Human-Robot Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Edinburgh Scotland UK, United Kingdom. pp.589-593, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3776734.3794463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478495v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGOD-Grasp: an Automatically Generated Object Dataset for Benchmarking and Training Robotic Grasping Algorithms</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Safe Bimanual Teleoperation with Language-Guided Collision Avoidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dionis Totsila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemente Donoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Mingo Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 IEEE Conference on Telepresence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Leiden (Netherlands), Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihai Andries</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-03983079v3</w:t>
+                <w:t xml:space="preserve">hal-05123517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Vocal Instructions to Household Tasks: The Inria Tiago++ in the euROBIN Service Robots Coopetition</w:t>
+                <w:t xml:space="preserve">Learning to Walk with Hybrid Serial-Parallel Linkages: a Case Study on the Kangaroo Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Amadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongbo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Uttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kanoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clemente Donoso Krauss</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Conference on Robot Intelligence Technology and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, London, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dionis Totsila</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-04868440v1</w:t>
+                <w:t xml:space="preserve">hal-05072198v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-Body Motion Control in Orbital Scenarios through Centroidal Momentum Conservation</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quadratic-programming based simulation for human movement analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Bucchieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SB 2025 - 50ème congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrico Mingo Hoffman</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-04588276v3</w:t>
+                <w:t xml:space="preserve">hal-05229492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duration Models for Human Activity Prediction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nima Mehdi</w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+                <w:t xml:space="preserve">Lorenzo Aloe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th International Workshop on Human-Friendly Robotics 2025, HFR 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università degli Studi di Napoli Federico II, Jun 2025, Capri Island, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313912v1</w:t>
+                <w:t xml:space="preserve">hal-05157054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prescient teleoperation of humanoid robots - Supplementary material</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luigi Penco</w:t>
+                <w:t xml:space="preserve">ExoSim: Towards Physics-Based Modeling and Validation of Human-Exoskeleton Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Oliveira Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Bucchieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-04166800v2</w:t>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DAWR 2025 - IEEE EMBC Workshop - Design and Assessment Wearable Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05184804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperation or collaboration? On a human-inspired impedance strategy in a human-robot co-manipulation task</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physics-based simulation for motion prediction in active exoskeleton control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Oliveira Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Scientific Conference on the Prevention of Work-Related Musculoskeletal Disorders (PREMUS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Tübingen, Allemagne, Germany. pp.Doc153, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">hal-03589692v1</w:t>
+                <w:t xml:space="preserve">⟨10.3205/25premus153⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In a Collaborative Co-manipulation, Humans Have a Motor Behaviour Similar to a Leader</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Extremum Flow Matching for Offline Goal Conditioned Reinforcement Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemente Donoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 IEEE-RAS 24th International Conference on Humanoid Robots (Humanoids)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Seoul, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waldez Gomes</w:t>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">hal-03573469v1</w:t>
+                <w:t xml:space="preserve">hal-05080807v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of role transitions and adaptation in human-cobot collaboration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">AHMP: Agile Humanoid Motion Planning With Contact Sequence Discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Tsikelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelos Tsiatsianas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chairi Kiourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...48 lines deleted...]
-                <w:t xml:space="preserve">hal-03890322v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Chatzilygeroudis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanoids 2025 : 2025 IEEE-RAS 24th International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE-RAS, Sep 2025, Seoul, South Korea. pp.33-40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Humanoids65713.2025.11203211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072261v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dyadic Motor Behavior During Co-manipulation: A Study on Humans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Flow Matching Imitation Learning for Multi-Support Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 IEEE-RAS 23rd International Conference on Humanoid Robots (Humanoids)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650144v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning height for top-down grasps with the DIGIT sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thais Bernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Fleytoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE RAS Int. Conf. Robotics and Automation (ICRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, London, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03989704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards data-driven predictive control of active upper-body exoskeletons for load carrying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Oliveira Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Advanced Robotics and its Social Impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ARSO56563.2023.10187548⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04087475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teleoperating a robot for removing asbestos tiles on roofs: insights from a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edoardo Ghini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE ARSO - 2023 IEEE International Conference on Advanced Robotics and Its Social Impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Berlin (Germany), Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ARSO56563.2023.10187476⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03996168v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescient Teleoperation of Humanoid Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Penco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 IEEE RAS International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Austin, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Humanoids57100.2023.10375166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data-efficient learning of object-centric grasp preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Fleytoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anji Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICRA 2022 - IEEE International Conference on Robotics and Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Philadelphia, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466780v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">KHAOS: a Kinematic Human Aware Optimization-based System for Reactive Planning of Flying-Coworker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Truc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phani-Teja Singamaneni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sidobre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Philadelphia, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRA46639.2022.9811803⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585262v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulating Upper Body Exoskeleton on a Digital Human Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Oliveira Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lartot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Angers, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21105/joss.00500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03726138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic Tuning and Selection of Whole-Body Controllers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyn D'Elia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Kober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Kyoto, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VP-GO: A 'Light' Action-Conditioned Visual Prediction Model for Grasping Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anji Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Fleytoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICARM 2022 - IEEE International Conference on Advanced Robotics and Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Guilin, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous Action Recognition and Human Whole-Body Motion and Dynamics Prediction from Wearable Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kourosh Darvish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 IEEE-RAS 21st International Conference on Humanoid Robots (Humanoids)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Ginowan, Japan. pp.488-495, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Humanoids53995.2022.10000122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous Pose and Posture Estimation with a Two-stage Particle Filter for Visuo-inertial Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Mehdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Advanced Robotics and Mechatronics (ICARM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Guilin, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICARM54641.2022.9959293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03722103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torque prediction for active exoskeleton control using ProMPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lartot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Oliveira Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNRH 2022 - Journées Nationales de la Robotique Humanoïde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probabilistic estimation of postures during human-robot collaboration: an ergonomics perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Applied Human Factors and Ergonomics, AHFE 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, New York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03115202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-objective Trajectory Optimization to Improve Ergonomics in Human Work Activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waldez Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03283057v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNRH 2021 - Journées Nationales de la Robotique Humanoïde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-body teleoperation of the Talos humanoid robot: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Bergonzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Anne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICRA 2021 - 5th Workshop on Teleoperation of Dynamic Legged Robots in Real Scenarios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Xi’an / Virtual, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03245005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomechanical effects of using a passive back support exoskeleton during prone-positioning maneuver: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Settembre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Theurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Wioland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SB 2021 - 46th Congress of the Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03285178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using exoskeletons to assist medical staff during prone positioning of mechanically ventilated COVID-19 patients: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Theurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liên Wioland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AHFE 2021 - 12th International Conference on Applied Human Factors and Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, New York, United States. pp.88, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-80744-3_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving Ergonomics at Work with Personalized Multi-Objective Optimization of Human Movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AHFE 2021 - 12th International Conference on Applied Human Factors and Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, New York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03115203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human posture prediction during physical human-robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Humanoid Robots, HUMANOIDS 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Munich (Virtual), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of PAEXO, a novel passive exoskeleton for overhead work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jernej Camernik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dasa Gorjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Schirrmeister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bornmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44ème Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAS 2018 - 9ème conférence internationale sur la sécurité des systèmes industriels automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-Body Compliant Control of iCub: first results with OpenSoT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Mingo Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengxu Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikos G Tsagarakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE/RAS ICRA Workshop on Dynamic Legged Locomotion in Realistic Terrains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Brisbane, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01790597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning robust task priorities of QP-based whole-body torque-controllers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Nori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Oriolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HUMANOIDS 2018 - IEEE-RAS 18th International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Beijing, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advancing Anticipatory Behaviors in Dyadic Human-Robot Collaboration: The AnDy project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Fritzsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Babič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freek Stulp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAS 2018 - 9th International Conference on Safety of Industrial Automated Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethical and Social Considerations for the Introduction of Human-Centered Technologies at Work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Allienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Workshop on Advanced Robotics and its Social Impacts (ARSO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Genova, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Activity Recognition With Multiple Wearable Sensors for Industrial Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACHI 2018 - Eleventh International Conference on Advances in Computer-Human Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prediction of Human Whole-Body Movements with AE-ProMPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Dermy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Chaveroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE-RAS 18th International Conference on Humanoid Robots (HUMANOIDS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Beijing, China. pp.572-579</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNRH 2018 - Journées Nationales de la Robotique Humanoïde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Generating Assistive Humanoid Motions for Co-Manipulation Tasks with a Multi-Robot Quadratic Program Controller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuya Otani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouyarmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICRA 2018 - International Conference on Robotics and Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Brisbane, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590678v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Modal Intention Prediction With Probabilistic Movement Primitives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Dermy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HFR 2017 - 10th International Workshop on Human-Friendly Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Napoli, Italy. pp.1-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trial-and-Error Learning of Repulsors for Humanoid QP-based Whole-Body Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Spitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouyarmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE RAS International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Birmingham, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anticipatory models of human movements and dynamics: the roadmap of the AnDy project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Fritzsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Babič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freek Stulp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Damsgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Human Models (DHM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Bonn, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01539731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safe trajectory optimization for whole-body motion of humanoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Nava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Nori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Oriolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE-RAS International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Birmingham, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards collaboration between professional caregivers and robots - A preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Nertomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Social Robotics - Workshop “Using social robots to improve the quality of life in the elderly”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Kansas City, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning soft task priorities for control of redundant robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmar Rueckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Oriolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Stockholm, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01273409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning soft task priorities for safe control of humanoid robots with constrained stochastic optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Chervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Oriolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE-RAS International Conference on Humanoid Robots (HUMANOIDS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Cancun, Mexico</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One-shot Evaluation of the Control Interface of a Robotic Arm by Non-Experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Marichal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Dermy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Kansas City, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01353809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting extraversion from non-verbal features during a face-to-face human-robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faezeh Rahbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Varni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Paris, France. pp.10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning Inverse Dynamics Models with Contacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Calandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peter Deisenroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmar Rueckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. IEEE Int. Conf. on Robotics and Automation (ICRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Seattle, WA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01131611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inertial parameters identification and joint torques estimation with proximal force/torque sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Traversaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea del Prete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Nori</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2015 IEEE International Conference on Robotics and Automation (ICRA 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Seattle, WA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01131610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning torque control in presence of contacts using tactile sensing from robot skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Calandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peter Deisenroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE-RAS International Conference on Humanoid Robots (HUMANOIDS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Seoul, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning a Repertoire of Actions with Deep Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joint International Conference on Development and Learning and on Epigenetic Robotics (ICDL-EpiRob)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Italy. 6 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-body Motion in Humans and Humanoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Nori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Padois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Babic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Mistry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on New Research Frontiers for Intelligent Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Padova, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01053094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Developmental object learning through manipulation and human demonstration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalya Lyubova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Filliat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICRA Mobile Manipulation Workshop on Interactive Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00839519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning to recognize objects through curiosity-driven manipulation with the iCub humanoid robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Lyubova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gerardeaux-Viret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joint IEEE International Conference Developmental Learning and Epigenetic Robotics (ICDL-EPIROB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Osaka, Japan. pp.1--8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DevLrn.2013.6652525⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving object learning through manipulation and robot self-identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Lyubova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Filliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics (ROBIO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Shenzen, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ROBIO.2013.6739655⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning Compact Parameterized Skills with a Single Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freek Stulp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gennaro Raiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE-RAS International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00922135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multimodal People Engagement with iCub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chetouani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biologically Inspired Cognitive Architectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Palermo, Italy. pp.59-64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-34274-5_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02423157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autonomous Online Learning of Velocity Kinematics on the iCub: a Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Padois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Vilamoura, Portugal. To appear</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perception and human interaction for developmental learning of objects and affordances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalya Lyubova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gérardeaux-Viret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. of the 12th IEEE-RAS International Conference on Humanoid Robots - HUMANOIDS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Santa Monica, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/HUMANOIDS.2012.6651528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00755297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison expérimentale d'algorithmes de régression pour l'apprentissage de modèles cinématiques du robot humanoïde iCub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Francophone sur l'Apprentissage Automatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Nancy, France. pp.95-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison expérimentale d'algorithmes de régression pour l'apprentissage de modèles cinématiques du robot humanoïde iCub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Francophone sur l'Apprentissage Automatique - CAp 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurent Bougrain, May 2012, Nancy, France. 16 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00745471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning Velocity Kinematics: Experimental Comparison of On-line Regression Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Stalph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Butz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Guimaraes, Portugal. pp.15-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning the velocity kinematics of iCub for model-based control: XCSF versus LWPR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Padois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th IEEE-RAS International Conference on Humanoid Robots - Humanoids 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Bled, Slovenia. pp.570--575, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Humanoids.2011.6100818⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00624056v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (63)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safe Bimanual Teleoperation with Language-Guided Collision Avoidance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">From Vocal Instructions to Household Tasks: The Inria TIAGo++ in the euROBIN Service Robots Coopetition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemente Donoso Krauss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dionis Totsila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Conference on Telepresence</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05123517v1</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2412.17861⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868440v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning to Walk with Hybrid Serial-Parallel Linkages: a Case Study on the Kangaroo Robot</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+                <w:t xml:space="preserve">Door-to-Door Parcel Delivery From Supply Point to User’s Home With Heterogeneous Robot Team: The euROBIN First-Year Robotics Hackathon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Suarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rainer Kartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Leidner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Robot Intelligence Technology and Applications</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05072198v3</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (3), pp.8-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MRA.2024.3501954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quadratic-programming based simulation for human movement analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Human–Robot Interaction: Successes, Hurdles, and Remaining Challenges [Opinion]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alin Albu-Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamim Asfour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SB 2025 - 50ème congrès de la Société de Biomécanique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05229492v1</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (4), pp.101-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MRA.2025.3619329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabio Amadio</w:t>
+                <w:t xml:space="preserve">Analysis and Perspectives on the ANA Avatar XPRIZE Competition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kris Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Nell Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joonbum Bae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josh Bankston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Behnke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Workshop on Human-Friendly Robotics 2025, HFR 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05157054v1</w:t>
+              <w:t xml:space="preserve">International Journal of Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17, pp.473-504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12369-023-01095-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04438210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ExoSim: Towards Physics-Based Modeling and Validation of Human-Exoskeleton Interaction</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The effects of role transitions and adaptation in human-cobot collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pauline Maurice</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Peternel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAWR 2025 - IEEE EMBC Workshop - Design and Assessment Wearable Robotics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05184804v1</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35, pp.2005-2019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10845-023-02104-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics-based simulation for motion prediction in active exoskeleton control</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Teleoperation of Humanoid Robots: A Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kourosh Darvish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Penco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Cisneros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Pratt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Scientific Conference on the Prevention of Work-Related Musculoskeletal Disorders (PREMUS 2025)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05423692v1</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2301.04317⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extremum Flow Matching for Offline Goal Conditioned Reinforcement Learning</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Influence of a passive back support exoskeleton on simulated patient bed bathing: Results of an exploratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Cuny-Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE-RAS 24th International Conference on Humanoid Robots (Humanoids)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05080807v2</w:t>
+              <w:t xml:space="preserve">Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00140139.2022.2129097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03805348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AHMP: Agile Humanoid Motion Planning With Contact Sequence Discovery</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">First Do Not Fall: Learning to Exploit a Wall With a Damaged Humanoid Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothee Anne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Bergonzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanoids 2025 : 2025 IEEE-RAS 24th International Conference on Humanoid Robots</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05072261v3</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), pp.9028-9035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3188884⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow Matching Imitation Learning for Multi-Support Manipulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multi-objective Trajectory Optimization to Improve Ergonomics in Human Motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE-RAS 23rd International Conference on Humanoid Robots (Humanoids)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650144v2</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (1), pp.342 - 349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2021.3125058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03281827v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning height for top-down grasps with the DIGIT sensor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yoann Fleytoux</w:t>
+                <w:t xml:space="preserve">Latent ergonomics maps: Real-time visualization of estimated ergonomics of human movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freek Stulp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE RAS Int. Conf. Robotics and Automation (ICRA)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03989704v1</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (11), pp.3981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s22113981⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards data-driven predictive control of active upper-body exoskeletons for load carrying</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analysis of Human Whole-body Joint Torques during Overhead Work with a Passive Exoskeleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Latella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeshasvi Tirupachuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Tagliapietra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Rapetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Schirrmeister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advanced Robotics and its Social Impacts</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04087475v1</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Human-Machine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/THMS.2021.3128892⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teleoperating a robot for removing asbestos tiles on roofs: insights from a pilot study</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Human-humanoid interaction and cooperation: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Penco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Maria Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ARSO - 2023 IEEE International Conference on Advanced Robotics and Its Social Impacts</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03996168v2</w:t>
+              <w:t xml:space="preserve">Current Robotics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (4), pp.441-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s43154-021-00068-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prescient Teleoperation of Humanoid Robots</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessing the efficiency of exoskeletons in physical strain reduction by biomechanical simulation with AnyBody Modelling System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Fritzsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel E Galibarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gärtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bornmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Damsgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE RAS International Conference on Humanoid Robots</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04265528v1</w:t>
+              <w:t xml:space="preserve">Wearable Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/wtc.2021.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03243419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-efficient learning of object-centric grasp preferences</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Autonomy in Physical Human-Robot Interaction: a Brief Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Selvaggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cognetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanos Nikolaidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Siciliano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRA 2022 - IEEE International Conference on Robotics and Automation</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03466780v2</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2021.3100603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KHAOS: a Kinematic Human Aware Optimization-based System for Reactive Planning of Flying-Coworker</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Human posture prediction during physical human-robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Dalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachid Alami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2022)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03585262v2</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (3), pp.6046-6053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2021.3086666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03115242v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating Upper Body Exoskeleton on a Digital Human Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Charpillet</w:t>
+                <w:t xml:space="preserve">The use of exoskeletons to help with prone positioning in the intensive care unit during COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicla Settembre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paysant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Theurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Claudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRH</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03726138v1</w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 63 (4), pp.379-382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Tuning and Selection of Whole-Body Controllers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Learning Robust Task Priorities and Gains for Control of Redundant Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Penco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Mingo Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03740361v1</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (2), pp.2626-2633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2020.2972847⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02456663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VP-GO: A 'Light' Action-Conditioned Visual Prediction Model for Grasping Objects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Objective and Subjective Effects of a Passive Exoskeleton on Overhead Work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jernej Camernik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dasa Gorjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Schirrmeister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bornmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICARM 2022 - IEEE International Conference on Advanced Robotics and Mechatronics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03727531v1</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Neural Systems and Rehabilitation Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (1), pp.152-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNSRE.2019.2945368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301922v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Action Recognition and Human Whole-Body Motion and Dynamics Prediction from Wearable Sensors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Activity Recognition for Ergonomics Assessment of Industrial Tasks with Automatic Feature Selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malaisé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Pucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE-RAS 21st International Conference on Humanoid Robots (Humanoids)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03945755v1</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (2), pp.1132-1139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2019.2894389⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torque prediction for active exoskeleton control using ProMPs</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Intelligent Human-Robot Collaboration with Prediction and Anticipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRH 2022 - Journées Nationales de la Robotique Humanoïde</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03717991v1</w:t>
+              <w:t xml:space="preserve">ERCIM News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Pose and Posture Estimation with a Two-stage Particle Filter for Visuo-inertial Fusion</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Introduction to the Special Theme on Human-Robot Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francis Colas</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Pateraki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Advanced Robotics and Mechatronics (ICARM 2022)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03722103v1</w:t>
+              <w:t xml:space="preserve">ERCIM News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic estimation of postures during human-robot collaboration: an ergonomics perspective</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Towards engagement models that consider individual factors in HRI: on the relation of extroversion and negative attitude towards robots to gaze and speech during a human-robot assembly task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chetouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Provasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Applied Human Factors and Ergonomics, AHFE 2021</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03115202v1</w:t>
+              <w:t xml:space="preserve">International Journal of Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (1), pp.63-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12369-016-0357-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01322231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective Trajectory Optimization to Improve Ergonomics in Human Work Activities</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Prediction of Intention during Interaction with iCub with Probabilistic Movement Primitives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Dermy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandros Paraschos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ewerton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charpillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRH 2021 - Journées Nationales de la Robotique Humanoïde</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03261878v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Robotics and AI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/frobt.2017.00045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-body teleoperation of the Talos humanoid robot: preliminary results</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The CoDyCo Project achievements and beyond: Towards Human Aware Whole-body Controllers for Physical Human Robot Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Romano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Nava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morteza Azad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jernej Camernik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Dafarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRA 2021 - 5th Workshop on Teleoperation of Dynamic Legged Robots in Real Scenarios</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03245005v1</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2017.2768126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical effects of using a passive back support exoskeleton during prone-positioning maneuver: A pilot study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Automated prediction of Extraversion during Human-Humanoid interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Maria Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Varni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chetouani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SB 2021 - 46th Congress of the Society of Biomechanics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03285178v1</w:t>
+              <w:t xml:space="preserve">International Journal of Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12369-017-0399-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01492787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using exoskeletons to assist medical staff during prone positioning of mechanically ventilated COVID-19 patients: a pilot study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Progress and Prospects of the Human-Robot Collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arash Ajoudani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Maria Zanchettin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Liên Wioland</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alin Albu-Schäffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuhiro Kosuge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AHFE 2021 - 12th International Conference on Applied Human Factors and Ergonomics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03137133v1</w:t>
+              <w:t xml:space="preserve">Autonomous Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10514-017-9677-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01643655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Ergonomics at Work with Personalized Multi-Objective Optimization of Human Movements</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Special Issue on Whole-body control of contacts and dynamics for humanoid robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Babič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Mistry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Murphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AHFE 2021 - 12th International Conference on Applied Human Factors and Ergonomics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03115203v1</w:t>
+              <w:t xml:space="preserve">Autonomous Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10514-016-9545-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human posture prediction during physical human-robot interaction</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Trust as indicator of robot functional and social acceptance. An experimental study on user conformation to iCub answers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Gaudiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chetouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Humanoid Robots, HUMANOIDS 2020</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03451961v1</w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2016.03.057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01298502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of PAEXO, a novel passive exoskeleton for overhead work</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dasa Gorjan</w:t>
+                <w:t xml:space="preserve">Whole-body multi-contact motion in humans and humanoids: Advances of the CoDyCo European project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Padois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Schirrmeister</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonas Bornmann</w:t>
+                <w:t xml:space="preserve">Jan Babič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Mistry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44ème Congrès de la Société de Biomécanique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02348588v1</w:t>
+              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.robot.2016.08.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Deep unsupervised network for multimodal perception, representation and classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAS 2018 - 9ème conférence internationale sur la sécurité des systèmes industriels automatisés</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01808832v1</w:t>
+              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 71, pp.83-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.robot.2014.11.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01083521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-Body Compliant Control of iCub: first results with OpenSoT</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating the Engagement with Social Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Boucenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chetouani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RAS ICRA Workshop on Dynamic Legged Locomotion in Realistic Terrains</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01790597v1</w:t>
+              <w:t xml:space="preserve">International Journal of Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12369-015-0298-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01158293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning robust task priorities of QP-based whole-body torque-controllers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From passive to interactive object learning and recognition through self-identification on a humanoid robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Lyubova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Filliat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HUMANOIDS 2018 - IEEE-RAS 18th International Conference on Humanoid Robots</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01895146v1</w:t>
+              <w:t xml:space="preserve">Autonomous Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10514-015-9445-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Anticipatory Behaviors in Dyadic Human-Robot Collaboration: The AnDy project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Robot initiative in a team learning task increases the rhythm of interaction but not the perceived engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Woody Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chetouani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAS 2018 - 9th International Conference on Safety of Industrial Automated Systems</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02348525v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurorobotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbot.2014.00005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02423102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethical and Social Considerations for the Introduction of Human-Centered Technologies at Work</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Object learning through active exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Lyubova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Padois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Workshop on Advanced Robotics and its Social Impacts (ARSO)</w:t>
-[...3321 lines deleted...]
-                <w:t xml:space="preserve">hal-00624056v2</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Autonomous Mental Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TAMD.2013.2280614⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Door-to-Door Parcel Delivery From Supply Point to User’s Home With Heterogeneous Robot Team: The euROBIN First-Year Robotics Hackathon</w:t>
-[...109 lines deleted...]
-                <w:t xml:space="preserve">hal-05313286v1</w:t>
+                <w:t xml:space="preserve">AGOD-Grasp: an Automatically Generated Object Dataset for Benchmarking and Training Robotic Grasping Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihai Andries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Fleytoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03983079v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human–Robot Interaction: Successes, Hurdles, and Remaining Challenges [Opinion]</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Whole-Body Motion Control in Orbital Scenarios through Centroidal Momentum Conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Mingo Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Paolillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05448964v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588276v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Perspectives on the ANA Avatar XPRIZE Competition</w:t>
-[...109 lines deleted...]
-                <w:t xml:space="preserve">hal-04438210v1</w:t>
+                <w:t xml:space="preserve">Duration Models for Human Activity Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Mehdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of role transitions and adaptation in human-cobot collaboration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Prescient teleoperation of humanoid robots - Supplementary material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Penco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-04053178v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04166800v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teleoperation of Humanoid Robots: A Survey</w:t>
-[...113 lines deleted...]
-                <w:t xml:space="preserve">hal-03931966v1</w:t>
+                <w:t xml:space="preserve">Cooperation or collaboration? On a human-inspired impedance strategy in a human-robot co-manipulation task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a passive back support exoskeleton on simulated patient bed bathing: Results of an exploratory study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">In a Collaborative Co-manipulation, Humans Have a Motor Behaviour Similar to a Leader</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Babič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03805348v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03573469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Do Not Fall: Learning to Exploit a Wall With a Damaged Humanoid Robot</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The effects of role transitions and adaptation in human-cobot collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...47 lines deleted...]
-                <w:t xml:space="preserve">hal-03740371v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Peternel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (working paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03890322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective Trajectory Optimization to Improve Ergonomics in Human Motion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Dyadic Motor Behavior During Co-manipulation: A Study on Humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waldez Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...3123 lines deleted...]
-                <w:t xml:space="preserve">hal-00919694v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système d’interaction robotique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dionis Totsila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemente Donoso Krauss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2513437. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05420488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12803,117 +12835,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementary Material: Multi-Contact Whole-Body Force Control for Position-Controlled Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12923,111 +12955,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La robotique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE-RAS 2024 IEEE International Conference on Humanoid Robots</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Nancy, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911866v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13037,117 +13069,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Contact Whole Body Force Control for Position-Controlled Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364494v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13157,245 +13189,245 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duration Models for Human Activity Prediction in Industry-Like Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nima Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Colas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JJCR 2022 : Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning task controllers on a humanoid robot using multi-objective optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyn d'Elia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Kober</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRA 2021: 5th Full-Day Workshop on Legged Robots (Virtual)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Xi'an/Virtual, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03255102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13405,91 +13437,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From humans to humanoids: learning and interaction for human-humanoid collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robotics [cs.RO]. Université de Lorraine (UL), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03893312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13499,151 +13531,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementary material to: “Using exoskeletons to assist medical staff during prone positioning of mechanically ventilated COVID-19 patients: a pilot study”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waldez Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Theurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liên Wioland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Université de Lorraine (Nancy); Inria Nancy Grand-Est. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03120720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13653,125 +13685,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 35: Free Simulation Software and Library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barkan Ugurlu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanoid Robotics: A Reference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, 2018, 978-94-007-6045-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01614032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId337"/>
+      <w:footerReference w:type="default" r:id="rId339"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13918,51 +13950,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03983079v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Fleytoux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Mouret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868440v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemente Donoso Krauss" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionis Totsila" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouxel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588276v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Mingo Hoffman" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Paolillo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mouret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04313912v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mehdi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166800v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Penco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589692v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vianello" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waldez Gomes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maurice" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aubry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573469v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Babi&#269;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890322v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Peternel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05123517v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemente Donoso" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072198v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Uttini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kanoulas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05229492v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bucchieri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05184804v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Oliveira Souza" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Charpillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423692v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3205/25premus153" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05080807v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072261v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Tsikelis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Tsiatsianas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chairi Kiourt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chatzilygeroudis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids65713.2025.11203211" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04650144v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ferrari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989704v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Bernardi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087475v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Grenier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO56563.2023.10187548" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996168v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Ghini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO56563.2023.10187476" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265528v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids57100.2023.10375166" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03466780v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anji Ma" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585262v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Truc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phani-Teja Singamaneni" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sidobre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA46639.2022.9811803" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726138v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michenaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lartot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.00500" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740361v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn D'Elia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kober" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727531v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945755v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kourosh Darvish" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Pucci" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids53995.2022.10000122" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717991v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722103v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARM54641.2022.9959293" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115202v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Dalin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261878v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03245005v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bergonzani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Anne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285178v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Settembre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Theurel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Wioland" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137133v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Theurel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#234;n Wioland" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-80744-3_12" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115203v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451961v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Dalin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348588v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jernej Camernik" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dasa Gorjan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schirrmeister" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bornmann" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808832v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malais&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790597v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Cl&#233;ment" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengxu Zhou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos G Tsagarakis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895146v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charbonneau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Modugno" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Nori" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Oriolo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348525v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Fritzsche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freek Stulp" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826487v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Allienne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701996v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895148v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Dermy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaveroche" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348724v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590678v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuya Otani" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouyarmane" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644585v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569948v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Spitz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539731v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Damsgaard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613646v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Nava" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377708v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nertomb" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273409v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Neumann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmar Rueckert" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Peters" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377690v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Chervet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01353809v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Marichal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01189065v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Rahbar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Anzalone" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Varni" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01131611v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Calandra" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peter Deisenroth" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01131610v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Traversaro" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea del Prete" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01205501v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065741v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Droniou" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sigaud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053094v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Padois" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Babic" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mistry" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839519v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Lyubova" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Filliat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919674v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sao Mai Nguyen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Lyubova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gerardeaux-Viret" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DevLrn.2013.6652525" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919649v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2013.6739655" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922135v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennaro Raiola" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hoarau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02423157v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34274-5_16" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719964v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755297v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien G&#233;rardeaux-Viret" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HUMANOIDS.2012.6651528" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719977v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00745471v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719975v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stalph" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Butz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00624056v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sicard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sala&#252;n" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids.2011.6100818" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313286v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Suarez" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kartmann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leidner" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Rossini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Huber" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2024.3501954" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448964v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Billard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Albu-Schaeffer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamim Asfour" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2025.3619329" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438210v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Hauser" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Nell Watson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonbum Bae" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Bankston" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Behnke" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-023-01095-w" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053178v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-023-02104-5" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931966v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Ramos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cisneros" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Pratt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2301.04317" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805348v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cuny-Enault" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2022.2129097" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740371v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Anne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3188884" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281827v3" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3125058" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684130v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22113981" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428469v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Latella" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshasvi Tirupachuri" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Tagliapietra" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Rapetti" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2021.3128892" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413650v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Maria Anzalone" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43154-021-00068-z" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243419v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel E Galibarov" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#228;rtner" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/wtc.2021.5" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413654v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Selvaggio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cognetti" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Nikolaidis" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siciliano" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3100603" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115242v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3086666" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944154v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicla Settembre" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paysant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claudon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.05.004" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02456663v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.2972847" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301922v2" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSRE.2019.2945368" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985013v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2894389" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859614v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859728v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pateraki" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01322231v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lefort" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Provasi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-016-0357-8" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613671v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Paraschos" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ewerton" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2017.00045" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620789v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Romano" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Azad" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Dafarra" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2017.2768126" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492787v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-017-0399-6" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643655v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Ajoudani" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Maria Zanchettin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Albu-Sch&#228;ffer" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Kosuge" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-017-9677-2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258282v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Murphy" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-016-9545-5" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01298502v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Gaudiello" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lefort" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2016.03.057" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399360v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2016.08.017" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01083521v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2014.11.005" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01158293v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boucenna" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-015-0298-7" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166110v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-015-9445-0" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02423102v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woody Rousseau" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbot.2014.00005" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919694v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAMD.2013.2280614" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420488v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04557956v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04911866v2" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364494v2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943360v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255102v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn d'Elia" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03893312v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120720v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614032v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barkan Ugurlu" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3776734.3794463" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05123517v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionis Totsila" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemente Donoso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Mingo Hoffman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mouret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072198v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Li" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Uttini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kanoulas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05229492v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bucchieri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maurice" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05184804v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Oliveira Souza" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Charpillet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423692v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3205/25premus153" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05080807v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouxel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Chen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072261v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Tsikelis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Tsiatsianas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chairi Kiourt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chatzilygeroudis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids65713.2025.11203211" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04650144v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ferrari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989704v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Bernardi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Fleytoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087475v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Grenier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO56563.2023.10187548" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996168v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Ghini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO56563.2023.10187476" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265528v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Penco" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids57100.2023.10375166" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03466780v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anji Ma" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585262v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Truc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phani-Teja Singamaneni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sidobre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA46639.2022.9811803" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726138v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michenaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lartot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.00500" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740361v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn D'Elia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kober" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727531v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945755v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kourosh Darvish" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Pucci" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids53995.2022.10000122" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722103v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mehdi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARM54641.2022.9959293" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717991v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115202v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vianello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Dalin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aubry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261878v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waldez Gomes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03245005v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bergonzani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Anne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285178v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Settembre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Theurel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Wioland" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137133v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Theurel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#234;n Wioland" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-80744-3_12" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115203v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451961v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Dalin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348588v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jernej Camernik" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dasa Gorjan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schirrmeister" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bornmann" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808832v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malais&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790597v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Cl&#233;ment" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengxu Zhou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos G Tsagarakis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895146v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charbonneau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Modugno" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Nori" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Oriolo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348525v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Fritzsche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Babi&#269;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freek Stulp" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826487v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Allienne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701996v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895148v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Dermy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaveroche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348724v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590678v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuya Otani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouyarmane" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644585v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569948v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Spitz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539731v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Damsgaard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613646v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Nava" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377708v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nertomb" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273409v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Neumann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmar Rueckert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Peters" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377690v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Chervet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01353809v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Marichal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01189065v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Rahbar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Anzalone" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Varni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01131611v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Calandra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peter Deisenroth" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01131610v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Traversaro" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea del Prete" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01205501v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065741v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Droniou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sigaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053094v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Padois" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Babic" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mistry" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839519v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Lyubova" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Filliat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919674v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sao Mai Nguyen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Lyubova" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gerardeaux-Viret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DevLrn.2013.6652525" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919649v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2013.6739655" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922135v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennaro Raiola" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hoarau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02423157v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34274-5_16" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719964v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755297v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien G&#233;rardeaux-Viret" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HUMANOIDS.2012.6651528" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719977v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00745471v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719975v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stalph" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Butz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00624056v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sicard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sala&#252;n" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids.2011.6100818" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868440v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemente Donoso Krauss" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2412.17861" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313286v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Suarez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kartmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leidner" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Rossini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Huber" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2024.3501954" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448964v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Billard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Albu-Schaeffer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamim Asfour" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2025.3619329" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438210v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Hauser" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Nell Watson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonbum Bae" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Bankston" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Behnke" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-023-01095-w" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053178v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Peternel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-023-02104-5" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931966v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Ramos" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cisneros" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Pratt" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2301.04317" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805348v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cuny-Enault" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2022.2129097" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740371v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Anne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3188884" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281827v3" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3125058" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684130v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22113981" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428469v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Latella" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshasvi Tirupachuri" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Tagliapietra" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Rapetti" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2021.3128892" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413650v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Maria Anzalone" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43154-021-00068-z" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243419v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel E Galibarov" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#228;rtner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/wtc.2021.5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413654v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Selvaggio" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cognetti" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Nikolaidis" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siciliano" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3100603" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115242v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3086666" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944154v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicla Settembre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paysant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claudon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.05.004" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02456663v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.2972847" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301922v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSRE.2019.2945368" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985013v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2894389" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859614v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859728v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pateraki" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01322231v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lefort" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Provasi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-016-0357-8" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613671v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Paraschos" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ewerton" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2017.00045" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620789v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Romano" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Azad" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Dafarra" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2017.2768126" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492787v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-017-0399-6" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643655v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Ajoudani" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Maria Zanchettin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Albu-Sch&#228;ffer" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Kosuge" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-017-9677-2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258282v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Murphy" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-016-9545-5" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01298502v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Gaudiello" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lefort" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2016.03.057" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399360v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2016.08.017" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01083521v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2014.11.005" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01158293v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boucenna" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-015-0298-7" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166110v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-015-9445-0" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02423102v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woody Rousseau" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbot.2014.00005" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919694v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAMD.2013.2280614" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03983079v3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Mouret" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588276v3" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Paolillo" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04313912v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166800v2" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589692v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573469v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890322v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283057v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420488v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04557956v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04911866v2" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364494v2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943360v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255102v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn d'Elia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03893312v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120720v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614032v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barkan Ugurlu" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>