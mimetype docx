--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -3293,217 +3293,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00907869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Social Semantic Web Access Control Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Natural Language Bipolar Argumentation Approach to Support Users in Online Debate Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal on Data Semantics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 2 (1), pp.21-36</w:t>
+              <w:t xml:space="preserve">Argument and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4 (3), pp.209-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907866v1</w:t>
+                <w:t xml:space="preserve">hal-00907910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Natural Language Bipolar Argumentation Approach to Support Users in Online Debate Interactions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Social Semantic Web Access Control Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Costabello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delaforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Argument and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 4 (3), pp.209-230</w:t>
+              <w:t xml:space="preserve">Journal on Data Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.21-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907910v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A socio-cognitive model of trust using argumentation theory</w:t>
               </w:r>
@@ -3956,261 +3956,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05325837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Merging Embedded Topics with Optimal Transport for Online Topic Modeling on Data Streams</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DISPUTool 3.0: Fallacy Detection and Repairing in Argumentative Political Debates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Navet</w:t>
+                <w:t xml:space="preserve">Pierpaolo Goffredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Bouveyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML PKDD 2025 - Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-06109-6_17⟩</w:t>
+              <w:t xml:space="preserve">63rd Annual Meeting of the Association for Computational Linguistics (ACL 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Vienne, Austria. pp.472-480, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2025.acl-demo.45⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468591v1</w:t>
+                <w:t xml:space="preserve">hal-05210504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DISPUTool 3.0: Fallacy Detection and Repairing in Argumentative Political Debates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierpaolo Goffredo</w:t>
+                <w:t xml:space="preserve">Merging Embedded Topics with Optimal Transport for Online Topic Modeling on Data Streams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Granese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Dore</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elena Cabrio</w:t>
+                <w:t xml:space="preserve">Benjamin Navet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bouveyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63rd Annual Meeting of the Association for Computational Linguistics (ACL 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Vienne, Austria. pp.472-480, </w:t>
+              <w:t xml:space="preserve">ECML PKDD 2025 - Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Porto, Portugal. pp.290-307, </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18653/v1/2025.acl-demo.45⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-06109-6_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05210504v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Hidden to Harmful: Connecting Implicit and Explicit Hate Through Implied Statements</w:t>
               </w:r>
@@ -4514,260 +4514,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of Counter-Speech against Abusive Content: A Multidimensional Annotation and Classification Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Greta Damo</w:t>
+                <w:t xml:space="preserve">Leveraging Argumentation Schemes in Justification Generation for Automated Fact-checking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoou Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WI-IAT 2025 - 24th IEEE/WIC International Conference on Web Intelligence and Intelligent Agent Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">The 24th IEEE/WIC International Conference on Web Intelligence and Intelligent Agent Technology (WI-IAT 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353882v1</w:t>
+                <w:t xml:space="preserve">hal-05370762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging Argumentation Schemes in Justification Generation for Automated Fact-checking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoou Wang</w:t>
+                <w:t xml:space="preserve">Effectiveness of Counter-Speech against Abusive Content: A Multidimensional Annotation and Classification Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Damo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 24th IEEE/WIC International Conference on Web Intelligence and Intelligent Agent Technology (WI-IAT 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">WI-IAT 2025 - 24th IEEE/WIC International Conference on Web Intelligence and Intelligent Agent Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370762v1</w:t>
+                <w:t xml:space="preserve">hal-05353882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repairing Fallacious Argumentation in Political Debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Goffredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Dore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4818,51 +4818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging Graph Structural Knowledge to Improve Argument Relation Prediction in Political Debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Dore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Faralli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5759,247 +5759,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argument Quality Assessment in the Age of Instruction-Following Large Language Models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriella Lapesa</w:t>
+                <w:t xml:space="preserve">Argument-structured Justification Generation for Explainable Fact-checking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoou Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC/COLING 2024 - Joint International Conference on Computational Linguistics, Language Resources and Evaluation, LREC/COLING 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Torino, Italy</w:t>
+              <w:t xml:space="preserve">WI-IAT 2024 - 23rd IEEE/WIC International Conference on Web Intelligence and Intelligent Agent Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787971v1</w:t>
+                <w:t xml:space="preserve">hal-04862965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argument-structured Justification Generation for Explainable Fact-checking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoou Wang</w:t>
+                <w:t xml:space="preserve">Argument Quality Assessment in the Age of Instruction-Following Large Language Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henning Wachsmuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Lapesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joonsuk Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WI-IAT 2024 - 23rd IEEE/WIC International Conference on Web Intelligence and Intelligent Agent Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">LREC/COLING 2024 - Joint International Conference on Computational Linguistics, Language Resources and Evaluation, LREC/COLING 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862965v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling the Hate: Generating Faithful and Plausible Explanations for Implicit and Subtle Hate Speech Detection</w:t>
               </w:r>
@@ -6322,51 +6322,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Argument-based Detection and Classification of Fallacies in Political Debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Goffredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6881,51 +6881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISPUTool 2.0: A Modular Architecture for Multi-Layer Argumentative Analysis of Political Debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Goffredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7655,51 +7655,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fallacious Argument Classification in Political Debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Goffredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shohreh Haddadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9970,234 +9970,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02275997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretability of Gradual Semantics in Abstract Argumentation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Graph Data on the Web: extend the pivot, don't reinvent the wheel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Corby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Buffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tettamanzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECSQARU 2019 - 15th European Conference on Symbolic and Quantitative Approaches to Reasoning with Uncertainty</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">W3C Workshop on Web Standardization for Graph Data - Creating Bridges: RDF, Property Graph and SQL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, W3C, Mar 2019, Berlin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277678v1</w:t>
+                <w:t xml:space="preserve">hal-02058664v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph Data on the Web: extend the pivot, don't reinvent the wheel</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interpretability of Gradual Semantics in Abstract Argumentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">W3C Workshop on Web Standardization for Graph Data - Creating Bridges: RDF, Property Graph and SQL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, W3C, Mar 2019, Berlin, France</w:t>
+              <w:t xml:space="preserve">ECSQARU 2019 - 15th European Conference on Symbolic and Quantitative Approaches to Reasoning with Uncertainty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02058664v2</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-Platform Evaluation for Italian Hate Speech Detection</w:t>
               </w:r>
@@ -12382,51 +12382,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Spatio-Temporal Agent-Based Recommender System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Ben Othmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tettamanzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12942,338 +12942,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01572442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abstract Dialectical Frameworks for Text Exploration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Argument Mining on Italian News Blogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierpaolo Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 8th International Conference on Agents and Artificial Intelligence (ICAART-2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Third Italian Conference on Computational Linguistics (CLiC-it 2016) &amp; Fifth Evaluation Campaign of Natural Language Processing and Speech Tools for Italian. Final Workshop (EVALITA 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01333347v1</w:t>
+                <w:t xml:space="preserve">hal-01414698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argument Mining on Italian News Blogs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Pragma-Semantic Analysis of the Emotion/Sentiment Relation in Debates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Frasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third Italian Conference on Computational Linguistics (CLiC-it 2016) &amp; Fifth Evaluation Campaign of Natural Language Processing and Speech Tools for Italian. Final Workshop (EVALITA 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Naples, Italy</w:t>
+              <w:t xml:space="preserve">4th International Workshop on Artificial Intelligence and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01414698v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pragma-Semantic Analysis of the Emotion/Sentiment Relation in Debates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abstract Dialectical Frameworks for Text Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on Artificial Intelligence and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, New York, United States</w:t>
+              <w:t xml:space="preserve">Proceedings of the 8th International Conference on Agents and Artificial Intelligence (ICAART-2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01342438v1</w:t>
+                <w:t xml:space="preserve">hal-01333347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prioritized Norms and Defaults in Formal Argumentation</w:t>
               </w:r>
@@ -13938,51 +13938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea G. B. Tettamanzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Buffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhan Le Thanh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14356,680 +14356,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01332513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic Business Process Regulatory Compliance Checking Using LegalRuleML</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ho-Pun Lam</w:t>
+                <w:t xml:space="preserve">DART: a Dataset of Arguments and their Relations on Twitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Monica Palmirani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Knowledge Engineering and Knowledge Management (EKAW2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the 10th edition of the Language Resources and Evaluation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Portoroz, Slovenia. pp.1258-1263</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01572441v1</w:t>
+                <w:t xml:space="preserve">hal-01332336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DART: a Dataset of Arguments and their Relations on Twitter</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elena Cabrio</w:t>
+                <w:t xml:space="preserve">Semantic Business Process Regulatory Compliance Checking Using LegalRuleML</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Governatori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustafa Hashmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho-Pun Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Palmirani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 10th edition of the Language Resources and Evaluation Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th International Conference on Knowledge Engineering and Knowledge Management (EKAW2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Bologna, Italy. pp.746 - 761, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-49004-5_48⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01332336v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01572441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inconsistencies Detection in Bipolar Entailment Graphs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Information Extraction with Active Learning: A Case Study in Legal Text</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Cardellino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alonso Alemany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second Italian Conference on Computational Linguistics - CLiC-it 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CICLing 2015 - Proceedings of the 16th International Conference on Intelligence Text Processing and Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Il Cairo, Egypt. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-18117-2_36⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01236707v1</w:t>
+                <w:t xml:space="preserve">hal-01171856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information Extraction with Active Learning: A Case Study in Legal Text</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cristian Cardellino</w:t>
+                <w:t xml:space="preserve">Inconsistencies Detection in Bipolar Entailment Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CICLing 2015 - Proceedings of the 16th International Conference on Intelligence Text Processing and Computational Linguistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Second Italian Conference on Computational Linguistics - CLiC-it 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Trento, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-18117-2_36⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01171856v1</w:t>
+                <w:t xml:space="preserve">hal-01236707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements in Information Extraction in Legal Text by Active Learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Alonso Alemany</w:t>
+                <w:t xml:space="preserve">Semantic Linking to Enrich Small Artwork Collections: Experiences with Archivio di Nuova Scrittura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Tonelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elena Cabrio</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Missaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 28th Annual Conference on Legal Knowledge and Information Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Braga, Portugal. pp.21-30</w:t>
+              <w:t xml:space="preserve">Digital Humanities e beni culturali: quale relazione?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01236697v1</w:t>
+                <w:t xml:space="preserve">hal-01236719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic Linking to Enrich Small Artwork Collections: Experiences with Archivio di Nuova Scrittura</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improvements in Information Extraction in Legal Text by Active Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Cardellino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alonso Alemany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities e beni culturali: quale relazione?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Torino, Italy</w:t>
+              <w:t xml:space="preserve">Proceedings of the 28th Annual Conference on Legal Knowledge and Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Braga, Portugal. pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01236719v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Better Understanding of Critiques about Ancient Texts using Argumentation</w:t>
               </w:r>
@@ -15110,51 +15110,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the History of Pre-Modern Zoology with Linked Data and Vocabularies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molka Tounsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15959,247 +15959,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01095073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dataset of RDF licenses</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Challenges in Bridging Social Semantics and Formal Semantics on the Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Buffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Corby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legal Knowledge and Information Systems - JURIX 2014: The Twenty-Seventh Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Krakow, Poland. pp.4</w:t>
+              <w:t xml:space="preserve">5h International Conference, ICEIS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Angers, France. pp.3-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191459v1</w:t>
+                <w:t xml:space="preserve">hal-01059273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in Bridging Social Semantics and Formal Semantics on the Web</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A dataset of RDF licenses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Rodriguez-Doncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asuncion Gomez-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5h International Conference, ICEIS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Angers, France. pp.3-15</w:t>
+              <w:t xml:space="preserve">Legal Knowledge and Information Systems - JURIX 2014: The Twenty-Seventh Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Krakow, Poland. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01059273v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why did they post that argument? Communicative Intentions of Web 2.0 Arguments</w:t>
               </w:r>
@@ -16293,51 +16293,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Checking Licenses Compatibility between Vocabularies and Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Governatori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ho-Pun Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonino Rotolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16923,51 +16923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Social Semantic Web Access Control Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delaforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17211,567 +17211,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00915879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Support Framework for Argumentative Discussions Management in the Web</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elena Cabrio</w:t>
+                <w:t xml:space="preserve">One License to Compose Them All - A Deontic Logic Approach to Data Licensing on the Web of Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Governatori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonino Rotolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESWC 2013 - 10th International Conference on The Semantic Web: Semantics and Big Data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Montpellier, France. pp.412-426</w:t>
+              <w:t xml:space="preserve">ISWC 2013 - 12th International Semantic Web Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Sydney, Australia. pp.151-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907877v1</w:t>
+                <w:t xml:space="preserve">hal-00907883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One License to Compose Them All - A Deontic Logic Approach to Data Licensing on the Web of Data</w:t>
+                <w:t xml:space="preserve">Heuristics for Licenses Compostion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Governatori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho-Pun Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonino Rotolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISWC 2013 - 12th International Semantic Web Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Sydney, Australia. pp.151-166</w:t>
+              <w:t xml:space="preserve">JURIX 2013 - 26th International Conference on Legal Knowledge and Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907883v1</w:t>
+                <w:t xml:space="preserve">hal-00907885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristics for Licenses Compostion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antonino Rotolo</w:t>
+                <w:t xml:space="preserve">A Support Framework for Argumentative Discussions Management in the Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JURIX 2013 - 26th International Conference on Legal Knowledge and Information Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">ESWC 2013 - 10th International Conference on The Semantic Web: Semantics and Big Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montpellier, France. pp.412-426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907885v1</w:t>
+                <w:t xml:space="preserve">hal-00907877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assisted Policy Management for SPARQL Endpoints Access Control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">Access Control for HTTP Operations on Linked Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iacopo Vagliano</w:t>
+                <w:t xml:space="preserve">Oscar Rodriguez Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISWC - International Semantic Web Conference Posters &amp; Demonstrations Track - 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">ESWC - 10th Extended Semantic Web Conference - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907862v1</w:t>
+                <w:t xml:space="preserve">hal-00815067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Access Control for HTTP Operations on Linked Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">Assisted Policy Management for SPARQL Endpoints Access Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Rodriguez Rocha</w:t>
+                <w:t xml:space="preserve">Iacopo Vagliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESWC - 10th Extended Semantic Web Conference - 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ISWC - International Semantic Web Conference Posters &amp; Demonstrations Track - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00815067v1</w:t>
+                <w:t xml:space="preserve">hal-00907862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rewriting Rules for the Computation of Goal-Oriented Changes in an Argumentation System</w:t>
               </w:r>
@@ -17984,204 +17984,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00907911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-Aware Access Control for RDF Graph Stores</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luca Costabello</w:t>
+                <w:t xml:space="preserve">Natural Language Arguments: A Combined Approach.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAI - 20th European Conference on Artificial Intelligence - 2012</w:t>
+              <w:t xml:space="preserve">20th European Conference on Artificial Intelligence (ECAI 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724041v1</w:t>
+                <w:t xml:space="preserve">hal-00724780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural Language Arguments: A Combined Approach.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elena Cabrio</w:t>
+                <w:t xml:space="preserve">Context-Aware Access Control for RDF Graph Stores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th European Conference on Artificial Intelligence (ECAI 2012)</w:t>
+              <w:t xml:space="preserve">ECAI - 20th European Conference on Artificial Intelligence - 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724780v1</w:t>
+                <w:t xml:space="preserve">hal-00724041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating Abstract Arguments: a Natural Language Approach</w:t>
               </w:r>
@@ -18249,77 +18249,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linked Data Access Goes Mobile: Context-Aware Authorization for Graph Stores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delaforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18357,77 +18357,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SHI3LD: an Access Control Framework for the Mobile Web of Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delaforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19074,51 +19074,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Access Control Model for Linked Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delaforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19949,51 +19949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Governatori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ho-Pun Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISWC 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Riva del Garda, Italy. , 1272, 2014, Proceedings of the ISWC 2014 Posters &amp; Demonstrations Track a track within the 13th International Semantic Web Conference (ISWC 2014)</w:t>
@@ -20035,51 +20035,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIVE: a Tool for Checking Licenses Compatibility between Vocabularies and Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Governatori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ho-Pun Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonino Rotolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20229,77 +20229,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ubiquitous Access Control for SPARQL Endpoints: Lessons Learned and Future Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delaforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20479,51 +20479,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AI Approaches to the Complexity of Legal Systems - AICOL International Workshops 2015-2017: AICOL-VI@JURIX 2015, AICOL-VII@EKAW 2016, AICOL-VIII@JURIX 2016, AICOL-IX@ICAIL 2017, and AICOL-X@JURIX 2017, Revised Selected Papers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Pagallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Palmirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompeu Casanovas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21530,51 +21530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhan Le Thanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Buffa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Jaap van den Herik; Joaquim Filipe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agents and Artificial Intelligence. ICAART 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10162, Springer, pp.96 - 113, 2017, Lecture Notes in Computer Science, </w:t>
@@ -21625,90 +21625,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Semantic Network-Based Access Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Costabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Buffa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Security and Privacy Preserving in Social Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, 2013, Lecture Notes in Social Networks, </w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
@@ -22586,51 +22586,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Damo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Benjam&#237;n Ocampo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Cabrio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2025.102535" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435118v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Sviridova" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19462174251344764" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017906v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoou Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19462174251330980" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166938v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ollagnier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Basile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602527v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Molinet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Marro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-024-00306-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207496v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Favro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Zolynski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014977v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-023-01061-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873418v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Araszkiewicz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ashley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Bench-Capon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Karl Branting" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-022-09327-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264761v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Mayer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2021.102098" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404580v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Menin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Michel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gazzotti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/qss_a_00164" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065217v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Leone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Caro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-019-09252-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972184v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Corazza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Menini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tonelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377323" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381163v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingliang Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Torroni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0269888918000243" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381156v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Robaldo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wyner" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Grabmair" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-019-09251-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381116v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beishui Liao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Oren" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leendert van Der Torre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/logcom/exy009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876428v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2018-1639" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01721538v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Dragoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia da Costa Pereira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea G. B. Tettamanzi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AIC-180752" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876423v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kirrane" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D&#8217;aquin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SW-180289" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643468v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Thimm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2017.08.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643474v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Jraidi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahbi Benlamine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Chaouachi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AAC-170015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644234v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Palmero Aprosio" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SW-160245" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643470v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Atkinson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Baroni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Giacomin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Hunter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Prakken" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aimag.v38i3.2704" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01672344v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Malerba" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332194v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Cerutti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Strass" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Budzynska" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01075966v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Boella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2014.08.004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906518v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Paglieri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Castelfranchi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rino Falcone" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10588-013-9166-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907869v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Sauro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/logcom/exr030" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907866v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Costabello" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delaforge" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907910v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907864v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov M. Gabbay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076597v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Hulstjin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10472-012-9318-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076568v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325837v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Granese" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bouveyron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468591v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Navet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-06109-6_17" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210504v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Goffredo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Dore" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.acl-demo.45" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453245v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051047v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414836v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Elguendouze" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Anastasiou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hain" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna de Liddo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.emnlp-demos.61" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353882v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370762v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063601v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210499v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Faralli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.argmining-1.7" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834405v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Chaves" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707913" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449766v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Calvo Figueras" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Bengoetxea" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Heredia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.argmining-1.23" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370780v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2025/1274" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684950v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anar Yeginbergen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainara Estarrona" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.emnlp-main.1026" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673974v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Cardellino" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Alkibiades Collias" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Sun" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734455v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Bonaldi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2410.03466" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787971v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Wachsmuth" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Lapesa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauscher" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonsuk Park" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04862965v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658110v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603270v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Garc&#237;a-Ferrero" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Agerri" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitziber Atutxa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker de la Iglesia" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04625682v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35320-8_37" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260221v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.emnlp-main.684" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315527v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v37i13.27080" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002207v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011927000003393" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214125v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.findings-acl.173" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351644v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.findings-emnlp.441" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349796v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohreh Haddadan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jhonatan Torres Sanchez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v37i13.27069" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037120v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04371254v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214094v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.eacl-main.147" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934474v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765860v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blaya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03811323v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873412v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vorakit Vorakitphan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2022/575" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417019v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.aaccademia.10884" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934466v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591012v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Halliwell" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Lecue" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230741v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ah-Kane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bobasheva" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260713v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265876v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Romdhane" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265880v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03454320v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Claveau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cordier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina Frau-Meigs" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pierre-Maurice" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314797v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933266v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939363v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62466-8_19" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972203v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879293v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972180v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Cocarascu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Toni" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA200490" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03031812v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guerini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990781v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delobelle" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Delamaire" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Ruti" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02194887v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381105v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Governatori" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Rotolo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Riveret" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3322640.3326731" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020829v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinar Arslan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3297280.3297573" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275997v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277678v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02058664v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corby" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Buffa" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tettamanzi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381152v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02381055v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2019/944" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381078v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Frau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagro Teruel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonso Alemany" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381093v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960428v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876442v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926271v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Olivieri" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876489v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Frasson" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876462v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lippi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912157v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920266v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Sprugnoli" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906096v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876481v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Kaci" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-906-5-405" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876506v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Cardellino" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876495v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2018/766" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01721520v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ben Othmane" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhan Le Thanh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876584v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Ghali" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643769v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643653v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Dusmanu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541446v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531169v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834796v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626620v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572444v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/E17-2041" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572442v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01333347v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01414698v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Basile" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01342438v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332209v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353931v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876605v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bosc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572443v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Rizzi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377525v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_10" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01245146v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Ingalalli" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poncelet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5441/002/edbt.2016.24" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01239884v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377557v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_9" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400997v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI.2016.0104" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332513v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572441v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Hashmi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho-Pun Lam" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Palmirani" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-49004-5_48" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332336v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236707v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01171856v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18117-2_36" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236697v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236719v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Missaoui" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron Zucker" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01186387v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zucker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187466v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molka Tounsi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152360v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01152966v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076562v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076505v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mirbel" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076503v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076501v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076559v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07443-6_18" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095073v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01191459v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Rodriguez-Doncel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuncion Gomez-Perez" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059273v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076315v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Schneider" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabrio Elena" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076621v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auguste Atemezing" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907873v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907916v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907871v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Caire" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907879v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956607v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios Kontarinis" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Perotti" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bonzon" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maudet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170973v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Gyrard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13740-012-0014-9" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907882v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cojan" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00915879v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907877v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907883v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907885v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907862v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iacopo Vagliano" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00815067v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Rodriguez Rocha" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907875v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907911v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724041v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724780v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332505v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691256v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691277v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724775v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Colombo Tosatto" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01171125v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724767v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00768424v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Scharffe" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Troncy" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724782v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32897-8_9" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724776v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00695229v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25126-9_57" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328696v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea G.B. Tettamanzi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329993v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2011.185" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567307v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466433v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926289v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643665v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076616v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076612v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076619v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01171124v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691271v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379085v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Hara&#353;ta" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr K&#345;emen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA334" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926306v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Pagallo" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pompeu Casanovas" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sartor" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643705v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo An" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana L. C. Bazzan" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Leite" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-319-69131-2" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69131-2" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991997v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouveret" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitile Lourdeaux" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mathieu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ria.revuesonline.com/resnum.jsp?editionId=3255" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643744v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bex" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189782v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Sainte Marie" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Demazeau" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849387v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Mattei" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/mathematiques/informatique-mathematique-3/#:~:text=L'Informatique%20Math%C3%A9matique%20(IM),soient%20%C2%AB%20math%C3%A9ma%2D%20tisables%20%C2%BB." TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03918915v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Didier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Pour_une_%C3%A9thique_du_num%C3%A9rique" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04938581v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Vesic" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03431744v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531141v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53354-4_6" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187472v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-0894-9_6" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452643v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067403v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643737v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03432785v2" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comit&#233; National Pilote d'&#201;thique Du Num&#233;rique Collectif" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Grinbaum" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Devillers" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926294v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Dastani" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Dix" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harko Verhagen" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01973555v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Damo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Benjam&#237;n Ocampo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Cabrio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2025.102535" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435118v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Sviridova" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19462174251344764" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017906v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoou Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19462174251330980" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166938v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ollagnier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Basile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602527v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Molinet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Marro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-024-00306-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207496v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Favro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Zolynski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014977v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-023-01061-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873418v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Araszkiewicz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ashley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Bench-Capon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Karl Branting" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-022-09327-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264761v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Mayer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2021.102098" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404580v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Menin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Michel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gazzotti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/qss_a_00164" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065217v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Leone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Caro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-019-09252-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972184v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Corazza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Menini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tonelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377323" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381163v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingliang Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Torroni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0269888918000243" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381156v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Robaldo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wyner" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Grabmair" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-019-09251-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381116v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beishui Liao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Oren" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leendert van Der Torre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/logcom/exy009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876428v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2018-1639" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01721538v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Dragoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia da Costa Pereira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea G. B. Tettamanzi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AIC-180752" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876423v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kirrane" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D&#8217;aquin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SW-180289" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643468v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Thimm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2017.08.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643474v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Jraidi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahbi Benlamine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Chaouachi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AAC-170015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644234v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Palmero Aprosio" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SW-160245" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643470v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Atkinson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Baroni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Giacomin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Hunter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Prakken" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aimag.v38i3.2704" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01672344v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Malerba" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332194v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Cerutti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Strass" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Budzynska" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01075966v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Boella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2014.08.004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906518v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Paglieri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Castelfranchi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rino Falcone" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10588-013-9166-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907869v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Sauro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/logcom/exr030" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907910v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907866v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Costabello" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delaforge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907864v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov M. Gabbay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076597v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Hulstjin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10472-012-9318-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076568v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325837v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Granese" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bouveyron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210504v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Goffredo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Dore" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.acl-demo.45" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468591v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Navet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-06109-6_17" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453245v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051047v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414836v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Elguendouze" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Anastasiou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hain" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna de Liddo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.emnlp-demos.61" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370762v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353882v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063601v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210499v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Faralli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.argmining-1.7" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834405v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Chaves" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707913" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449766v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Calvo Figueras" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Bengoetxea" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Heredia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.argmining-1.23" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370780v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2025/1274" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684950v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anar Yeginbergen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainara Estarrona" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.emnlp-main.1026" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673974v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Cardellino" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Alkibiades Collias" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Sun" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734455v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Bonaldi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2410.03466" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04862965v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787971v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Wachsmuth" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Lapesa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauscher" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonsuk Park" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658110v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603270v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Garc&#237;a-Ferrero" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Agerri" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitziber Atutxa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker de la Iglesia" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04625682v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35320-8_37" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260221v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.emnlp-main.684" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315527v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v37i13.27080" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002207v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011927000003393" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214125v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.findings-acl.173" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351644v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.findings-emnlp.441" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349796v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohreh Haddadan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jhonatan Torres Sanchez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v37i13.27069" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037120v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04371254v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214094v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.eacl-main.147" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934474v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765860v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blaya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03811323v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873412v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vorakit Vorakitphan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2022/575" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417019v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.aaccademia.10884" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934466v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591012v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Halliwell" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Lecue" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230741v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ah-Kane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bobasheva" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260713v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265876v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Romdhane" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265880v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03454320v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Claveau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cordier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina Frau-Meigs" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pierre-Maurice" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314797v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933266v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939363v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62466-8_19" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972203v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879293v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972180v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Cocarascu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Toni" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA200490" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03031812v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guerini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990781v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delobelle" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Delamaire" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Ruti" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02194887v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381105v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Governatori" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Rotolo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Riveret" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3322640.3326731" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020829v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinar Arslan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3297280.3297573" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275997v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02058664v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corby" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Buffa" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tettamanzi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277678v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381152v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02381055v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2019/944" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381078v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Frau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagro Teruel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonso Alemany" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381093v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960428v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876442v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926271v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Olivieri" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876489v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Frasson" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876462v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lippi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912157v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920266v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Sprugnoli" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906096v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876481v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Kaci" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-906-5-405" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876506v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Cardellino" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876495v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2018/766" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01721520v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ben Othmane" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhan Le Thanh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876584v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Ghali" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643769v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643653v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Dusmanu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541446v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531169v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834796v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626620v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572444v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/E17-2041" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572442v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01414698v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Basile" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01342438v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01333347v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332209v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353931v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876605v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bosc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572443v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Rizzi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377525v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_10" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01245146v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Ingalalli" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poncelet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5441/002/edbt.2016.24" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01239884v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377557v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_9" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400997v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI.2016.0104" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332513v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332336v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572441v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Hashmi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho-Pun Lam" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Palmirani" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-49004-5_48" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01171856v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18117-2_36" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236707v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236719v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Missaoui" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron Zucker" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236697v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01186387v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zucker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187466v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molka Tounsi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152360v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01152966v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076562v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076505v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mirbel" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076503v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076501v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076559v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07443-6_18" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095073v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059273v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01191459v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Rodriguez-Doncel" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuncion Gomez-Perez" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076315v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Schneider" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabrio Elena" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076621v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auguste Atemezing" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907873v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907916v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907871v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Caire" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907879v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956607v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios Kontarinis" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Perotti" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bonzon" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maudet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170973v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Gyrard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13740-012-0014-9" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907882v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cojan" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00915879v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907883v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907885v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907877v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00815067v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Rodriguez Rocha" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907862v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iacopo Vagliano" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907875v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907911v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724780v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724041v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332505v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691256v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691277v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724775v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Colombo Tosatto" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01171125v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724767v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00768424v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Scharffe" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Troncy" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724782v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32897-8_9" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00724776v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00695229v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25126-9_57" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328696v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea G.B. Tettamanzi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329993v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2011.185" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567307v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466433v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926289v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643665v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076616v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076612v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076619v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01171124v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691271v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379085v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Hara&#353;ta" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr K&#345;emen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA334" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926306v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Pagallo" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pompeu Casanovas" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sartor" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643705v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo An" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana L. C. Bazzan" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Leite" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-319-69131-2" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69131-2" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991997v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouveret" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitile Lourdeaux" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mathieu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ria.revuesonline.com/resnum.jsp?editionId=3255" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643744v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bex" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189782v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Sainte Marie" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Demazeau" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849387v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Mattei" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/mathematiques/informatique-mathematique-3/#:~:text=L'Informatique%20Math%C3%A9matique%20(IM),soient%20%C2%AB%20math%C3%A9ma%2D%20tisables%20%C2%BB." TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03918915v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Didier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Pour_une_%C3%A9thique_du_num%C3%A9rique" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04938581v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Vesic" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03431744v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531141v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53354-4_6" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187472v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-0894-9_6" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452643v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067403v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643737v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03432785v2" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comit&#233; National Pilote d'&#201;thique Du Num&#233;rique Collectif" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Grinbaum" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Devillers" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926294v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Dastani" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Dix" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harko Verhagen" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01973555v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>