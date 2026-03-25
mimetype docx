--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,2738 +66,2613 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preferences and Covid-19 vaccination intentions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Langot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sicsic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theory and Decision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11238-025-10090-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cooperation and ethical choices: An experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Thao Noet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economics Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels facteurs expliquent la faible coopération en horticulture ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Thao Noet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 74 (5), pp.861-888</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preferences for COVID-19 epidemic control measures among French adults: a discrete choice experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sicsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Chyderiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Langot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith E. Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Health Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.81-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10198-022-01454-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03953980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of a COVID-19 certificate requirement on vaccine uptake pattern and intention for future vaccination. A cross-sectional study among French adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Araujo-Chaveron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sicsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Moffroid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Díaz Luévano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (37), pp.5412-5423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2023.07.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confiance, vaccination et télétravail pendant la crise de la Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Chyderiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Langot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith E. Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sicsic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française d'Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37 (1), pp.45-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfe.221.0045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04075269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Management of common pool resources in a nation-wide experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christian Tisserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Hopfensitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youenn Loheac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Mantilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 201, pp.107566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2022.107566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en place d'une expérience avec le grand public : entre recherche, vulgarisation et pédagogie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youenn Loheac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayyan Alia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ali Bchir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 68 (5), pp.941-953. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.pr3.0089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01321452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Croatie dans l’Union Européenne : une insertion différenciée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Baulant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Compaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mondes en Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4 (164), pp.139-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/med.164.0139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Should Sustainable Development Rely on Financial Incentives? Lessons from the CTE Experiment in the Loire Valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Joffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Planchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Business Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (10), pp.56 - 64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5539/ibr.v5n10p56⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Anomalies et paradoxes des choix alimentaires : et si les carottes n'étaient pas orange ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahsa Javaheri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can non-expected utility theories explain the paradox of not voting?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lévy-Garboua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economics Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 31 (4), pp.3158 - 3168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rationality and drug use : an experimental approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youenn Lohéac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rinaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Health Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (3), pp.643-658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhealeco.2006.11.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premier tour de l'élection présidentielle française et théorie des jeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05509069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 5-day field experiment on cooperation in the horticultural supply chain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Cooperation and ethical choices through an experimental approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Thao Noet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04004727v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04075048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperation and ethical choices through an experimental approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A 5-day field experiment on cooperation in the horticultural supply chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Thao Noet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04075048v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04004727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels facteurs expliquent la faible coopération en horticulture ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Thao Noet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03754777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A vicious circle between lack of confidence in crisis management, vaccine refusal and failure to control the epidemic?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Preferences and Covid-19 Vaccination Intentions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Langot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith E. Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Sicsic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03137259v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preferences and Covid-19 Vaccination Intentions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A vicious circle between lack of confidence in crisis management, vaccine refusal and failure to control the epidemic?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith E. Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Chyderiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sicsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Langot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381425v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préférences et décisions face à la COVID-19 en France : télétravail, vaccination et confiance dans la gestion de la crise par les autorités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Chyderiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Langot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Langot</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Judith E. Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Sicsic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03117874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 mortality and health expenditures across European countries: The positive correlation puzzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Vranceanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03243428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 mortality and health expenditures across European countries: the positive correlation puzzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Vranceanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02920258v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nudges, bonheur, politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baulant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Laviron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation des filières bananes ivoiriennes : Une étude de terrain expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouakou Rodrigue P. Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Koffi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03363757v1</w:t>
-              </w:r>
-[...1612 lines deleted...]
-                <w:t xml:space="preserve">hal-02665049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do we need incentives for a field experiment with professionals?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Thao Noet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Claude Montmarquette</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Montréal (CAN), France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2807,301 +2682,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Bonheur et droits sociaux »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctrines et réalité(s) du bonheur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare &amp; Martin, pp. 239-256., 2019, 978-2-84934-337-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03240583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion des risques : une pratique comportementale inversée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le risque - Journées de la Maison des sciences de l'homme Ange-Guépin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.159 - 170, 2013, Logiques sociales, 978-2-343-00945-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03107046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux enjeux du végétal dans la mondialisation : un nouvel équilibre à trouver entre la standardisation et la différenciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baulant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lambert-Wiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La protection juridique du végétal et ses enjeux économiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Economica, pp.93 -108, 2012, 978-2-7178-6478-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03363549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3111,231 +2986,231 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doctrines et réalité(s) du bonheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mare &amp; Martin, coll. Droit et science politique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.285, 2019, 978-2-84934-337-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité des produits végétaux frais de l'horticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mainié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Jouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mainié</w:t>
+                <w:t xml:space="preserve">Bernard Lassaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.A. Jouvet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plottu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">22 p., 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02839096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3345,1013 +3220,1013 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychologie du risque pays</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Les nouveaux indicateurs de richesse (table ronde)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baulant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Senik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée internationale du risque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Niort, France</w:t>
+              <w:t xml:space="preserve">Colloque Bon Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865058v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouveaux indicateurs de richesse (table ronde)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Psychologie du risque pays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baulant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Senik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Bon Droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Angers, France</w:t>
+              <w:t xml:space="preserve">Journée internationale du risque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Niort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865049v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk management and the reference point: an example with country risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baulant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference of the Eastern Economic Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocity and Communication in a Common Pool Resource Game</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La gestion des risques et analyse comportementale d’une pratique inversée : une exemple avec le risque pays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Baulant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandro Stoffel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMEBE (International meeting in experimental and behavioural economics)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Castellon, Spain</w:t>
+              <w:t xml:space="preserve">JMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03084960v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion des risques et analyse comportementale d’une pratique inversée : une exemple avec le risque pays</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reciprocity and Communication in a Common Pool Resource Game</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Stoffel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Brest, France</w:t>
+              <w:t xml:space="preserve">IMEBE (International meeting in experimental and behavioural economics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Castellon, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363735v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion des risques : analyse comportementale d’une pratique inversée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème JMA (Journées de Microéconomie Appliquée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03084957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple test of the sustainable development hypothesis</w:t>
+                <w:t xml:space="preserve">La gestion des risques : analyse comportementale d’une pratique inversée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57ème Congrès de l’AIELF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Rajika, Croatia</w:t>
+              <w:t xml:space="preserve">Journées Guépin “Le risque”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03084972v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocity and Communication in a Common Pool Resource Game</w:t>
+                <w:t xml:space="preserve">A simple test of the sustainable development hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandro Stoffel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28ème JMA (Journées de Microéconomie Appliquée)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Sousse, Tunisia</w:t>
+              <w:t xml:space="preserve">57ème Congrès de l’AIELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Rajika, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03084973v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion des risques : analyse comportementale d’une pratique inversée</w:t>
+                <w:t xml:space="preserve">Reciprocity and Communication in a Common Pool Resource Game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Stoffel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Guépin “Le risque”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Nantes, France</w:t>
+              <w:t xml:space="preserve">28ème JMA (Journées de Microéconomie Appliquée)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03084956v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple test of the sustainable development</w:t>
+                <w:t xml:space="preserve">Preference Reversal Phenomenon with A Single Lottery: A Paradox to Regret Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lévy-Garboua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27ème JMA (Journées de Microéconomie Appliquée)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Angers, France</w:t>
+              <w:t xml:space="preserve">Congrès joint IAREP-SABE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03084932v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preference Reversal Phenomenon with A Single Lottery: A Paradox to Regret Theory</w:t>
+                <w:t xml:space="preserve">A simple test of the sustainable development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louis Lévy-Garboua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès joint IAREP-SABE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">27ème JMA (Journées de Microéconomie Appliquée)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03084943v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03084932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Normative Rationality to Cognitive Consistency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Lévy-Garboua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03774097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId104"/>
+      <w:footerReference w:type="default" r:id="rId102"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4498,51 +4373,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509069v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Blondel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04004727v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thao Noet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lefebvre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04075048v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03754777v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03137259v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith E. Mueller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chyderiotis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sicsic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Langot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381425v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117874v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243428v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Vranceanu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://essec.hal.science/hal-02920258v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538925v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baulant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Laviron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363757v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Rodrigue P. Brin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Koffi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501457v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Mueller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-025-10090-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388486v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03953980v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-022-01454-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04174220v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Araujo-Chaveron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Moffroid" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina D&#237;az Lu&#233;vano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2023.07.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388444v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325585v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christian Tisserand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Hopfensitz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Loheac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Mantilla" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04075269v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.221.0045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03762599v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Mantilla" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2022.107566" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01321452v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayyan Alia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Bchir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr3.0089" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363756v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Compaire" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.164.0139" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016601v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joffre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Planchais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Simon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ibr.v5n10p56" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02864165v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Daniel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsa Javaheri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476363v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L&#233;vy-Garboua" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665049v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Loh&#233;ac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rinaudo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhealeco.2006.11.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRPZ6NVS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04075049v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03240583v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Roman" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Lemaire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107046v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambert-Wiber" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mar&#233;chal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562985v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/doctrine-et-realite-s-du-bonheur" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839096v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maini&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Jouvet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lassaut" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plottu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02865058v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02865049v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Senik" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03108658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084960v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Stoffel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084957v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084972v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084973v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084956v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084932v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084943v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03774097v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501457v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Blondel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Langot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Mueller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sicsic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-025-10090-8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388486v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thao Noet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388444v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03953980v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chyderiotis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith E. Mueller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-022-01454-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04174220v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Araujo-Chaveron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Moffroid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina D&#237;az Lu&#233;vano" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2023.07.002" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04075269v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.221.0045" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03762599v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christian Tisserand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Hopfensitz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Loheac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Mantilla" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2022.107566" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01321452v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayyan Alia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Bchir" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr3.0089" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363756v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baulant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Compaire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.164.0139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016601v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joffre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Planchais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Simon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ibr.v5n10p56" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02864165v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Daniel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsa Javaheri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476363v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L&#233;vy-Garboua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665049v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Loh&#233;ac" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rinaudo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhealeco.2006.11.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRPZ6NVS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509069v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04075048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04004727v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lefebvre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03754777v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381425v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03137259v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243428v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Vranceanu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://essec.hal.science/hal-02920258v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538925v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Laviron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363757v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Rodrigue P. Brin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Koffi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04075049v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03240583v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Roman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Lemaire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107046v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363549v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambert-Wiber" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mar&#233;chal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562985v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/doctrine-et-realite-s-du-bonheur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839096v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maini&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Jouvet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lassaut" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plottu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02865049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Senik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02865058v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03108658v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363735v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084960v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Stoffel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084957v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084956v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084972v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084973v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084932v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03774097v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>