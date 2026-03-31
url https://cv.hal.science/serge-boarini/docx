--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -1,67 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Serge Boarini </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -101,1267 +92,1267 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi des « races » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d'éthique appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, N° 12 (1), pp.142-154. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfeap.012.0142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’odeur du mourant. « Se sentir mourir » : La mort d’Ivan Ilitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d'éthique appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 10 (2), pp.150-159. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfeap.010.0150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droits de l'homme et anthropogenèse du trans/posthumain. La « forme humaine » et les droits de l'homme : quels droits pour le trans/posthumain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialogue: Canadian Philosophical Review / Revue canadienne de philosophie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 60 (1), pp.65-92. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0012217321000123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotecnología: Nuevos paradigmas y ruptura de pactos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Alexandra Alonzo Matamoros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Alexandra Alonzo Matamoros</w:t>
+                <w:t xml:space="preserve">Keyla Marcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de Ciencias Forenses de Honduras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5 (2), pp.36-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5377/rcfh.v5i2.8911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inoculation de la petite vérole à Lyon : de la condamnation à l’acceptation (1779-1811)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Histoire des Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Tome 71 (1), pp.25-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rhs.711.0025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les discours casuistiques. L’argumentation casuistique dans la théologie morale catholique. Application au jeûne eucharistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Méthodologie Juridique [Numéros spéciaux de la RRJ - Revue de la Recherche Juridique - Droit prospectif]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 32 (5), pp.1943-1968</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La construction sociale du risque : l’enfouissement des résidus solides issus des fabriques (1810-1917) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, N° 133 (3), pp.41-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/geco1.133.0041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transhumance de la casuistique. Des théologiens moralistes aux comités d'éthique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droits : Revue française de théorie juridique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, n° 59 (1), pp.183-200. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/droit.059.0183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turgot, Condorcet. Les Lumières face au progrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, n° 43 (1), pp.523-540. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dhs.043.0523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016136v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage des plaisirs ; usages de soi. Une genèse de la criminalisation des conduites addictives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éthique &amp; Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 8, pp.92 - 100. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.etiqe.2010.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le casuiste en son cabinet. Casuistique et curiosité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de théologie et de philosophie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 143 (3), pp.245-256</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les nouveaux mondes de la casuistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'éthique et de théologie morale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, n°257 (4), pp.55-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/retm.257.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche du bonheur et conduites addictives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité et dossier en santé publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 60, pp.75-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines de la « nouvelle casuistique ». Le « vieux moraliste » et le « cas »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire et de philosophie religieuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 83 (3), pp.289-300. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/rhpr.2003.1033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux procédures de résolution des situations morales difficiles. Aux origines des conférences de consensus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire et de philosophie religieuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 81 (2), pp.171-187. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/rhpr.2001.5656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La casuistique d'Albert Jonsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de philosophie du droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 44 (427-434)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1371,457 +1362,457 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progrès. Parcours, Analyses, Plaidoyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L'Harmattan, A paraître</w:t>
+              <w:t xml:space="preserve">L'Harmattan, 2026, 978-2-336-59091-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loyasse 1872, crise au Père-Lachaise lyonnais : un casuiste au cimetière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2025, 978-2-336-49201-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans les marges. Trente ans du fonds Michel Chomarat à la bibliothèque de Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Idier</w:t>
+                <w:t xml:space="preserve">Antonin Crenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Crenn</w:t>
+                <w:t xml:space="preserve">Régis Le Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Le Mer</w:t>
+                <w:t xml:space="preserve">Jacqueline Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antoine Idier. Mémoire active, 2022, 979-10-96156-09-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03872854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce qu’un cas moral ? « Chemins philosophiques », Paris, Vrin, 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vrin, 2013, 978-2-7116-2504-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La casuistique classique : genèse, formes, devenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Publications de l'Université de Saint-Étienne. 2009, 978-2-86272-523-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction à la casuistique : casuistique et bioéthique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2007, 978-2-296-03356-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1831,262 +1822,262 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La rupture du jeûne eucharistique comme expérience de la limite. Une étude casuistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tempérance, abstinence et religion: de la Bible à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 37, Revue du Nord, 2019, 979-10-93095-15-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faut-il baptiser les monstres ? Processus d’une consultation casuistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peter Lang. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monstres et christianisme - monstres du christianisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 978-3-631-76920-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collection, comparaison, concertation. Le traitement du cas, de la casuistique moderne aux conférences de consensus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Boarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser par cas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de l’École des hautes études en sciences sociales, pp.129-157, 2005, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionsehess.19966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2096,152 +2087,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À quoi sert la casuistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Toulmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Toulmin</w:t>
+                <w:t xml:space="preserve">Albert Jonsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Boarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Jonsen</w:t>
+                <w:t xml:space="preserve">Jacques Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Revel</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Manuel Benguigui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Benguigui</w:t>
-[...14 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionsehess.19936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2251,775 +2242,775 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des risques sanitaires pour les travailleurs des plateformes numériques de livraison de repas en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Nicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Nicot</w:t>
+                <w:t xml:space="preserve">Vincent Angel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Angel</w:t>
+                <w:t xml:space="preserve">Isabella Biletta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Boarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabella Biletta</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Daugareihl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2021-SA-0045, Anses. 2025, 245 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-05049790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l’Anses relatif à « la prise en compte, dans le cadre normatif, des effets des LED contenues dans les jouets sur la santé des enfants »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Viénot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Viénot</w:t>
+                <w:t xml:space="preserve">Francine Behar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francine Behar</w:t>
+                <w:t xml:space="preserve">Olivier Enouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Enouf</w:t>
+                <w:t xml:space="preserve">Christophe Martinsons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Martinsons</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alicia Torriglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0193, Anses. 2024, 33 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04721790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif aux lignes directrices visant à limiter l’exposition des personnes aux champs électromagnétiques (100 kHz – 300 GHz)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pereira de Vasconcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Pereira de Vasconcelos</w:t>
+                <w:t xml:space="preserve">Valentina Andreeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Boarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Andreeva</w:t>
+                <w:t xml:space="preserve">Anne Bourdieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Bourdieu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Burkhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2021-SA-0192, Anses. 2023, 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04241299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expositions aux champs électromagnétiques liées au déploiement de la technologie de communication « 5G » et effets sanitaires éventuels associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Torriglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Degauque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Degauque</w:t>
+                <w:t xml:space="preserve">Laura Draetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Draetta</w:t>
+                <w:t xml:space="preserve">Jean-François Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Doré</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Irina Guseva Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2019-SA-0006, Anses. 2022, 262 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03792878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risques associés aux épilateurs à lumière intense pulsée (IPL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Devaux</w:t>
+                <w:t xml:space="preserve">Philippe Chaumet-Riffaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Enouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Chaumet-Riffaud</w:t>
+                <w:t xml:space="preserve">Pascal Febvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Febvre</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Pecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2019-SA-0124, Anses. 2021, 159 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03792946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imputabilité à la présence d’un champ d’éoliennes de troubles rapportés dans deux élevages bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Millemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Millemann</w:t>
+                <w:t xml:space="preserve">Cyrille Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Balland</w:t>
+                <w:t xml:space="preserve">Fabrice Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Giraudet</w:t>
+                <w:t xml:space="preserve">Lionel Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Grisot</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-François Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2019-SA-0096, Anses. 2021, 219 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03792942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId91"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3166,51 +3157,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015720v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Boarini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfeap.012.0142" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015755v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfeap.010.0150" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015730v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0012217321000123" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016125v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Alexandra Alonzo Matamoros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyla Marcia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5377/rcfh.v5i2.8911" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015786v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhs.711.0025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.133.0041" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015923v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droit.059.0183" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016136v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.043.0523" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016131v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etiqe.2010.12.003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016138v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015935v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/retm.257.0055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016076v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016095v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhpr.2003.1033" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhpr.2001.5656" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016111v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378351v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378347v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872854v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Idier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Crenn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Le Mer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Allemand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378348v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378350v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378349v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035951v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035960v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016082v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.19966" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016118v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Toulmin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Jonsen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Revel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Benguigui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.19936" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05049790v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Nicot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Angel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Biletta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daugareihl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04721790v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vi&#233;not" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Behar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Enouf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinsons" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Torriglia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04241299v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pereira de Vasconcelos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Andreeva" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdieu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Burkhardt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792878v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degauque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Draetta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dor&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Guseva Canu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792946v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Devaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaumet-Riffaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Febvre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pecquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792942v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Millemann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Balland" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giraudet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Grisot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Labb&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015720v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Boarini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfeap.012.0142" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015755v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfeap.010.0150" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015730v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0012217321000123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016125v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Alexandra Alonzo Matamoros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyla Marcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5377/rcfh.v5i2.8911" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015786v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhs.711.0025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016152v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055475v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.133.0041" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015923v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droit.059.0183" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016136v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.043.0523" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016131v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etiqe.2010.12.003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016138v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015935v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/retm.257.0055" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016076v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016095v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhpr.2003.1033" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhpr.2001.5656" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016111v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378351v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378347v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872854v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Idier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Crenn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Le Mer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Allemand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378348v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378350v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378349v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035951v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035960v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016082v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.19966" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016118v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Toulmin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Jonsen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Revel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Benguigui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.19936" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05049790v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Nicot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Angel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Biletta" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daugareihl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04721790v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vi&#233;not" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Behar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Enouf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinsons" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Torriglia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04241299v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pereira de Vasconcelos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Andreeva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Burkhardt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792878v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degauque" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Draetta" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dor&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Guseva Canu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792946v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Devaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaumet-Riffaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Febvre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pecquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792942v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Millemann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Balland" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giraudet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Grisot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Labb&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>