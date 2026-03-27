--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -757,222 +757,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hommage à Franck Ghitalla</w:t>
+                <w:t xml:space="preserve">Digital Writing: Philosophical and Pedagogical Issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Boullier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Fouetillou</w:t>
+                <w:t xml:space="preserve">Victor Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34746/cahierscostech70⟩</w:t>
+              <w:t xml:space="preserve">Rhetorical Review : the Electronic Review of Books on the History of Rhetoric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7273/xkjp-rk21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03735699v1</w:t>
+                <w:t xml:space="preserve">halshs-03617611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Writing: Philosophical and Pedagogical Issues</w:t>
+                <w:t xml:space="preserve">Hommage à Franck Ghitalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Petit</w:t>
+                <w:t xml:space="preserve">Guilhem Fouetillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rhetorical Review : the Electronic Review of Books on the History of Rhetoric</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7273/xkjp-rk21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34746/cahierscostech70⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03617611v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03735699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dispositif innovant d’éditorialisation en accès ouvert pour les SHS</w:t>
               </w:r>
@@ -1062,51 +1062,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écriture numérique ou l’écriture selon les machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1147,200 +1147,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sujet numérique. D'une identité narrative à une identité poétique?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariane Mayer</w:t>
+                <w:t xml:space="preserve">L’écriture numérique ou l’écriture selon les machines. Enjeux philosophiques et pédagogiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communication &amp; langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 191, pp.129-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/comla.191.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02172374v1</w:t>
+                <w:t xml:space="preserve">hal-01960029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écriture numérique ou l’écriture selon les machines. Enjeux philosophiques et pédagogiques.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Petit</w:t>
+                <w:t xml:space="preserve">Le sujet numérique. D'une identité narrative à une identité poétique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; langages</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960029v1</w:t>
+                <w:t xml:space="preserve">hal-02172374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Tension-Based Definition of Digital Literature</w:t>
               </w:r>
@@ -2342,286 +2342,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01158767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et développement d'un outil collaboratif pour l'évaluation du gameplay</w:t>
+                <w:t xml:space="preserve">Le récit non déterministe : un nouvel avatar de l'hypertexte ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Genvo</w:t>
+                <w:t xml:space="preserve">Jean Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hugues Rety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Szilas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Angé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">H2PTM'09 : Rétrospective et perspective : 1989 - 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2009, Paris, France. pp.291-296</w:t>
+              <w:t xml:space="preserve">, Sep 2009, Paris, France. pp.219-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00651685v1</w:t>
+                <w:t xml:space="preserve">hal-05188686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le récit non déterministe : un nouvel avatar de l'hypertexte ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Hugues Rety</w:t>
+                <w:t xml:space="preserve">Conception et développement d'un outil collaboratif pour l'évaluation du gameplay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Genvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Angé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">H2PTM'09 : Rétrospective et perspective : 1989 - 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2009, Paris, France. pp.219-224</w:t>
+              <w:t xml:space="preserve">, Sep 2009, Paris, France. pp.291-296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05188686v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00651685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental tool for digital literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Hugues Rety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Szilas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3340,51 +3340,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A16E98CF"/>
+    <w:nsid w:val="36FB38BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3571,51 +3571,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/serge-bouchardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4430-7130" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/101521693" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.utc.fr/~bouchard/Bouchardon-CV-court.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.utc.fr/~bouchard/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.costech.utc.fr/CahiersCOSTECH/spip.php?article27" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sergebouchardon.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://deprise.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://collection.eliterature.org/4/deprise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908269v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bouchardon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika F&#252;l&#246;p" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Renaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78453-8_14" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908130v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895357v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/31n9-b561" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694733v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riguet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091085v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03735699v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boullier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Fouetillou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech70" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03617611v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Petit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/xkjp-rk21" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03790580v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Valluy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Veyron-Churlet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech36" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03790174v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech47" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172374v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Mayer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01960029v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla.191.0129" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01969036v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528390v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Bardiot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Caubel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.072.0187" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153863v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cailleau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Crozat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bachimont" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Hulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs03.0002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00000358v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Pineau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698087v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitile Lourdeaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Szilas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403813v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-48279-8_38" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217046v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fourny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190012v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158767v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00651685v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Genvo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188686v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cl&#233;ment" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Rety" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ang&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01011196v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01971460v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ghitalla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844809v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972084v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203078112-10" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Deseilligny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Broudoux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00336155v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/tel-03812446v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/serge-bouchardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4430-7130" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/101521693" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.utc.fr/~bouchard/Bouchardon-CV-court.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.utc.fr/~bouchard/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.costech.utc.fr/CahiersCOSTECH/spip.php?article27" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sergebouchardon.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://deprise.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://collection.eliterature.org/4/deprise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908269v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bouchardon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika F&#252;l&#246;p" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Renaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78453-8_14" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908130v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895357v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/31n9-b561" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694733v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riguet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091085v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03617611v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Petit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/xkjp-rk21" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03735699v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boullier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Fouetillou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech70" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03790580v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Valluy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Veyron-Churlet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech36" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03790174v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech47" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01960029v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla.191.0129" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172374v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Mayer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01969036v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528390v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Bardiot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Caubel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.072.0187" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153863v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cailleau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Crozat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bachimont" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Hulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs03.0002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00000358v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Pineau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698087v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitile Lourdeaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Szilas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403813v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-48279-8_38" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217046v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fourny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190012v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158767v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cl&#233;ment" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Rety" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ang&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00651685v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Genvo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01011196v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01971460v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ghitalla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844809v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972084v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203078112-10" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Deseilligny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Broudoux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00336155v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/tel-03812446v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>