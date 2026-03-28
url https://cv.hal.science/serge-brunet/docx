--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -391,307 +391,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03067598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comte-rendu d'ouvrage : Florent Quellier, Georges Provost (éd.), Du Ciel à la Terre: Clergé et agriculture, XVIe-XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire ecclésiastique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.433-436</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03077691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les montagnards vus par les missionnaires : la Mission des Pyrénées du jésuite Jean Forcaud (1635-1645)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire des Alpes – Storia delle Alpi – Geschichte der Alpen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 18, pp.155-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03063112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Comte-rendu d'ouvrage : Florent Quellier, Georges Provost (éd.), Du Ciel à la Terre: Clergé et agriculture, XVIe-XIXe siècle</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algo de español en las entrañas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Histoire ecclésiastique </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp.433-436</w:t>
+              <w:t xml:space="preserve">Obradoiro de historia moderna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.143-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prêtres des campagnes de la France du XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix-septième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 234 (1), pp.49-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03061022v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03061023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Mountain Priests”?</w:t>
               </w:r>
@@ -1143,165 +1143,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01255317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Neishença e mutacions deth gran tractat de Lies e Patzeries de Plan d'Arrem (s. XIII-XVIII)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Era batalha de Mureth, 1213, era Querimònia, 1313, era grana Patzeria, 1513. Tres hites importantes entara Val d'Aran, Salardú, 18-20 octobre 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Salardú, Spain. pp.16-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03069770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les Pyrénées aux XVIe et XVIIe siècles : une frontière religieuse ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIII Colloqui Internacional d'Estudis Transpirinencs, La religió als Pirineus: Territori, Societat i Cultura, par le Centre d'Estudis Comarcals del Ripollès, le Patronat Francesc Eiximenis, Diputació de Girona, la Coordinadora de Centres d'Estudis de Parla Catalana, le Centre d'Estudis Ribagorçans et l'Institut Ramon Muntaner, Núria (Ripollès, Espagne), 27, 28 et 29 septembre 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Nùria, Espagne. pp.41-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03069772v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03069770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consistoires protestants et consulats méridionaux: une clé pour la compréhension du &amp;quot;croissant huguenot&amp;quot; (vers 1559-1562)</w:t>
               </w:r>
@@ -1488,234 +1488,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03069677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'image interdite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'Études, Toulouse, 5-6 octobre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Toulouse, France. pp.77-111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« 1565 : mourir pour Malte »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international "La frontière méditerranéenne du XVe au XVIIe siècle. Échanges, circulations et affrontements", Centre d'Études Supérieure de la Renaissance, Tours, 17-20 juin 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Tours, France. 412 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Corps et/ou le Sang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premières Rencontres méditerranéennes sur les décors de la Semaine Sainte, Perpignan, 23-25 novembre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Perpignan, France. pp.19-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03071064v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03071063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre l'Invincible Armada et les Barricades parisiennes</w:t>
               </w:r>
@@ -1971,234 +1971,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03074113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Prêtre de la maison »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international, "Pouvoir de la famille, familles de pouvoir", Toulouse, 5-7 octobre 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Toulouse, France. pp.441-455</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion and Mountains in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Congress of Historical Sciences "Mountains Peoples and Societies : Nature and Culture", Sydney, 3-9 juillet 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Sydney, Australie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« De l'Espagnol dedans le ventre »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque, Agen et Nérac, 3-5 octobre 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Agen, France. pp.171-186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03071062v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03071908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2602,295 +2602,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01236472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les luttes anti-seigneuriales dans l'Europe médiévale et moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ghislain Brunel; Serge Brunet. Presses universitaires du Mirail, 212 p., 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Haro sur le seigneur ! Les luttes antiseigneuriales dans l'Europe médiévale et moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Mirail, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03311034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'art au village. La production artistique des paroisses rurales (XVIe-XVIIIe siècles).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meynen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Froeschlé-Chopard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUR, pp.206, 2009, 978-2-7535-0892-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Duhem</w:t>
-[...80 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-00966406v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-03050795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'Espagnol dedans le ventre !</w:t>
               </w:r>
@@ -3489,335 +3489,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04991373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Notices: Guadalupe, Nuestra Señora del Rocio, Nuestra Señora de la Cabeza, Nuestra Señora del Pilar, Santa Maria de Montserrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Henryot Fabienne; Martin Philippe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire historique de la Vierge Marie : sanctuaires et dévotion XVe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Perrin, pp.n.c., 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Los Pirineos en el siglo XVI : una frontera religiosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ciaramitaro Fernando; de la Puente Brunke. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Extranjeros, naturales y fronteras en la América Ibérica y Europa (1492-1830)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ediciones de la Universidad de Murcia; Universidad Autònoma de la Ciutad de México, pp.115-180, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Henryot Fabienne; Martin Philippe. </w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une religiosité influencée par l'Espagne chez les ligueurs puis dévots ? Position du problème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brunet Serge; Ruiz Ibañez José Javier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire historique de la Vierge Marie : sanctuaires et dévotion XVe-XXIe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Perrin, pp.n.c., 2017</w:t>
+              <w:t xml:space="preserve">La Sainte Union des catholiques de France et la fin des guerres de religion (1585-1629)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.421-458, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Ligue campanère (Pyrénées centrales) et la fin des Ligues hispanophiles de Guyenne et de Languedoc (1585-1596)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brunet Serge; Ruiz Ibañez José Javier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Sainte Union des catholiques de France et la fin des guerres de Religion (1585-1629)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, pp.223-338, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Brunet Serge; Ruiz Ibañez José Javier. </w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los exilios franceses en la Monarquía Hispánica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Javier Ruiz Ibáñez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ruiz Ibáñez José Javier; Pérez Tostado Igor. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Sainte Union des catholiques de France et la fin des guerres de religion (1585-1629)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.421-458, 2016</w:t>
+              <w:t xml:space="preserve">Los exiliados del rey de España</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondo de Cultura Económica de España, pp.131-160, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : les milices dans la première modernité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3837,143 +3923,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brunet Serge; Ruiz Ibáñez; José Javier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les milices dans la première modernité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.11-17, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057223v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-03057212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptions identitaires et nationales dans la France de la première modernité : de la francité et de l'hispanité des Gascons</w:t>
               </w:r>
@@ -4956,51 +4956,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067597v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/chdj.2017.002" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067599v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067598v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063112v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077691v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061022v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061023v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061021v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134002v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caporossi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071536v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069768v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069767v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255317v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069772v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069770v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069771v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069769v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069677v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068617v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071064v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068618v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068616v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068614v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074113v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071062v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068613v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071908v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485648v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Suire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051227v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051226v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier Ruiz Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236472v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrillat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Becchia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Meyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311034v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Brunel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00966406v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duhem" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Mathon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meynen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Froeschl&#233;-Chopard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050795v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050004v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050794v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Julia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Lema&#238;tre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050793v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04991404v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04991370v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Pohlig" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Pissis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Dettmam Loss" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Becker" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Auer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17433/978-3-17-038939-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04991373v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elibrary.kohlhammer.de/book/10.17433/978-3-17-038939-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057216v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057219v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057221v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057222v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057223v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057212v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057218v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057217v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055430v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055432v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055431v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055428v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055429v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055426v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076744v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275474v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Mackowiak" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Conord" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lescure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067597v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/chdj.2017.002" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067599v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067598v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077691v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063112v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061023v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061022v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061021v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134002v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caporossi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071536v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069768v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069767v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255317v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069770v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069772v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069771v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069769v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069677v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071063v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068617v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071064v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068618v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068616v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068614v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074113v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068613v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071908v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071062v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485648v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Suire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051227v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051226v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier Ruiz Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236472v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrillat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Becchia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Meyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Brunel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311034v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00966406v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duhem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Mathon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meynen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Froeschl&#233;-Chopard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050004v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050794v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Julia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Lema&#238;tre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050793v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04991404v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04991370v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Pohlig" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Pissis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Dettmam Loss" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Becker" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Auer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17433/978-3-17-038939-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04991373v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elibrary.kohlhammer.de/book/10.17433/978-3-17-038939-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057219v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057216v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057222v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057221v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057212v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057223v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057218v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057217v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055430v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055432v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055431v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055428v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055429v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055426v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076744v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275474v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Mackowiak" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Conord" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lescure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>