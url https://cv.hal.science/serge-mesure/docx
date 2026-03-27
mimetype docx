--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,5767 +66,6117 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of occlusal proprioception on static postural balance</w:t>
+                <w:t xml:space="preserve">Comparison between the effects of guided and free museum visits on the physical demands and well-being of sedentary individuals over 50: an observational comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Giraudeau</w:t>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Nicol</w:t>
+                <w:t xml:space="preserve">Audrey Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Macchi</w:t>
+                <w:t xml:space="preserve">Aline Reinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thelma Coyle</w:t>
+                <w:t xml:space="preserve">Sylvie Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9, </w:t>
+              <w:t xml:space="preserve">Critical Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e20309⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09581596.2025.2493786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04411098v1</w:t>
+                <w:t xml:space="preserve">hal-05566509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repositioning errors of the head in straight-ahead position in cervical dystonia: Influence of clinical features and movement planes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Et si nous n'étions pas tous égaux dans le traitement des informations sensorielles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Bleton</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Najib Abi Chebel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Kinésithérapie Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 676, pp.13-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04293475v1</w:t>
+                <w:t xml:space="preserve">hal-05544080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and reliability of center of pressure measures to quantify trunk control ability in individuals after stroke in subacute phase during unstable sitting test</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+                <w:t xml:space="preserve">Impact of occlusal proprioception on static postural balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Nicol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Macchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thelma Coyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pablo Venturelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HELIYON</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2022.e10891⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e20309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03991644v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04411098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of chemotherapy on postural control and quality of life in women with gynaecological cancer: a protocol of a prospective observational study</w:t>
+                <w:t xml:space="preserve">Repositioning errors of the head in straight-ahead position in cervical dystonia: Influence of clinical features and movement planes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Reinmann</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christophe Combescure</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Bleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sangla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Portero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-061664⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 66 (8), pp.101753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2023.101753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04009627v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Effect of Stretching Quadriceps on Pain and Strength in Patello-Femoral Pain Syndrome</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Coudreuse Jm</w:t>
+                <w:t xml:space="preserve">Influence of chemotherapy on postural control and quality of life in women with gynaecological cancer: a protocol of a prospective observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Reinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gligorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Combescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physiotherapy &amp; Occupational Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23880/aphot-16000223⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (9), pp.e061664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-061664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04009650v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04009627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Effect of Stretching Quadriceps on Pain and Strength in Patello-Femoral Pain Syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phantom Sensations Influenced by Global and Local Modifications of the Prosthetic Socket as a Potential Solution for Natural Somatosensory Feedback During Walking: A Preliminary Study of a Single Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Bachini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Liszez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graziani F</w:t>
+                <w:t xml:space="preserve">Claire Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Coudreuse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amélie Touillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physiotherapy and occupational therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23880/aphot-16000223⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Rehabilitation Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.803912. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fresc.2022.803912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04468076v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eccentric training effects for patients with post-stroke hemiparesis on strength and speed gait: A randomized controlled trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nisrine Abdelnour Lattouf</w:t>
+                <w:t xml:space="preserve">Validity and reliability of center of pressure measures to quantify trunk control ability in individuals after stroke in subacute phase during unstable sitting test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Reinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Tomb</w:t>
+                <w:t xml:space="preserve">Caroline Sordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayman Assi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pablo Venturelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroRehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/NRE-201601⟩</w:t>
+              <w:t xml:space="preserve">HELIYON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2022.e10891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563114v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03991644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Car seat impact on driver’s sitting behavior and perceived discomfort during prolonged real driving on varied road types</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of the Effect of Stretching Quadriceps on Pain and Strength in Patello-Femoral Pain Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Graziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascaline Lantoine</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coudreuse Jm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259934⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physiotherapy &amp; Occupational Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23880/aphot-16000223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03554715v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04009650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Car seat impact on driver’s sitting behavior and perceived discomfort during prolonged real driving on varied road types</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of the Effect of Stretching Quadriceps on Pain and Strength in Patello-Femoral Pain Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erick Dousset</w:t>
+                <w:t xml:space="preserve">Graziani F</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanguy Marqueste</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marie Coudreuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259934⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physiotherapy and occupational therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23880/aphot-16000223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03662066v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04468076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of foot position and vision on dynamic postural strategies during the ``grand plie'' ballet movement (squatting) in young and adult ballet dancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+                <w:t xml:space="preserve">Eccentric training effects for patients with post-stroke hemiparesis on strength and speed gait: A randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nisrine Abdelnour Lattouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Tomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bertrand</w:t>
+                <w:t xml:space="preserve">Ayman Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Maynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2018.04.046⟩</w:t>
+              <w:t xml:space="preserve">NeuroRehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (4), pp.513-522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/NRE-201601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01960500v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beliefs of rehabilitation professionals towards guided self-rehabilitation contracts for post stroke hemiparesis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Car seat impact on driver’s sitting behavior and perceived discomfort during prolonged real driving on varied road types</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Gracies</w:t>
+                <w:t xml:space="preserve">Pascaline Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Dean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Serge Mesure</w:t>
+                <w:t xml:space="preserve">Mathieu Lecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bayle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clément Bougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Dousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Marqueste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in Stroke Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10749357.2017.1373501⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (11), pp.e0259934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01691480v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03662066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does dystonic muscle activity affect sense of effort in cervical dystonia?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Serge Mesure</w:t>
+                <w:t xml:space="preserve">Car seat impact on driver’s sitting behavior and perceived discomfort during prolonged real driving on varied road types</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Lantoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Dousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Marqueste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 12 (2), pp.e0172019. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0172019⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 16 (11), pp.e0259934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0259934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01468144v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemispheric specificity for proprioception: Postural control of standing following right or left hemisphere damage during ankle tendon vibration</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Djawad Abbas</w:t>
+                <w:t xml:space="preserve">Influence of foot position and vision on dynamic postural strategies during the ``grand plie'' ballet movement (squatting) in young and adult ballet dancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brainres.2015.08.043⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 678, pp.22-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2018.04.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01414089v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01960500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baseline Features Influencing the Effectiveness of Retraining Therapy for Writer's Cramp</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Bleton</w:t>
+                <w:t xml:space="preserve">Beliefs of rehabilitation professionals towards guided self-rehabilitation contracts for post stroke hemiparesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marsal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Gracies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Touzé</w:t>
+                <w:t xml:space="preserve">Catherine Dean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Soulez-La-Rivière</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement Disorders Clinical Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mdc3.12153⟩</w:t>
+              <w:t xml:space="preserve">Topics in Stroke Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (8), pp.608-613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10749357.2017.1373501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563351v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01691480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neglect following stroke: The role of sensory sensitivity in visuo-spatial performance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Does dystonic muscle activity affect sense of effort in cervical dystonia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Carment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc A. Maier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sangla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guiraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2014.09.016⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (2), pp.e0172019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0172019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03563294v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01468144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of aging in postural strategies during a seated auto-stabilization task</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Baseline Features Influencing the Effectiveness of Retraining Therapy for Writer's Cramp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soulez-La-Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Fidel Baizabal-Carvallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Guignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2013.04.006⟩</w:t>
+              <w:t xml:space="preserve">Movement Disorders Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (3), pp.232-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mdc3.12153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563324v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning effect on the dynamical strategies in sitting position on seesaw motion for idiopathic scoliosis patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hemispheric specificity for proprioception: Postural control of standing following right or left hemisphere damage during ankle tendon vibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie C. Dudos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Maynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djawad Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2012.12.022⟩</w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1625, pp.159-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2015.08.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03563312v1</w:t>
+                <w:t xml:space="preserve">hal-01414089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Idiopathic scoliosis: relations between the Cobb angle and the dynamical strategies when sitting on a seesaw</w:t>
+                <w:t xml:space="preserve">Neglect following stroke: The role of sensory sensitivity in visuo-spatial performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Maynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Chavet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Ebermeyer</w:t>
+                <w:t xml:space="preserve">Djawad Abbas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Spine Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 583, pp.98-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2014.09.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00586-010-1574-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03563310v1</w:t>
+                <w:t xml:space="preserve">hal-03563294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond the classic correction system: a numerical nonrigid approach to the scoliosis brace</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of aging in postural strategies during a seated auto-stabilization task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chabrand</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Maynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djawad Abbas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spine Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.spinee.2011.01.019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (4), pp.807-813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2013.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01438696v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular Recovery after Medial Collateral Ligament Disruption and Eccentric Rehabilitation Program:</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Learning effect on the dynamical strategies in sitting position on seesaw motion for idiopathic scoliosis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Decherchi</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1249/MSS.0b013e3182042956⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 534, pp.264-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2012.12.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436183v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait initiation reflects the adaptive biomechanical strategies of adolescents with idiopathic scoliosis</w:t>
+                <w:t xml:space="preserve">Idiopathic scoliosis: relations between the Cobb angle and the dynamical strategies when sitting on a seesaw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">G. Bollini</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ebermeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2010.06.005⟩</w:t>
+              <w:t xml:space="preserve">European Spine Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (2), pp.247-253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00586-010-1574-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563309v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organization of postural equilibrium in several planes in ballet dancers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beyond the classic correction system: a numerical nonrigid approach to the scoliosis brace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Berteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pithioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">M. Bertrand</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bollini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chabrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2010.09.017⟩</w:t>
+              <w:t xml:space="preserve">Spine Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (5), pp.424-431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spinee.2011.01.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563298v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Idiopathic scoliosis and balance organisation in seated position on a seesaw</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuromuscular Recovery after Medial Collateral Ligament Disruption and Eccentric Rehabilitation Program:</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Laurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Dousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Ebermeyer</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Decherchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Spine Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00586-010-1325-x⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 43 (6), pp.1032--1041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0b013e3182042956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563300v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical asymmetries in idiopathic scoliosis during forward and lateral initiation step</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bollini</w:t>
+                <w:t xml:space="preserve">Gait initiation reflects the adaptive biomechanical strategies of adolescents with idiopathic scoliosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-V. Bruyneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Allard</w:t>
+                <w:t xml:space="preserve">P. Chavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Berton</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Bollini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Spine Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 18 (2), pp.188-195. </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53 (6-7), pp.372-386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00586-008-0864-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2010.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454859v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular Recovery Pattern after Medial Collateral Ligament Disruption in Rats.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organization of postural equilibrium in several planes in ballet dancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Decherchi</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Paré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00317.2009⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 485 (3), pp.228-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2010.09.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00399273v1</w:t>
+                <w:t xml:space="preserve">hal-03563298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locomotor skills and balance strategies in children with internal rotations of the lower limbs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Idiopathic scoliosis and balance organisation in seated position on a seesaw</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bollini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ebermeyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Orthopaedic Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Spine Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 19 (5), pp.739-746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00586-010-1325-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jor.20476⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01989675v1</w:t>
+                <w:t xml:space="preserve">hal-03563300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of adolescent idiopathic scoliosis on the dynamic adaptive behaviour</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dynamical asymmetries in idiopathic scoliosis during forward and lateral initiation step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bollini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2008.10.007⟩</w:t>
+              <w:t xml:space="preserve">European Spine Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 18 (2), pp.188-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00586-008-0864-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563303v1</w:t>
+                <w:t xml:space="preserve">hal-01454859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateral steps reveal adaptive biomechanical strategies in adolescent idiopathic scoliosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuromuscular Recovery Pattern after Medial Collateral Ligament Disruption in Rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Laurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Dousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Decherchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 51 (8), pp.630-641. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2008.05.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00317.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03563307v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00399273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Aging on the Coordination between Equilibrium and Movement: What Changes?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Locomotor skills and balance strategies in children with internal rotations of the lower limbs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mallau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Vernazza-Martin</w:t>
+                <w:t xml:space="preserve">Elke Viehweger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique Tricon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Armande Le Pellec-Muller</w:t>
+                <w:t xml:space="preserve">Michel Jacquemier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bollini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-008-1301-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Orthopaedic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 26 (1), pp.117-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jor.20476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01469482v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in Postural Control in Hemiplegic Patients After Stroke Performing a Dual Task</w:t>
+                <w:t xml:space="preserve">The influence of adolescent idiopathic scoliosis on the dynamic adaptive behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Violette Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bollini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Allard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apmr.2007.05.009⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 447 (2-3), pp.158-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2008.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563321v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balance Control and Adaptation of Kinematic Synergy in Aging Adults during Forward Trunk Bending</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lateral steps reveal adaptive biomechanical strategies in adolescent idiopathic scoliosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Vernazza-Martin</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-V. Bruyneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bollini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2006.12.046⟩</w:t>
+              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 51 (8), pp.630-641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2008.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01469487v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KINEMATIC AND KINETIC ASYMMETRIES IN HEMIPLEGIC PATIENTS’ GAIT INITIATION PATTERNS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of Aging on the Coordination between Equilibrium and Movement: What Changes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vernazza-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Tricon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Phillipe Azulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Le Pellec-Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 187 (2), pp.255-265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-008-1301-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/16501970600694859⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03563319v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01469482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la posture et du mouvement et médecine du sport</w:t>
+                <w:t xml:space="preserve">Changes in Postural Control in Hemiplegic Patients After Stroke Performing a Dual Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M Viton</w:t>
+                <w:t xml:space="preserve">Laurent Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Bensoussan</w:t>
+                <w:t xml:space="preserve">Jean-Michel Viton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P Mattei</w:t>
+                <w:t xml:space="preserve">Marco Schieppati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M Coudreuse</w:t>
+                <w:t xml:space="preserve">Hervé Collado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 47 (6), pp.258-262. </w:t>
+              <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 88 (8), pp.1009-1015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2004.05.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apmr.2007.05.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563356v1</w:t>
+                <w:t xml:space="preserve">hal-03563321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymétries chronométriques, cinétiques et cinématiques de l'initiation de la marche chez un sujet hémiplégique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Balance Control and Adaptation of Kinematic Synergy in Aging Adults during Forward Trunk Bending</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Tricon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Le Pellec-Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Phillipe Azulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vernazza-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2004.04.004⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 415 (1), pp.81-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2006.12.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563347v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01469487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Head and trunk stabilization strategies during forward and backward walking in healthy adults</w:t>
+                <w:t xml:space="preserve">KINEMATIC AND KINETIC ASYMMETRIES IN HEMIPLEGIC PATIENTS’ GAIT INITIATION PATTERNS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bourbonnais</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Viton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Delarque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0966-6362(02)00070-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 38 (5), pp.287-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/16501970600694859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03563335v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the learning of a morphokinetic movement sequence in humans</w:t>
+                <w:t xml:space="preserve">Analyse de la posture et du mouvement et médecine du sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M Viton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M Coudreuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0304-3940(02)01216-8⟩</w:t>
+              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 47 (6), pp.258-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2004.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563343v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences biomécaniques d’une gonarthrose unilatérale sur le membre inférieur opposé</w:t>
+                <w:t xml:space="preserve">Asymétries chronométriques, cinétiques et cinématiques de l'initiation de la marche chez un sujet hémiplégique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Viton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Curvale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Delarque</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 46 (4), pp.191-197. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0168-6054(03)00060-6⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 47 (9), pp.611-620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2004.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563342v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reorganization of equilibrium and movement control strategies after total knee arthroplasty</w:t>
+                <w:t xml:space="preserve">Dynamics of the learning of a morphokinetic movement sequence in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Delcor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Cadopi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Delignières</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/165019702317242659⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 336 (1), pp.25-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0304-3940(02)01216-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563329v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Visual Dependence in Parkinson's Disease</w:t>
+                <w:t xml:space="preserve">Conséquences biomécaniques d’une gonarthrose unilatérale sur le membre inférieur opposé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M Viton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bertera-Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Guegen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Mouchnino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2466/pms.2002.95.3f.1106⟩</w:t>
+              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 46 (4), pp.191-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0168-6054(03)00060-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563358v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetry of gait initiation in patients with unilateral knee arthritis</w:t>
+                <w:t xml:space="preserve">Head and trunk stabilization strategies during forward and backward walking in healthy adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Nadeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bourbonnais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0003-9993(00)90140-0⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 18 (3), pp.134-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0966-6362(02)00070-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563330v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REORGANIZATION OF EQUILIBRIUM AND MOVEMENT CONTROL STRATEGIES IN PATIENTS WITH KNEE ARTHRITIS</w:t>
+                <w:t xml:space="preserve">Reorganization of equilibrium and movement control strategies after total knee arthroplasty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Viton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Atlani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Massion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/003655099444713⟩</w:t>
+              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 34 (1), pp.12-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/165019702317242659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563345v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies of segmental stabilization during gait in Parkinson's disease</w:t>
+                <w:t xml:space="preserve">Increased Visual Dependence in Parkinson's Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Azulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Azulay</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean Pouget</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s002210050927⟩</w:t>
+              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 95 (3_suppl), pp.1106-1114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/pms.2002.95.3f.1106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644859v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axial synergies in parkinsonian patients during voluntary trunk bending</w:t>
+                <w:t xml:space="preserve">Asymmetry of gait initiation in patients with unilateral knee arthritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Viton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Timsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexei Alexandrov</w:t>
+                <w:t xml:space="preserve">Jean Massion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Aurenty</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Pierre Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0966-6362(98)00026-5⟩</w:t>
+              <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 81 (2), pp.194-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0003-9993(00)90140-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03563339v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of physical training on head—hip co-ordinated movements during unperturbed stance</w:t>
+                <w:t xml:space="preserve">REORGANIZATION OF EQUILIBRIUM AND MOVEMENT CONTROL STRATEGIES IN PATIENTS WITH KNEE ARTHRITIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Crémieux</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Viton, L. Atlani, S. Mesure, J.-P.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroReport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/00001756-199711100-00018⟩</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 31 (1), pp.43-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/003655099444713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563326v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Strategies of segmental stabilization during gait in Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Azulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 129 (4), pp.573-581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s002210050927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axial synergies in parkinsonian patients during voluntary trunk bending</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Alexandrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Aurenty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Massion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Viallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 8 (2), pp.124-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0966-6362(98)00026-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of physical training on head—hip co-ordinated movements during unperturbed stance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Crémieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NeuroReport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 8 (16), pp.3507-3512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/00001756-199711100-00018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Differential Sensitivity to Static Visual Cues in the Control of Postural Equilibrium in Man</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crémeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 78 (1), pp.67-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2466/pms.1994.78.1.67⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03563337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5836,150 +6186,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scoliose idiopathique de l’adolescence : apport de la modélisation numérique dans le traitement orthopédique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Pithioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mesure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chabrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03378518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5989,174 +6339,174 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KinAnatomie - 3e édition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Nantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Begon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dalleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paul Allard. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JFD</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9782897991142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId224"/>
+      <w:footerReference w:type="default" r:id="rId235"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6303,51 +6653,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411098v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Giraudeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nicol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Macchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thelma Coyle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mesure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e20309" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293475v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bleton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sangla" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Portero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garric" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guiraud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2023.101753" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03991644v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Violette Bruyneel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Reinmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sordet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Venturelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2022.e10891" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04009627v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gligorov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combescure" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-061664" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04009650v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Graziani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coudreuse Jm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23880/aphot-16000223" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468076v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziani F" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Coudreuse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563114v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Abdelnour Lattouf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Tomb" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Assi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Maynard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/NRE-201601" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Lantoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lecocq" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bougard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Dousset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Marqueste" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259934" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662066v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960500v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bertrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2018.04.046" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691480v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gracies" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dean" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bayle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10749357.2017.1373501" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01468144v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carment" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc A. Maier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172019" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414089v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie C. Dudos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawad Abbas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2015.08.043" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563351v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Touz&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Soulez-La-Rivi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Fidel Baizabal-Carvallo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guignier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mdc3.12153" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563294v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Duclos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2014.09.016" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L80D0MD7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563324v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2013.04.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563312v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2012.12.022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PD5PR95-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563310v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ebermeyer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-010-1574-8" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438696v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berteau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pithioux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bollini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chabrand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spinee.2011.01.019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5GVJQ42-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436183v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Decherchi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e3182042956" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563309v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-V. Bruyneel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chavet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bollini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2010.06.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563298v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Bruyneel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Par&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2010.09.017" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSH7RQFV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563300v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-010-1325-x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454859v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-008-0864-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399273v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00317.2009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989675v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mallau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Viehweger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacquemier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.20476" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-11NN2QK4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563303v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2008.10.007" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5T4SM34C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563307v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2008.05.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4ZM37BM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469482v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Tricon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Azulay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Le Pellec-Muller" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-008-1301-4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D111T2W8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563321v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bensoussan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Viton" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schieppati" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Collado" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmr.2007.05.009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469487v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2006.12.046" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZP6BHFHP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563319v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delarque" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970600694859" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563356v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Viton" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bensoussan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Mattei" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Coudreuse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2004.05.011" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TF8V90BH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563347v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bensoussan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Viton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Curvale" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delarque" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2004.04.004" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64VX0W0Q-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563335v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nadeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amblard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bourbonnais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0966-6362(02)00070-x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MNTX0MLP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563343v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Delcor" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cadopi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0304-3940(02)01216-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J39P8Z3V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563342v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Viton" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bertera-Blanchard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guegen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mouchnino" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0168-6054(03)00060-6" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27NSW4DN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563329v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Viton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Atlani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massion" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Franceschi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/165019702317242659" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563358v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Azulay" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pouget" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.2002.95.3f.1106" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563330v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Timsit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Massion" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Franceschi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-9993(00)90140-0" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563345v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Viton, L. Atlani, S. Mesure, J.-P." TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/003655099444713" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644859v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Azulay" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amblard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002210050927" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563339v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Alexandrov" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Aurenty" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Viallet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0966-6362(98)00026-5" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGQTNXDP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563326v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199711100-00018" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563337v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;meux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.1994.78.1.67" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378518v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880145v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nantel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leteneur" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dalleau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsjfd.com/boutique/kinanatomie-3e-edition-10424" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566509v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Violette Bruyneel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Reinmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nadeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mesure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09581596.2025.2493786" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Abi Chebel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411098v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Giraudeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nicol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Macchi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thelma Coyle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e20309" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bleton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sangla" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Portero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garric" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guiraud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2023.101753" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04009627v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gligorov" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combescure" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-061664" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561070v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bachini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Liszez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mah&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Touillet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fresc.2022.803912" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03991644v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sordet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Venturelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2022.e10891" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04009650v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Graziani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coudreuse Jm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23880/aphot-16000223" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468076v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziani F" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Coudreuse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563114v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Abdelnour Lattouf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Tomb" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Assi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Maynard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/NRE-201601" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662066v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Lantoine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lecocq" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bougard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Dousset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Marqueste" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259934" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554715v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960500v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bertrand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2018.04.046" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691480v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gracies" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dean" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bayle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10749357.2017.1373501" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01468144v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carment" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc A. Maier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172019" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563351v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Touz&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Soulez-La-Rivi&#232;re" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Fidel Baizabal-Carvallo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guignier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mdc3.12153" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414089v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie C. Dudos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawad Abbas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2015.08.043" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563294v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Duclos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2014.09.016" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L80D0MD7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563324v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2013.04.006" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563312v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2012.12.022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PD5PR95-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563310v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ebermeyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-010-1574-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438696v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berteau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pithioux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bollini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chabrand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spinee.2011.01.019" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5GVJQ42-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Decherchi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e3182042956" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563309v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-V. Bruyneel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chavet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bollini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2010.06.005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563298v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Bruyneel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Par&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2010.09.017" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSH7RQFV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563300v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-010-1325-x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454859v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-008-0864-x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399273v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00317.2009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989675v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mallau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Viehweger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacquemier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.20476" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-11NN2QK4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563303v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2008.10.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5T4SM34C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563307v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2008.05.004" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4ZM37BM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469482v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Tricon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Azulay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Le Pellec-Muller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-008-1301-4" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D111T2W8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563321v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bensoussan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Viton" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schieppati" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Collado" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmr.2007.05.009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469487v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2006.12.046" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZP6BHFHP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563319v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delarque" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970600694859" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563356v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Viton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bensoussan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Mattei" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Coudreuse" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2004.05.011" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TF8V90BH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563347v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bensoussan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Viton" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Curvale" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delarque" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2004.04.004" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64VX0W0Q-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563343v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Delcor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cadopi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0304-3940(02)01216-8" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J39P8Z3V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563342v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Viton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bertera-Blanchard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guegen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mouchnino" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0168-6054(03)00060-6" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27NSW4DN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563335v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amblard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bourbonnais" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0966-6362(02)00070-x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MNTX0MLP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563329v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Viton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Atlani" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massion" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Franceschi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/165019702317242659" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563358v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Azulay" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pouget" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.2002.95.3f.1106" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563330v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Timsit" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Massion" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Franceschi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-9993(00)90140-0" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563345v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Viton, L. Atlani, S. Mesure, J.-P." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/003655099444713" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644859v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Azulay" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amblard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002210050927" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563339v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Alexandrov" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Aurenty" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Viallet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0966-6362(98)00026-5" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGQTNXDP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563326v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199711100-00018" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563337v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;meux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.1994.78.1.67" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378518v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880145v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nantel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leteneur" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dalleau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsjfd.com/boutique/kinanatomie-3e-edition-10424" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>