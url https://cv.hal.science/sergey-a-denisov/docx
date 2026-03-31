--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -865,508 +865,508 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04595107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlooked Activation Role of Sulfite in Accelerating Hydrated Electron Treatment of Perfluorosulfonates</w:t>
+                <w:t xml:space="preserve">Role of Oxide-Derived Cu on the Initial Elementary Reaction Intermediate During Catalytic CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiwen Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Adjei</w:t>
+                <w:t xml:space="preserve">Carine Clavaguéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.4c01444⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (44), pp.30164 - 30173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c08603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04902843v1</w:t>
+                <w:t xml:space="preserve">hal-04902802v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Oxide-Derived Cu on the Initial Elementary Reaction Intermediate During Catalytic CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Reduction</w:t>
+                <w:t xml:space="preserve">Overlooked Activation Role of Sulfite in Accelerating Hydrated Electron Treatment of Perfluorosulfonates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiwen Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carine Clavaguéra</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey A Denisov</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Daniel Adjei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Ma</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 146 (44), pp.30164 - 30173. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (21), pp.9427-9435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c08603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.4c01444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902802v2</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of Nanoconfinement Effect on the Kinetics of Hydrated Electron in the Nanoscale Water Pools of Water–AOT–Cyclohexane Microemulsions by Picosecond Pulse Radiolysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Denis Dobrovolskii</w:t>
+                <w:t xml:space="preserve">A mechanistic study of gold nanoparticles catalysis of O 2 reduction by ascorbate and hydroethidine, investigating reactive oxygen species reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.3c04302⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (13), pp.8557-8563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3ra00443k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04310723v1</w:t>
+                <w:t xml:space="preserve">hal-04032463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mechanistic study of gold nanoparticles catalysis of O 2 reduction by ascorbate and hydroethidine, investigating reactive oxygen species reactivity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey A Denisov</w:t>
+                <w:t xml:space="preserve">Observation of Nanoconfinement Effect on the Kinetics of Hydrated Electron in the Nanoscale Water Pools of Water–AOT–Cyclohexane Microemulsions by Picosecond Pulse Radiolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingde Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dobrovolskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (13), pp.8557-8563. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 127 (37), pp.7974-7982. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3ra00443k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.3c04302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032463v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting Degradation Mechanisms in Lithium Bistriflimide “Water‐In‐Salt” Electrolytes For Aqueous Batteries</w:t>
               </w:r>
@@ -1480,330 +1480,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Kinetics of Short-Chain Perfluoroalkyl Sulfonate with Radiolytic Reducing Species</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sergey Denisov</w:t>
+                <w:t xml:space="preserve">Reactivity of presolvated and solvated electrons with CO 2 in water up to 118 bar at 298 and 308 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis S Dobrovolskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Ma</w:t>
+                <w:t xml:space="preserve">Sergey A Denisov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.estlett.2c00837⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25, pp.15916-15919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3CP01535A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04310740v1</w:t>
+                <w:t xml:space="preserve">hal-04115154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of presolvated and solvated electrons with CO 2 in water up to 118 bar at 298 and 308 K</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis S Dobrovolskii</w:t>
+                <w:t xml:space="preserve">Transient Kinetics of Short-Chain Perfluoroalkyl Sulfonate with Radiolytic Reducing Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiwen Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Adjei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sergey A Denisov</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25, pp.15916-15919. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.59-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3CP01535A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.estlett.2c00837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04115154v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct time-resolved observation of surface-bound carbon dioxide radical anions on metallic nanocatalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiwen Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Clavaguéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changjiang Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey A Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuning Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1854,51 +1854,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathways of the Dissociative Electron Attachment Observed in 5- and 6-Azidomethyluracil Nucleosides: Nitrogen (N 2 ) Elimination vs Azide Anion (N 3 – ) Elimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Adjei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahaira Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1988,51 +1988,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induced absorption in quartz by picosecond pulse of 8 MeV electrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Adjei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2118,51 +2118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander D. Stark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2220,2143 +2220,2143 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mystery of sub-picosecond charge transfer following irradiation of hydrated uridine monophosphate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Presolvated electron reactivity towards CO2 and N2O in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 23 (37), pp.21148-21162. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0CP06482C⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 23 (10), pp.5804-5808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1CP00373A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868450v1</w:t>
+                <w:t xml:space="preserve">hal-03322579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment un électron peut induire un dommage oxydatif dans les bases de l'ADN en solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Real-Time Observation of Solvation Dynamics of Electron in Actinide Extraction Binary Solutions of Water and n-Tributyl Phosphate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teseer Bahry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Ma</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amitava Adhikary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (15), pp.3843-3849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.0c10831⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310766v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolytic approach for efficient, selective and catalyst‐free CO2 conversion at room temperature</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Anisotropic Time-Resolved Dynamics of Crystal Growth Induced by a Single Laser Pulse Nucleation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Al Gharib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pingping Gan</w:t>
+                <w:t xml:space="preserve">Abdel Karim El Omar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiuhao Li</w:t>
+                <w:t xml:space="preserve">Adnan Naja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cphc.202100378⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (2), pp.799-808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.0c01016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03287511v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confined water radiolysis in aluminosilicate nanotubes: The importance of charge separation effects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ratiometric luminescence detection of copper(I) by a resonant system comprising two antenna/lanthanide pairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Charpentier</w:t>
+                <w:t xml:space="preserve">Céline Cepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Moskura</w:t>
+                <w:t xml:space="preserve">Didier Boturyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Carteret</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sénèque</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0NR08948F⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (23), pp.17426-17434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03125779v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Oxidation of Transient Organic Radicals in the Presence of Gold Nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">The mechanism of organic radical oxidation catalysed by gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (46), pp.26494-26500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1cp03875c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano11030727⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03322574v1</w:t>
+                <w:t xml:space="preserve">hal-04310754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bioinspired luminescent europium-based probe capable of discrimination between Ag+ and Cu+</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Sénèque</w:t>
+                <w:t xml:space="preserve">Selective Oxidation of Transient Organic Radicals in the Presence of Gold Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c01486⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), pp.727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano11030727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03268264v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presolvated electron reactivity towards CO2 and N2O in water</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+                <w:t xml:space="preserve">A bioinspired luminescent europium-based probe capable of discrimination between Ag+ and Cu+</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Isaac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sénèque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1CP00373A⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (14), pp.10791-10798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c01486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322579v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03268264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Observation of Solvation Dynamics of Electron in Actinide Extraction Binary Solutions of Water and n-Tributyl Phosphate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Confined water radiolysis in aluminosilicate nanotubes: The importance of charge separation effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Pignie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teseer Bahry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sergey Denisov</w:t>
+                <w:t xml:space="preserve">Thibault Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mélanie Moskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.0c10831⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, pp.3092-3105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0NR08948F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322921v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03125779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mechanism of organic radical oxidation catalysed by gold nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+                <w:t xml:space="preserve">Quasi-Free Electron-Mediated Radiation Sensitization by C5-Halopyrimidines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teseer Bahry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amitava Adhikary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125, pp.7967-7975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.1c05974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1cp03875c⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04310754v1</w:t>
+                <w:t xml:space="preserve">hal-04056380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ratiometric luminescence detection of copper(I) by a resonant system comprising two antenna/lanthanide pairs</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reaction Mechanisms of Fluoroethylene Carbonate Degradation, an Additive of Lithium‐Ion Batteries, Unraveled by Radiation Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Puget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02985⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (31), pp.8185-8194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202100562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03483636v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03184967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic Time-Resolved Dynamics of Crystal Growth Induced by a Single Laser Pulse Nucleation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The mystery of sub-picosecond charge transfer following irradiation of hydrated uridine monophosphate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnan Naja</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
+                <w:t xml:space="preserve">Aurélien de la Lande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.0c01016⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (37), pp.21148-21162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0CP06482C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322576v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-Free Electron-Mediated Radiation Sensitization by C5-Halopyrimidines</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Radiolytic approach for efficient, selective and catalyst‐free CO2 conversion at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changjiang Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Al Gharib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunlong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Gan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiuhao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.1c05974⟩</w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (18), pp.1900-1906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.202100378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056380v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03287511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaction Mechanisms of Fluoroethylene Carbonate Degradation, an Additive of Lithium‐Ion Batteries, Unraveled by Radiation Chemistry</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment un électron peut induire un dommage oxydatif dans les bases de l'ADN en solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amitava Adhikary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 450, pp.13-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202100562⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-03184967v1</w:t>
+                <w:t xml:space="preserve">hal-04310766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulse radiolysis study on the reactivity of NO$_3$ radical toward uranous(iv), hydrazinium nitrate and hydroxyl ammonium nitrate at room temperature and at 45 °C</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Primary Water Radicals’ Production in the Presence of Gold Nanoparticles: Electron Pulse Radiolysis Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9CP07034F⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (12), pp.2478. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano10122478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02536118v1</w:t>
+                <w:t xml:space="preserve">hal-03099444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Primary Water Radicals’ Production in the Presence of Gold Nanoparticles: Electron Pulse Radiolysis Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
+                <w:t xml:space="preserve">Oxidation of Silver Cyanide Ag(CN) 2 – by the OH Radical: From Ab Initio Calculation to Molecular Simulation and to Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Adjei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano10122478⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (51), pp.10787-10798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c08038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03099444v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03115112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of Silver Cyanide Ag(CN) 2 – by the OH Radical: From Ab Initio Calculation to Molecular Simulation and to Experiment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+                <w:t xml:space="preserve">One Way Traffic: Base‐to‐backbone Hole Transfer in Nucleoside Phosphorodithioates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renata Kaczmarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dipra Debnath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taisiya Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c08038⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (43), pp.9495-9505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202000247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03115112v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One Way Traffic: Base‐to‐backbone Hole Transfer in Nucleoside Phosphorodithioates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Ward</w:t>
+                <w:t xml:space="preserve">Pulse radiolysis study on the reactivity of NO$_3$ radical toward uranous(iv), hydrazinium nitrate and hydroxyl ammonium nitrate at room temperature and at 45 °C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Musat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Marignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dipra Debnath</w:t>
+                <w:t xml:space="preserve">C. Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taisiya Jacobs</w:t>
+                <w:t xml:space="preserve">S. Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Stark</w:t>
+                <w:t xml:space="preserve">L. Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 26 (43), pp.9495-9505. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (9), pp.5188-5197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202000247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9CP07034F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02563589v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast Processes Occurring in Radiolysis of Highly Concentrated Solutions of Nucleosides/Tides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amitava Adhikary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Mostafavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4403,51 +4403,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of dissociative quasi-free electron attachment to nucleoside via excited anion radical in solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4531,2188 +4531,2188 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular engineering of logic gate types by module rearrangement in ‘Pourbaix Sensors’: the effect of excited-state electric fields</w:t>
+                <w:t xml:space="preserve">A fluorescent AND logic gate based on a ferrocene-naphthalimide-piperazine format responsive to acidity and oxidizability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jake C Spiteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex D Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konrad Szaciłowski</w:t>
+                <w:t xml:space="preserve">Nathan Mcclenaghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 16 (34), pp.6195-6201. </w:t>
+              <w:t xml:space="preserve">Dyes and Pigments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 157, pp.278-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8ob00485d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2018.04.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01955955v1</w:t>
+                <w:t xml:space="preserve">hal-01848447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-driven water oxidation using hybrid photosensitizer-decorated Co3O4 nanoparticles</w:t>
+                <w:t xml:space="preserve">Decoding the Three-Pronged Mechanism of NO3^. Radical Formation in HNO3 Solutions at 22° and 80° Using Picosecond Pulse Radiolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan de Tovar</w:t>
+                <w:t xml:space="preserve">Raluca Musat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuria Romero</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Louis Marignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials today energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtener.2018.07.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7, pp.2121-2129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b12702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948406v1</w:t>
+                <w:t xml:space="preserve">hal-04129868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoding the Three-Pronged Mechanism of NO3^. Radical Formation in HNO3 Solutions at 22° and 80° Using Picosecond Pulse Radiolysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raluca Musat</w:t>
+                <w:t xml:space="preserve">Ultrafast Electron Attachment and Hole Transfer Following Ionizing Radiation of Aqueous Uridine Monophosphate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Marignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amitava Adhikary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b12702⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (17), pp.5105-5109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.8b02170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04129868v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fluorescent AND logic gate based on a ferrocene-naphthalimide-piperazine format responsive to acidity and oxidizability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jake C Spiteri</w:t>
+                <w:t xml:space="preserve">Light-driven water oxidation using hybrid photosensitizer-decorated Co3O4 nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan de Tovar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bofill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex D Johnson</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathan Mcclenaghan</w:t>
+                <w:t xml:space="preserve">Carolina Gimbert-Suriñach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dyes and Pigments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2018.04.060⟩</w:t>
+              <w:t xml:space="preserve">Materials today energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.506-515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtener.2018.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01848447v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast Electron Attachment and Hole Transfer Following Ionizing Radiation of Aqueous Uridine Monophosphate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Ma</w:t>
+                <w:t xml:space="preserve">Designed Long-Lived Emission from CdSe Quantum Dots through Reversible Electronic Energy Transfer with a Surface-Bound Chromophore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Marignier</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Mcclenaghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Pernot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alberto Credi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (17), pp.5105-5109. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (12), pp.3104-3107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.8b02170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201712403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365751v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designed Long-Lived Emission from CdSe Quantum Dots through Reversible Electronic Energy Transfer with a Surface-Bound Chromophore</w:t>
+                <w:t xml:space="preserve">Influence of amino acid sequence in a peptidic Cu+-responsive luminescent probe inspired by the copper chaperone CusF.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcello La Rosa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathan Mcclenaghan</w:t>
+                <w:t xml:space="preserve">A. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Credi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Isaac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. D. Mcclenaghan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201712403⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (31), pp.5626-5634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8ob01044g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804029v1</w:t>
+                <w:t xml:space="preserve">hal-01871278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of amino acid sequence in a peptidic Cu+-responsive luminescent probe inspired by the copper chaperone CusF.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">V. Chabert</w:t>
+                <w:t xml:space="preserve">Molecular engineering of logic gate types by module rearrangement in ‘Pourbaix Sensors’: the effect of excited-state electric fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jake C Spiteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. A. Denisov</w:t>
+                <w:t xml:space="preserve">Sylwia Klejna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. D. Mcclenaghan</w:t>
+                <w:t xml:space="preserve">Konrad Szaciłowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 16 (31), pp.5626-5634. </w:t>
+              <w:t xml:space="preserve">, 2018, 16 (34), pp.6195-6201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8ob01044g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8ob00485d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01871278v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01955955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photosensitizer localization in amphiphilic block copolymers controls photodynamic therapy efficacy</w:t>
+                <w:t xml:space="preserve">Electrospray deposition of quantum dot-doped Ge23Sb7S70 chalcogenide glass films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vusala Ibrahimova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+                <w:t xml:space="preserve">Cheng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Vanvarenberg</w:t>
+                <w:t xml:space="preserve">Spencer Novak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Verwilst</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Véronique Préat</w:t>
+                <w:t xml:space="preserve">Neil Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7NR04403H⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 626, pp.194-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2017.02.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01579522v1</w:t>
+                <w:t xml:space="preserve">hal-03155280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrospray deposition of quantum dot-doped Ge23Sb7S70 chalcogenide glass films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photosensitizer localization in amphiphilic block copolymers controls photodynamic therapy efficacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vusala Ibrahimova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheng Li</w:t>
+                <w:t xml:space="preserve">Kevin Vanvarenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spencer Novak</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
+                <w:t xml:space="preserve">Peter Verwilst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neil Patel</w:t>
+                <w:t xml:space="preserve">Véronique Préat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 626, pp.194-199. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (31), pp.11180-11186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2017.02.030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C7NR04403H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03155280v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01579522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinduced Electron Transfer and Hole Migration in Nanosized Helical Aromatic Oligoamide Foldamers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Harnessing Reversible Electronic Energy Transfer: From Molecular Dyads to Molecular Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xuesong Li</w:t>
+                <w:t xml:space="preserve">Shinlin Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nagula Markandeya</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">Jean-Luc Pozzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.6b05668⟩</w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Molecular machines, 17 (12), pp.1794-1804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.201600137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426606v1</w:t>
+                <w:t xml:space="preserve">hal-01391653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benzophenone vs . Copper/Benzophenone in Light-Promoted Atom Transfer Radical Additions (ATRAs): Highly Effective Iodoperfluoroalkylation of Alkenes/Alkynes and Mechanistic Studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water-soluble naphthalimide-based 'Pourbaix sensors': pH and redox-activated fluorescent AND logic gates based on photoinduced electron transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex D. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redouane Beniazza</w:t>
+                <w:t xml:space="preserve">Kyle A. Paterson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Atkinson</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sergey Denisov</w:t>
+                <w:t xml:space="preserve">Jake C. Spiteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.201600501⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40 (12), pp.9917 - 9922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6NJ02023B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03155287v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance optical oxygen sensors based on iridium complexes exhibiting interchromophore energy shuttling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electronic Energy Transfer Modulation in a Dynamic Foldaxane: Proof-of-Principle of a Lifetime-Based Conformation Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quan Gan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Scarpantonio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago Medina-Rodríguez</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marta Marín-Suárez</w:t>
+                <w:t xml:space="preserve">Yann Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c6an00497k⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (4), pp.1328-1333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201508611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01349284v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic Energy Transfer Modulation in a Dynamic Foldaxane: Proof-of-Principle of a Lifetime-Based Conformation Probe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High performance optical oxygen sensors based on iridium complexes exhibiting interchromophore energy shuttling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Medina-Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey A. Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanouk Cudré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Male</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quan Gan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yann Ferrand</w:t>
+                <w:t xml:space="preserve">Marta Marín-Suárez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201508611⟩</w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 141 (10), pp.3090-3097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6an00497k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284111v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing Reversible Electronic Energy Transfer: From Molecular Dyads to Molecular Machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+                <w:t xml:space="preserve">Saccharide-induced modulation of photoluminescence lifetime in microgels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinlin Yu</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Catargi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cphc.201600137⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (25), pp.16812-16821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6cp01523a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01391653v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03155297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-soluble naphthalimide-based 'Pourbaix sensors': pH and redox-activated fluorescent AND logic gates based on photoinduced electron transfer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photoinduced Electron Transfer and Hole Migration in Nanosized Helical Aromatic Oligoamide Foldamers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuesong Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex D. Johnson</w:t>
+                <w:t xml:space="preserve">Nagula Markandeya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyle A. Paterson</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
+                <w:t xml:space="preserve">Victor Maurizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6NJ02023B⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 138 (41), pp.13568-13578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.6b05668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426556v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saccharide-induced modulation of photoluminescence lifetime in microgels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Denisov</w:t>
+                <w:t xml:space="preserve">Benzophenone vs . Copper/Benzophenone in Light-Promoted Atom Transfer Radical Additions (ATRAs): Highly Effective Iodoperfluoroalkylation of Alkenes/Alkynes and Mechanistic Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Beniazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Pinaud</w:t>
+                <w:t xml:space="preserve">Rachel Atkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chambaud</w:t>
+                <w:t xml:space="preserve">Christelle Absalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Lapeyre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Catargi</w:t>
+                <w:t xml:space="preserve">Frédéric Castet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 358 (18), pp.2949-2961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201600501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c6cp01523a⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03155297v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03155287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide Luminescence Modulation by Cation–π Interaction in a Bioinspired Scaffold: Selective Detection of Copper(I)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey A. Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6720,51 +6720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 54 (39), pp.11453-11456. </w:t>
@@ -6841,64 +6841,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey A. Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan D. Mcclenaghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 20 (48), pp.15799-15807. </w:t>
@@ -6930,619 +6930,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Observation of Reversible Electronic Energy Transfer Involving an Iridium Center</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sunlight-Driven Copper-Catalyst Activation Applied to Photolatent Click Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Marin-Suarez</w:t>
+                <w:t xml:space="preserve">Rédouane Beniazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Harmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Molton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic4030712⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (41), pp.13181-13187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201404056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00968636v1</w:t>
+                <w:t xml:space="preserve">hal-01071826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunlight-Driven Copper-Catalyst Activation Applied to Photolatent Click Chemistry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florian Molton</w:t>
+                <w:t xml:space="preserve">Direct Observation of Reversible Electronic Energy Transfer Involving an Iridium Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanouk Cudré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Verwilst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Duboc</w:t>
+                <w:t xml:space="preserve">Marta Marin-Suarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 20 (41), pp.13181-13187. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53 (5), pp.2677-2682. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201404056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ic4030712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01071826v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00968636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruthenium(II) complexes based on tridentate polypyridine ligands that feature long-lived room-temperature luminescence</w:t>
+                <w:t xml:space="preserve">Impact of water on the cis-trans photoisomerization of hydroxychalcones.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulio Ragazzon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Verwilst</w:t>
+                <w:t xml:space="preserve">Yoann Leydet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pinar Batat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey A. Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C3CC45387A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 117 (20), pp.4167-4173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp402761j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00874436v1</w:t>
+                <w:t xml:space="preserve">hal-00845493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of water on the cis-trans photoisomerization of hydroxychalcones.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">Ruthenium(II) complexes based on tridentate polypyridine ligands that feature long-lived room-temperature luminescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Ragazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Verwilst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey A. Denisov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Credi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">João Carlos Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 117 (20), pp.4167-4173. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49 (80), pp.9110-9112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp402761j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C3CC45387A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00845493v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photolariats: synthesis, metal ion complexation and photochromism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Verwilst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Scarpantonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7651,64 +7651,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiolyse de l'eau confinée dans des nanotubes d'aluminosilicate : mise en évidence des effets de séparation de charges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C Pignié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Carteret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7776,51 +7776,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reaction Mechanisms of Fluoroethylene Carbonate Degradation, an Additive of Lithium-Ion Batteries, Unraveled by Radiation Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Puget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viacheslav Shcherbakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Denisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7888,90 +7888,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How chemical ligations make the design of lanthanide-based responsive luminescent probes easier.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sénèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Raibaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cepeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Frémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8206,51 +8206,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="042A62D1"/>
+    <w:nsid w:val="C6297203"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8437,51 +8437,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sergey-a-denisov" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7881-1979" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/18642485X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/213145541822896601514" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/V-6225-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353450v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dobrovolskii" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Mostafavi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Denisov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP01480H" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293602v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingde Chen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.4c07360" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293597v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Blinchevsky" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Friedman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gerbelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ash Ajeer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers16142499" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Souid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Puget" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ortiz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piveteau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey A. Denisov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202402091" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595107v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaurie Paillot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Wong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dognon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/batt.202400209" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902843v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwen Jiang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Adjei" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Ma" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c01444" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902802v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavagu&#233;ra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey A Denisov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c08603" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310723v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.3c04302" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04032463v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav Shcherbakov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra00443k" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252558v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Soudan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poizot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202300692" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310740v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.estlett.2c00837" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115154v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis S Dobrovolskii" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP01535A" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changjiang Hu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuning Shen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42936-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310736v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaira Reyes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ward" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.2c08257" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310751v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2021.109833" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057253v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander D. Stark" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Kaczmarek" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.1c09068" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868450v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de la Lande" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP06482C" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310766v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amitava Adhikary" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03287511v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Al Gharib" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunlong Wang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingping Gan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuhao Li" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202100378" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03125779v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pignie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moskura" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR08948F" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322574v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11030727" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268264v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Isaac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan D. Mcclenaghan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c01486" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322579v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP00373A" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322921v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teseer Bahry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c10831" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310754v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp03875c" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483636v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cepeda" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boturyn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02985" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322576v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Karim El Omar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.0c01016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056380v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c05974" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03184967v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moreau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202100562" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536118v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Musat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Marignier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denisov" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CP07034F" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099444v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10122478" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115112v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line L&#233;onard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c08038" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563589v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipra Debnath" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisiya Jacobs" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stark" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000247" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099416v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20194963" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365720v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusa Muroya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Yamashita" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuneaki Sakurai" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-08005-z" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955955v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake C Spiteri" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Jonusauskas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwia Klejna" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Szaci&#322;owski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob00485d" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948406v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan de Tovar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Romero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bofill" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gimbert-Suri&#241;ach" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2018.07.008" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129868v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Musat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Marignier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b12702" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848447v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex D Johnson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mcclenaghan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2018.04.060" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365751v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pernot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b02170" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804029v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello La Rosa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Credi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201712403" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871278v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isaac" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chabert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Denisov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. D. Mcclenaghan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob01044g" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579522v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vusala Ibrahimova" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vanvarenberg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Verwilst" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pr&#233;at" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR04403H" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155280v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Li" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Novak" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Patel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2017.02.030" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426606v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuesong Li" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagula Markandeya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Maurizot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b05668" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155287v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Beniazza" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Atkinson" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Absalon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Castet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201600501" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GN9085WG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349284v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Medina-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanouk Cudr&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Male" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mar&#237;n-Su&#225;rez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6an00497k" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284111v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Gan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Wang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Scarpantonio" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ferrand" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201508611" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391653v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinlin Yu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pozzo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201600137" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426556v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex D. Johnson" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle A. Paterson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake C. Spiteri" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ02023B" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155297v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pinaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chambaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lapeyre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Catargi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp01523a" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211550v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Roux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Imbert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201505733" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103182v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doistau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tron" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404064" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968636v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marin-Suarez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic4030712" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071826v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;douane Beniazza" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lambert" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Harmand" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duboc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404056" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874436v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Ragazzon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC45387A" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845493v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Leydet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinar Batat" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Lima" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp402761j" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732071v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ducrot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Kauffmann" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610278.2012.678851" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03664836v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Pigni&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Carteret" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03126694v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moreau" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010521v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Raibaut" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fr&#233;my" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01241762v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BORD0207" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sergey-a-denisov" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7881-1979" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/18642485X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/213145541822896601514" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/V-6225-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353450v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dobrovolskii" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Mostafavi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Denisov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP01480H" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293602v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingde Chen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.4c07360" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293597v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Blinchevsky" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Friedman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gerbelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ash Ajeer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers16142499" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Souid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Puget" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ortiz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piveteau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey A. Denisov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202402091" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595107v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaurie Paillot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Wong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dognon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/batt.202400209" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902802v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwen Jiang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavagu&#233;ra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey A Denisov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Ma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c08603" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902843v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Adjei" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c01444" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04032463v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav Shcherbakov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra00443k" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310723v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.3c04302" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252558v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Soudan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poizot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202300692" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115154v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis S Dobrovolskii" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP01535A" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310740v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.estlett.2c00837" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changjiang Hu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuning Shen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42936-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310736v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaira Reyes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ward" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.2c08257" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310751v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2021.109833" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057253v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander D. Stark" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Kaczmarek" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.1c09068" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322579v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP00373A" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322921v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teseer Bahry" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c10831" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322576v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Al Gharib" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Karim El Omar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.0c01016" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483636v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cepeda" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boturyn" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan D. Mcclenaghan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02985" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310754v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp03875c" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322574v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11030727" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268264v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Isaac" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c01486" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03125779v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pignie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moskura" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR08948F" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056380v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amitava Adhikary" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c05974" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03184967v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moreau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202100562" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868450v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de la Lande" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP06482C" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03287511v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunlong Wang" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingping Gan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuhao Li" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202100378" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310766v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099444v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10122478" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115112v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line L&#233;onard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c08038" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563589v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipra Debnath" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisiya Jacobs" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stark" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000247" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536118v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Musat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Marignier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denisov" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CP07034F" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099416v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20194963" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365720v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusa Muroya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Yamashita" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuneaki Sakurai" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-08005-z" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848447v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake C Spiteri" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex D Johnson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Jonusauskas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mcclenaghan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2018.04.060" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129868v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Musat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Marignier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b12702" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365751v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pernot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b02170" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948406v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan de Tovar" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Romero" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bofill" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gimbert-Suri&#241;ach" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2018.07.008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804029v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello La Rosa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Credi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201712403" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871278v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isaac" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chabert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Denisov" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. D. Mcclenaghan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob01044g" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955955v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwia Klejna" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Szaci&#322;owski" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob00485d" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155280v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Li" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Novak" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Patel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2017.02.030" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579522v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vusala Ibrahimova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vanvarenberg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Verwilst" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pr&#233;at" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR04403H" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391653v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinlin Yu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pozzo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201600137" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426556v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex D. Johnson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle A. Paterson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake C. Spiteri" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ02023B" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284111v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Gan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Wang" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Scarpantonio" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ferrand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201508611" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349284v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Medina-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanouk Cudr&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Male" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mar&#237;n-Su&#225;rez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6an00497k" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155297v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pinaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chambaud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lapeyre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Catargi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp01523a" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426606v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuesong Li" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagula Markandeya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Maurizot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b05668" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155287v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Beniazza" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Atkinson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Absalon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Castet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201600501" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GN9085WG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211550v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Roux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Imbert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201505733" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103182v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doistau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tron" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404064" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071826v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;douane Beniazza" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lambert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Harmand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duboc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404056" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968636v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marin-Suarez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic4030712" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845493v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Leydet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinar Batat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Lima" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp402761j" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874436v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Ragazzon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC45387A" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732071v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ducrot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Kauffmann" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610278.2012.678851" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03664836v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Pigni&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Carteret" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03126694v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moreau" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010521v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Raibaut" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fr&#233;my" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01241762v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BORD0207" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>