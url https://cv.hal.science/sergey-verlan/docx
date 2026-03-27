--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -546,389 +546,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical networks of cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+                <w:t xml:space="preserve">An FPGA Architecture for the RRT Algorithm Based on Membrane Computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeyi Shang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianming Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhige He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2023.113873⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (12), pp.2741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics12122741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04076498v1</w:t>
+                <w:t xml:space="preserve">hal-04435563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tutorial on the formal framework for spiking neural P systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical networks of cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11047-022-09896-0⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 958, pp.113873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2023.113873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032294v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An FPGA Architecture for the RRT Algorithm Based on Membrane Computing</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A tutorial on the formal framework for spiking neural P systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhige He</w:t>
+                <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (12), pp.2741. </w:t>
+              <w:t xml:space="preserve">Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics12122741⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11047-022-09896-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04435563v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulated insertion-deletion systems</w:t>
+                <w:t xml:space="preserve">Tissue P Systems with Vesicles of Multisets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Freund</w:t>
@@ -946,106 +946,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Automata Languages and Combinatorics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 27, pp.15--45. </w:t>
+              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (3-4), pp.179--202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25596/jalc-2022-015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0129054122410015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03766387v1</w:t>
+                <w:t xml:space="preserve">hal-03672466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue P Systems with Vesicles of Multisets</w:t>
+                <w:t xml:space="preserve">Regulated insertion-deletion systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Freund</w:t>
@@ -1063,1195 +1063,1195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 33 (3-4), pp.179--202. </w:t>
+              <w:t xml:space="preserve">Journal of Automata Languages and Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27, pp.15--45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0129054122410015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25596/jalc-2022-015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03672466v1</w:t>
+                <w:t xml:space="preserve">hal-03766387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Overview of Hardware Implementation of Membrane Computing Models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">FPGA Implementation of Numerical P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeyi Shang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Á. Martínez-Del-Amor</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Haina Rong</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Computing Surveys</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Unconventional Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (2-3), pp.279-302</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550487v1</w:t>
+                <w:t xml:space="preserve">hal-04032275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variants of derivation modes for which catalytic P systems with one catalyst are computationally complete</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Single semi-contextual insertion-deletion systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41965-021-00085-z⟩</w:t>
+              <w:t xml:space="preserve">Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.703-712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11047-021-09861-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03438339v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FPGA Implementation of Numerical P Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">An Overview of Hardware Implementation of Membrane Computing Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gexiang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeyi Shang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Á. Martínez-Del-Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengxun Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Unconventional Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Computing Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (4), pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3402456⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032275v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single semi-contextual insertion-deletion systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variants of derivation modes for which catalytic P systems with one catalyst are computationally complete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 20, pp.703-712. </w:t>
+              <w:t xml:space="preserve">Journal of Membrane Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.233-245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11047-021-09861-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s41965-021-00085-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03311601v1</w:t>
+                <w:t xml:space="preserve">hal-03438339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A formal framework for spiking neural P systems</w:t>
+                <w:t xml:space="preserve">Universal insertion grammars of size two</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linqiang Pan</w:t>
+                <w:t xml:space="preserve">Henning Fernau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lakshmanan Kuppusamy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41965-020-00050-2⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 843, pp.153-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2020.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032280v1</w:t>
+                <w:t xml:space="preserve">hal-03550102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal insertion grammars of size two</w:t>
+                <w:t xml:space="preserve">A formal framework for spiking neural P systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Henning Fernau</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lakshmanan Kuppusamy</w:t>
+                <w:t xml:space="preserve">Linqiang Pan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 843, pp.153-163. </w:t>
+              <w:t xml:space="preserve">Journal of Membrane Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (4), pp.355-368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2020.09.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s41965-020-00050-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03550102v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VYPER: Vulnerability detection in binary code</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reaction Systems and Synchronous Digital Circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeyi Shang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El Habib Boudjema</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christèle Faure</w:t>
+                <w:t xml:space="preserve">Ion Petre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Security and Privacy </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/spy2.100⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (10), pp.1961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules24101961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02485434v1</w:t>
+                <w:t xml:space="preserve">hal-02485427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variants of Networks of Evolutionary Processors with Polarizations and a Small Number of Processors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Freund</w:t>
+                <w:t xml:space="preserve">VYPER: Vulnerability detection in binary code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Habib Boudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Mokdad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Rogojin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sergey Verlan</w:t>
+                <w:t xml:space="preserve">Christèle Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 30 (06n07), pp.1005-1027. </w:t>
+              <w:t xml:space="preserve">Security and Privacy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (2), pp.e100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0129054119400264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/spy2.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02485429v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02485434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UCNC 2018 special issue editorial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variants of Networks of Evolutionary Processors with Polarizations and a Small Number of Processors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susan Stepney</w:t>
+                <w:t xml:space="preserve">Vladimir Rogojin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 18 (3), pp.513-514. </w:t>
+              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (06n07), pp.1005-1027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11047-019-09750-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0129054119400264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02485373v1</w:t>
+                <w:t xml:space="preserve">hal-02485429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaction Systems and Synchronous Digital Circuits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zeyi Shang</w:t>
+                <w:t xml:space="preserve">UCNC 2018 special issue editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Stepney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 24 (10), pp.1961. </w:t>
+              <w:t xml:space="preserve">Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (3), pp.513-514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules24101961⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11047-019-09750-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02485427v1</w:t>
+                <w:t xml:space="preserve">hal-02485373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended spiking neural P systems with white hole rules and their red–green variants</w:t>
               </w:r>
@@ -2452,429 +2452,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01638789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small universal deterministic Petri nets with inhibitor arcs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast Hardware Implementations of Static P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Pelz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+                <w:t xml:space="preserve">Juan Quiros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Viejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Bellido</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Automata Languages and Combinatorics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Computing and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35 (3), pp.687-718</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01667580v1</w:t>
+                <w:t xml:space="preserve">hal-01757344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Hardware Implementations of Static P Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small universal deterministic Petri nets with inhibitor arcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Pelz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Manuel J. Bellido</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computing and Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 35 (3), pp.687-718</w:t>
+              <w:t xml:space="preserve">Journal of Automata Languages and Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01757344v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random Context and Semi-conditional Insertion-deletion Systems</w:t>
+                <w:t xml:space="preserve">On the Lower Bounds for Leftist Insertion-Deletion Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundam. Inform.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annals of the University of Bucharest (informatics series)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, LXII (2), pp.77-88</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01161696v1</w:t>
+                <w:t xml:space="preserve">hal-01352362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Lower Bounds for Leftist Insertion-Deletion Languages</w:t>
+                <w:t xml:space="preserve">Random Context and Semi-conditional Insertion-deletion Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the University of Bucharest (informatics series)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fundam. Inform.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 138 (1-2), pp.127--144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/FI-2015-1203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352362v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01161696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating and Accepting P Systems with Minimal Left and Right Insertion and Deletion</w:t>
               </w:r>
@@ -3053,239 +3053,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01161700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Universal Petri Nets with Inhibitor Arcs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Pelz</w:t>
+                <w:t xml:space="preserve">A Formalization of Membrane Systems with Dynamically Evolving Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Pérez-Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustín Riscos-Núñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computing Research Repository</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Computer Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 90 (4), pp.801-815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207160.2012.748899⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01161702v1</w:t>
+                <w:t xml:space="preserve">hal-01352298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Formalization of Membrane Systems with Dynamically Evolving Structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agustín Riscos-Núñez</w:t>
+                <w:t xml:space="preserve">Small Universal Petri Nets with Inhibitor Arcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Pelz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computer Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computing Research Repository</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, abs/1312.4414, pp.1-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00207160.2012.748899⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01352298v1</w:t>
+                <w:t xml:space="preserve">hal-01161702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Small Universal Splicing Systems</w:t>
               </w:r>
@@ -3375,51 +3375,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matrix Insertion-Deletion Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Petre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3542,640 +3542,614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random Context and Semi-Conditional Insertion-Deletion Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+                <w:t xml:space="preserve">(Tissue) P systems working in the ıt k-restricted minimally or maximally parallel transition mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computing Research Repository</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, abs/1112.5947, pp.1-13</w:t>
+              <w:t xml:space="preserve">Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10 (2), pp.821-833</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01161707v1</w:t>
+                <w:t xml:space="preserve">hal-01352307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universality of Splicing Test Tube Systems with Two Tubes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Random Context and Semi-Conditional Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundam. Inform.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 110 (1-4), pp.329-342</w:t>
+              <w:t xml:space="preserve">Computing Research Repository</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, abs/1112.5947, pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352308v1</w:t>
+                <w:t xml:space="preserve">hal-01161707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized Communicating P Systems Working in Fair Sequential Mode</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small Universal TVDH and Test Tube Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Kogler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Spicher</w:t>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Annals of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 21 (2), pp.227--247</w:t>
+              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 22 (1), pp.143-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352373v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Universal TVDH and Test Tube Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computational Power of Insertion-Deletion (P) Systems with Rules of Size Two</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marian Kogler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+                <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 22 (1), pp.143-154</w:t>
+              <w:t xml:space="preserve">Natural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10 (2), pp.835-852</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352310v1</w:t>
+                <w:t xml:space="preserve">hal-01352311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Power of Insertion-Deletion (P) Systems with Rules of Size Two</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Universality of Splicing Test Tube Systems with Two Tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 10 (2), pp.835-852</w:t>
+              <w:t xml:space="preserve">Fundam. Inform.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 110 (1-4), pp.329-342</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352311v1</w:t>
+                <w:t xml:space="preserve">hal-01352308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Systems with Minimal Insertion and Deletion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+                <w:t xml:space="preserve">Generalized Communicating P Systems Working in Fair Sequential Mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Spicher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 412 (1-2), pp.136-144</w:t>
+              <w:t xml:space="preserve">Scientific Annals of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (2), pp.227--247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352378v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Systems with Insertion and Deletion Exo-Operations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4220,890 +4194,916 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Generalized Communicating P Systems with Minimal Interaction Rules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
+                <w:t xml:space="preserve">P Systems with Minimal Insertion and Deletion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 412 (1-2), pp.124-135</w:t>
+              <w:t xml:space="preserve">, 2011, 412 (1-2), pp.136-144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352379v1</w:t>
+                <w:t xml:space="preserve">hal-01352378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Generalized Communicating P Systems with Minimal Interaction Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 412 (1-2), pp.124-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352315v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimization Strategies for Maximally Parallel Multiset Rewriting Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+                <w:t xml:space="preserve">On Generalized Communicating P Systems with Minimal Interaction Rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 412 (17), pp.1581 - 1591</w:t>
+              <w:t xml:space="preserve">, 2011, 412 (1-2), pp.124-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352380v1</w:t>
+                <w:t xml:space="preserve">hal-01352315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Tissue) P systems working in the ıt k-restricted minimally or maximally parallel transition mode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Freund</w:t>
+                <w:t xml:space="preserve">Minimization Strategies for Maximally Parallel Multiset Rewriting Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 10 (2), pp.821-833</w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 412 (17), pp.1581 - 1591</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352307v1</w:t>
+                <w:t xml:space="preserve">hal-01352380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Developments on Insertion-Deletion Systems</w:t>
+                <w:t xml:space="preserve">A Sequence-Based Analysis of the Pointer Distribution of Stichotrichous Ciliates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ion Petre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Science Journal of Moldova</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 18 (2), pp.210-245</w:t>
+              <w:t xml:space="preserve">BioSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 101 (2), pp.109 - 116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352319v1</w:t>
+                <w:t xml:space="preserve">hal-01352381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations on Natural Computing in the Institute of Mathematics and Computer Science</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent Developments on Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Science Journal of Moldova</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 18 (2), pp.101--138</w:t>
+              <w:t xml:space="preserve">, 2010, 18 (2), pp.210-245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01161713v1</w:t>
+                <w:t xml:space="preserve">hal-01352319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Sequence-Based Analysis of the Pointer Distribution of Stichotrichous Ciliates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigations on Natural Computing in the Institute of Mathematics and Computer Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Boian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Burtseva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantin Ciubotaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Cojocaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioSystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 101 (2), pp.109 - 116</w:t>
+              <w:t xml:space="preserve">Computer Science Journal of Moldova</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18 (2), pp.101--138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352381v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01161713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximal, Locally-Maximal, and Minimal Parallelism in Networks of Cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+                <w:t xml:space="preserve">Partial Halting and Minimal Parallelism Based on Arbitrary Rule Partitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Oswald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Unconventional Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 5 (5), pp.391-409</w:t>
+              <w:t xml:space="preserve">Fundam. Inform.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 91 (1), pp.17-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352390v1</w:t>
+                <w:t xml:space="preserve">hal-01352391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial Halting and Minimal Parallelism Based on Arbitrary Rule Partitions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Freund</w:t>
+                <w:t xml:space="preserve">Maximal, Locally-Maximal, and Minimal Parallelism in Networks of Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bernardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Gheorghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundam. Inform.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 91 (1), pp.17-34</w:t>
+              <w:t xml:space="preserve">International Journal of Unconventional Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (5), pp.391-409</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352391v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Length-Separating Test Tube Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5154,77 +5154,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized Communicating P Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bernardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TCS. Techniques Culturales Simplifiées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 404 (1-2), pp.170-184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5258,77 +5258,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Synchronize the Activity of All Components of a P System?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bernardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5360,139 +5360,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Minimal Context-Free Insertion-Deletion Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minimal Cooperation in Symport/Antiport Tissue P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Automata Languages and Combinatorics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 12 (1-2), pp.317-328</w:t>
+              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 18 (1), pp.163-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352405v1</w:t>
+                <w:t xml:space="preserve">hal-01352409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Small Universal Antiport P Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">György Vaszil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5546,671 +5572,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimal Cooperation in Symport/Antiport Tissue P Systems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On Minimal Context-Free Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 18 (1), pp.163-180</w:t>
+              <w:t xml:space="preserve">Journal of Automata Languages and Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 12 (1-2), pp.317-328</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352409v1</w:t>
+                <w:t xml:space="preserve">hal-01352405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Varying Distributed H Systems: An Overview</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">About Splicing P Systems with One Membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 64 (1-4), pp.291-306</w:t>
+              <w:t xml:space="preserve">, 2005, 65 (3), pp.279-290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352414v1</w:t>
+                <w:t xml:space="preserve">hal-01352353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Varying Distributed H Systems: An Overview</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">About Splicing P Systems with One Membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 64 (1-4), pp.291-306</w:t>
+              <w:t xml:space="preserve">, 2005, 65 (3), pp.279-290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352349v1</w:t>
+                <w:t xml:space="preserve">hal-01352419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-Free Insertion-Deletion Systems</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Boundary Result on Enhanced Time-Varying Distributed H Systems with Parallel Computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TCS. Techniques Culturales Simplifiées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2004.06.031⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 344 (2-3), pp.226--242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2005.03.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352415v1</w:t>
+                <w:t xml:space="preserve">hal-01352418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Boundary Result on Enhanced Time-Varying Distributed H Systems with Parallel Computations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-Varying Distributed H Systems: An Overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 64 (1-4), pp.291-306</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352418v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About Splicing P Systems with One Membrane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-Varying Distributed H Systems: An Overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 65 (3), pp.279-290</w:t>
+              <w:t xml:space="preserve">, 2005, 64 (1-4), pp.291-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352353v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About Splicing P Systems with One Membrane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Context-Free Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gheorghe Păun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TCS. Techniques Culturales Simplifiées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 330 (2), pp.339-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2004.06.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352419v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Enhanced Time-Varying Distributed H Systems</w:t>
               </w:r>
@@ -6594,806 +6594,819 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03762652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Tissue) P Systems with Vesicles of Multisets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computationally Complete Generalized Communicating P Systems with Three Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Automata and Formal Languages, AFL 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Debrecen, Hungary. pp.11 - 25, </w:t>
+              <w:t xml:space="preserve">Membrane Computing - 18th International Conference, CMC 2017, Bradford, UK, July 25-28, 2017, Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region. pp.118--128, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4204/EPTCS.252.6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-73359-3_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01638707v1</w:t>
+                <w:t xml:space="preserve">hal-01757529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal Matrix Insertion Grammars with Small Size</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lakshmanan Kuppusamy</w:t>
+                <w:t xml:space="preserve">Computational Completeness of Networks of Evolutionary Processors with Elementary Polarizations and a Small Number of Processors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Rogojin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unconventional Computation and Natural Computation - 16th International Conference, UCNC 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on Descriptional Complexity of Formal Systems (DCFS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Milano, Italy. pp.140-151, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-60252-3_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01638808v1</w:t>
+                <w:t xml:space="preserve">hal-01657015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Completeness of Networks of Evolutionary Processors with Elementary Polarizations and a Small Number of Processors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">(Tissue) P Systems with Vesicles of Multisets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sergey Verlan</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Descriptional Complexity of Formal Systems (DCFS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Automata and Formal Languages, AFL 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Debrecen, Hungary. pp.11 - 25, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4204/EPTCS.252.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-60252-3_11⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01657015v1</w:t>
+                <w:t xml:space="preserve">hal-01638707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-simulation Between P Colonies and P Systems with Multi-stable Catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
+                <w:t xml:space="preserve">Universal Matrix Insertion Grammars with Small Size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henning Fernau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lakshmanan Kuppusamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing - 18th International Conference, CMC 2017, Bradford, UK, July 25-28, 2017, Revised Selected Papers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Unconventional Computation and Natural Computation - 16th International Conference, UCNC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Fayetteville, United States. pp.182-193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-73359-3_7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01757528v1</w:t>
+                <w:t xml:space="preserve">hal-01638808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computationally Complete Generalized Communicating P Systems with Three Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
+                <w:t xml:space="preserve">Bi-simulation Between P Colonies and P Systems with Multi-stable Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Membrane Computing - 18th International Conference, CMC 2017, Bradford, UK, July 25-28, 2017, Revised Selected Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region. pp.118--128, </w:t>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region. pp.105--117, </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-73359-3_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-73359-3_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01757529v1</w:t>
+                <w:t xml:space="preserve">hal-01757528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Systems Working in Maximal Variants of the Set Derivation Mode</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insertion-Deletion Systems over Relational Words</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Potapov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olena Prianychnykova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing - 17th International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Milan, Italy. pp.83-102</w:t>
+              <w:t xml:space="preserve">In Reachability Problems - 10th International Workshop, RP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Aalborg, Denmark. pp.177-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01757362v1</w:t>
+                <w:t xml:space="preserve">hal-01757410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insertion-Deletion Systems over Relational Words</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P Systems Working in Maximal Variants of the Set Derivation Mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Reachability Problems - 10th International Workshop, RP 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Aalborg, Denmark. pp.177-191</w:t>
+              <w:t xml:space="preserve">Membrane Computing - 17th International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Milan, Italy. pp.83-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01757410v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01757362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universality of Graph-controlled Leftist Insertion-deletion Systems with Two States</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">P Systems with Generalized Multisets Over Totally Ordered Abelian Groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machines, Computations, and Universality - 7th International Conference, MCU 2015, Famagusta, North Cyprus, September 9-11, 2015, Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.79--93, </w:t>
+              <w:t xml:space="preserve">Membrane Computing - 16th International Conference, CMC 2015, Valencia, Spain, August 17-21, 2015, Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.117--136, </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-23111-2_6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-28475-0_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352286v1</w:t>
+                <w:t xml:space="preserve">hal-01352290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging Deterministic P Systems and Conditional Grammars</w:t>
               </w:r>
@@ -7477,131 +7490,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Systems with Generalized Multisets Over Totally Ordered Abelian Groups</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Universality of Graph-controlled Leftist Insertion-deletion Systems with Two States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergiu Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing - 16th International Conference, CMC 2015, Valencia, Spain, August 17-21, 2015, Revised Selected Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.117--136, </w:t>
+              <w:t xml:space="preserve">Machines, Computations, and Universality - 7th International Conference, MCU 2015, Famagusta, North Cyprus, September 9-11, 2015, Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.79--93, </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-28475-0_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-23111-2_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352290v1</w:t>
+                <w:t xml:space="preserve">hal-01352286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Universality in Molecular and Cellular Computing</w:t>
               </w:r>
@@ -7659,235 +7659,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promoters and Inhibitors in Purely Catalytic P Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Freund</w:t>
+                <w:t xml:space="preserve">Small Universal Non-deterministic Petri Nets with Inhibitor Arcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Pelz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing - 15th International Conference, CMC 2014, Prague, Czech Republic, August 20-22, 2014, Revised Selected Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.126--138, </w:t>
+              <w:t xml:space="preserve">Descriptional Complexity of Formal Systems - 16th International Workshop, DCFS 2014, Turku, Finland, August 5-8, 2014. Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.186--197, </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-14370-5_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-09704-6_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352294v1</w:t>
+                <w:t xml:space="preserve">hal-01161698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Universal Non-deterministic Petri Nets with Inhibitor Arcs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Pelz</w:t>
+                <w:t xml:space="preserve">Promoters and Inhibitors in Purely Catalytic P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Descriptional Complexity of Formal Systems - 16th International Workshop, DCFS 2014, Turku, Finland, August 5-8, 2014. Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.186--197, </w:t>
+              <w:t xml:space="preserve">Membrane Computing - 15th International Conference, CMC 2014, Prague, Czech Republic, August 20-22, 2014, Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.126--138, </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-09704-6_17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-14370-5_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01161698v1</w:t>
+                <w:t xml:space="preserve">hal-01352294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flattening in (Tissue) P Systems</w:t>
               </w:r>
@@ -8171,64 +8171,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Formal Framework for P Systems with Dynamic Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Pérez-Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustín Riscos-Núñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8499,51 +8499,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Hardware Implementations of P Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Quiros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Membrane Computing - 13th International Conference, CMC 2012, Budapest, Hungary, August 28-31, 2012, Revised Selected Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Unknown, Unknown Region. pp.404-423</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8568,51 +8568,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Generalized Communicating P Systems with One Symbol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">György Vaszil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8657,230 +8657,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-Controlled Insertion-Deletion Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marian Kogler</w:t>
+                <w:t xml:space="preserve">A Small Universal Splicing P System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings Twelfth Annual Workshop on Descriptional Complexity of Formal Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region. pp.88-98</w:t>
+              <w:t xml:space="preserve">Membrane Computing - 11th International Conference, CMC 2010, Jena, Germany, August 24-27, 2010. Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region. pp.95-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352317v1</w:t>
+                <w:t xml:space="preserve">hal-01352318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Small Universal Splicing P System</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+                <w:t xml:space="preserve">Graph-Controlled Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Kogler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing - 11th International Conference, CMC 2010, Jena, Germany, August 24-27, 2010. Revised Selected Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region. pp.95-102</w:t>
+              <w:t xml:space="preserve">Proceedings Twelfth Annual Workshop on Descriptional Complexity of Formal Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region. pp.88-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352318v1</w:t>
+                <w:t xml:space="preserve">hal-01352317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Look-Ahead Evolution for P Systems</w:t>
               </w:r>
@@ -8935,51 +8935,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Power of P Systems with Small Size Insertion and Deletion Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9043,51 +9043,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Automata with Controlled Use of Minimal Communication Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Kogler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9289,51 +9289,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Power of P Systems with Small Size Insertion and Deletion Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9384,51 +9384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Further Results on Insertion-Deletion Systems with One-Sided Contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9479,51 +9479,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Sided Insertion and Deletion: Traditional and P Systems Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9669,51 +9669,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Synchronization in P Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9745,718 +9745,718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial Halting in P Systems Using Membrane Rules with Permitting Contexts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Oswald</w:t>
+                <w:t xml:space="preserve">How to Synchronize the Activity of All Components of a P System?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bernardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Gheorghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machines, Computations, and Universality, 5th International Conference, MCU 2007, Orléans, France, September 10-13, 2007, Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.110-121</w:t>
+              <w:t xml:space="preserve">International Workshop: Automata for Cellular and Molecular Computing, Budapest, Hungary, August 31, 2007, Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.11--23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352406v1</w:t>
+                <w:t xml:space="preserve">hal-01352342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Formal Framework for Static (Tissue) P Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Freund</w:t>
+                <w:t xml:space="preserve">Insertion-Deletion Systems with One-Sided Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Matveevici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing, 8th International Workshop, WMC 2007, Thessaloniki, Greece, June 25-28, 2007 Revised Selected and Invited Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.271-284</w:t>
+              <w:t xml:space="preserve">Machines, Computations, and Universality, 5th International Conference, MCU 2007, Orléans, France, September 10-13, 2007, Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.205-217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352339v1</w:t>
+                <w:t xml:space="preserve">hal-01352410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Synchronize the Activity of All Components of a P System?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Producer/Consumer in Membrane Systems and Petri Nets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bernardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop: Automata for Cellular and Molecular Computing, Budapest, Hungary, August 31, 2007, Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.11--23</w:t>
+              <w:t xml:space="preserve">Computation and Logic in the Real World, Third Conference on Computability in Europe, CiE 2007, Siena, Italy, June 18-23, 2007, Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.43-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352342v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Producer/Consumer in Membrane Systems and Petri Nets</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+                <w:t xml:space="preserve">Partial Halting in P Systems Using Membrane Rules with Permitting Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computation and Logic in the Real World, Third Conference on Computability in Europe, CiE 2007, Siena, Italy, June 18-23, 2007, Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.43-52</w:t>
+              <w:t xml:space="preserve">Machines, Computations, and Universality, 5th International Conference, MCU 2007, Orléans, France, September 10-13, 2007, Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.110-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352408v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insertion-Deletion Systems with One-Sided Contexts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+                <w:t xml:space="preserve">A Formal Framework for Static (Tissue) P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machines, Computations, and Universality, 5th International Conference, MCU 2007, Orléans, France, September 10-13, 2007, Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.205-217</w:t>
+              <w:t xml:space="preserve">Membrane Computing, 8th International Workshop, WMC 2007, Thessaloniki, Greece, June 25-28, 2007 Revised Selected and Invited Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.271-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352410v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Completeness of Tissue P Systems with Conditional Uniport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Length-Separating Test Tube Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing, 7th International Workshop, WMC 2006, Leiden, The Netherlands, July 17-21, 2006, Revised, Selected, and Invited Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.521-535</w:t>
+              <w:t xml:space="preserve">DNA Computing, 12th International Meeting on DNA Computing, DNA12, Seoul, Korea, June 5-9, 2006, Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.58-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352347v1</w:t>
+                <w:t xml:space="preserve">hal-01352346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Length-Separating Test Tube Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computational Completeness of Tissue P Systems with Conditional Uniport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bernardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Gheorghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Computing, 12th International Meeting on DNA Computing, DNA12, Seoul, Korea, June 5-9, 2006, Revised Selected Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.58-70</w:t>
+              <w:t xml:space="preserve">Membrane Computing, 7th International Workshop, WMC 2006, Leiden, The Netherlands, July 17-21, 2006, Revised, Selected, and Invited Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.521-535</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352346v1</w:t>
+                <w:t xml:space="preserve">hal-01352347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Rule Complexity of Universal Tissue P Systems</w:t>
               </w:r>
@@ -10537,51 +10537,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communicative P Systems with Minimal Cooperation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10874,103 +10874,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On P Systems with Bounded Parallelism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bernardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco J. Romero-Campero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario J. Perez-Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYNASC '05: Proceedings of the Seventh International Symposium on Symbolic and Numeric Algorithms for Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Washington, DC, USA, Unknown Region. pp.399-406</w:t>
@@ -10993,835 +10993,835 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue P Systems with Minimal Symport/Antiport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-Varying Distributed H Systems with Parallel Computations: the Problem is Solved</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developments in Language Theory: 8th International Conference, DLT 2004. Auckland, New Zealand, December 13-17, 2004. Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Unknown, Unknown Region. pp.418--430, </w:t>
+              <w:t xml:space="preserve">DNA Computing: 9th International Workshop on DNA Based Computers, DNA9, Madison, WI, USA, June 1-3, 2003. Revised Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Unknown, Unknown Region. pp.48--53, </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/b103739⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/b95518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352354v1</w:t>
+                <w:t xml:space="preserve">hal-01352355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Varying Distributed H Systems with Parallel Computations: the Problem is Solved</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tissue P Systems with Minimal Symport/Antiport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Computing: 9th International Workshop on DNA Based Computers, DNA9, Madison, WI, USA, June 1-3, 2003. Revised Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Unknown, Unknown Region. pp.48--53, </w:t>
+              <w:t xml:space="preserve">Developments in Language Theory: 8th International Conference, DLT 2004. Auckland, New Zealand, December 13-17, 2004. Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Unknown, Unknown Region. pp.418--430, </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/b95518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/b103739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352355v1</w:t>
+                <w:t xml:space="preserve">hal-01352354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1-splicing vs. 2-splicing: Separating Results</w:t>
+                <w:t xml:space="preserve">About Splicing P Systems with Immediate Communication and Non-Extended Splicing P Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosalba Zizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of WORDS'03, 4th International Conference on Combinatorics on Words, September 10-13, 2003, Turku, Finland</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Membrane Computing, International Workshop, WMC 2003, Tarragona, Spain, July, 17-22, 2003, Revised Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.369--382, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/b95207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352356v1</w:t>
+                <w:t xml:space="preserve">hal-01352359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Frontier Result on Enhanced Time-Varying Distributed H Systems with Parallel Computations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Context-Free Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gheorghe Păun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of DCFS'03, Fifth International Workshop, Descriptional Complexity of Formal Systems, Budapest, Hungary, July 12-14, 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.221--232</w:t>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.265--273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352357v1</w:t>
+                <w:t xml:space="preserve">hal-01352423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Frontier Result on Enhanced Time-Varying Distributed H Systems with Parallel Computations</w:t>
+                <w:t xml:space="preserve">1-splicing vs. 2-splicing: Separating Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalba Zizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of DCFS'03, Fifth International Workshop, Descriptional Complexity of Formal Systems, Budapest, Hungary, July 12-14, 2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.221--232</w:t>
+              <w:t xml:space="preserve">Proceedings of WORDS'03, 4th International Conference on Combinatorics on Words, September 10-13, 2003, Turku, Finland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.320--331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352422v1</w:t>
+                <w:t xml:space="preserve">hal-01352421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-Free Insertion-Deletion Systems</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Frontier Result on Enhanced Time-Varying Distributed H Systems with Parallel Computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of DCFS'03, Fifth International Workshop, Descriptional Complexity of Formal Systems, Budapest, Hungary, July 12-14, 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.265--273</w:t>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.221--232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352358v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About Splicing P Systems with Immediate Communication and Non-Extended Splicing P Systems</w:t>
+                <w:t xml:space="preserve">1-splicing vs. 2-splicing: Separating Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalba Zizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Computing, International Workshop, WMC 2003, Tarragona, Spain, July, 17-22, 2003, Revised Papers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of WORDS'03, 4th International Conference on Combinatorics on Words, September 10-13, 2003, Turku, Finland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.320--331</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/b95207⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01352359v1</w:t>
+                <w:t xml:space="preserve">hal-01352356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-Free Insertion-Deletion Systems</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Frontier Result on Enhanced Time-Varying Distributed H Systems with Parallel Computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of DCFS'03, Fifth International Workshop, Descriptional Complexity of Formal Systems, Budapest, Hungary, July 12-14, 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.265--273</w:t>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.221--232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352423v1</w:t>
+                <w:t xml:space="preserve">hal-01352422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1-splicing vs. 2-splicing: Separating Results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Context-Free Insertion-Deletion Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Margenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gheorghe Păun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosalba Zizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of WORDS'03, 4th International Conference on Combinatorics on Words, September 10-13, 2003, Turku, Finland</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.320--331</w:t>
+              <w:t xml:space="preserve">Proceedings of DCFS'03, Fifth International Workshop, Descriptional Complexity of Formal Systems, Budapest, Hungary, July 12-14, 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.265--273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352421v1</w:t>
+                <w:t xml:space="preserve">hal-01352358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Varying Distributed H Systems of Degree 2 Can Carry Out Parallel Computations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11925,77 +11925,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane Computing Models: Implementations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Pérez-Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustín Riscos-Núñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12052,51 +12052,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconventional Computation and Natural Computation - 17th International Conference, UCNC 2018, Fontainebleau, France, June 25-29, 2018, Proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Stepney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12136,77 +12136,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special Issue in Memoriam Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Cojocaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gheorghe Păun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12246,64 +12246,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane Computing - 12th International Conference, CMC 2011, Fontainebleau, France, August 23-26, 2011, Revised Selected Papers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gheorghe Păun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grzegorz Rozenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12526,103 +12526,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane Computing Concepts, Theoretical Developments and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erzsébet Csuhaj-Varjú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Leporati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Ángel Martínez-Del-Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linqiang Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Unconventional Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, World Scientific, pp.261-339, 2021, </w:t>
@@ -12898,90 +12898,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane Computing, Power and Complexity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Păun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Meyers, Robert A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Complexity and Systems Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.1--16, 2017, 978-3-642-27737-5. </w:t>
@@ -13019,90 +13019,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications of P Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Gheorghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Păun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gexiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Meyers, Robert A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Complexity and Systems Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.1--15, 2017, 978-3-642-27737-5</w:t>
@@ -13226,51 +13226,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">String Displacement Systems and DNA Circuits Based on Isothermal Constrained Loop Extension DNA Amplification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Margenstern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13446,51 +13446,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Lower Bounds for Asymmetrical Insertion-deletion Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Bel-Enguix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13558,51 +13558,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small Size Insertion and Deletion Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiom Alhazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Krassovitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurii Rogozhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13660,225 +13660,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication P Systems</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Splicing P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Frisco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gh. Păun and G. Rozenberg and A. Salomaa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Oxford Handbook of Membrane Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oxford University Press, pp.118--143, 2009</w:t>
+              <w:t xml:space="preserve">, Oxford University Press, pp.198--226, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352392v1</w:t>
+                <w:t xml:space="preserve">hal-01352324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Splicing P Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Communication P Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artiom Alhazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Rogozhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierluigi Frisco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gh. Păun and G. Rozenberg and A. Salomaa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Oxford Handbook of Membrane Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oxford University Press, pp.198--226, 2009</w:t>
+              <w:t xml:space="preserve">, Oxford University Press, pp.118--143, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352324v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communicating Distributed H Systems with Alternating Filters</w:t>
               </w:r>
@@ -14280,51 +14280,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconventional Computation and Natural Computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Stepney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14613,51 +14613,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special Issue: Unconventional Computing and Natural Computing 2018 - Selected papers from the Unconventional Computing and Natural Computing Conference 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Stepney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14699,87 +14699,87 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UCNC 2018 special issue editorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Stepney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Verlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 18 (3), pp.513-514, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11047-019-09750-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435610v1</w:t>
@@ -14880,51 +14880,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AE7634C4"/>
+    <w:nsid w:val="2AA5E109"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15111,51 +15111,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sergey-verlan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7800-1618" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081672446" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/211166614" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05195631v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artiom Alhazov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Freund" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiu Ivanov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Verlan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41965-025-00198-9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05205514v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-025-10037-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839019v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56415/csjm.v32.18" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.113873" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032294v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gexiang Zhang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-022-09896-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435563v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyi Shang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wei" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianming Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhige He" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12122741" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766387v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25596/jalc-2022-015" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672466v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054122410015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550487v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;. Mart&#237;nez-Del-Amor" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengxun Yuan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3402456" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438339v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41965-021-00085-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032275v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haina Rong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311601v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-021-09861-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032280v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linqiang Pan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41965-020-00050-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Fernau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmanan Kuppusamy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.09.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485434v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Habib Boudjema" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Mokdad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Faure" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spy2.100" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485429v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Rogojin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054119400264" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485373v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Stepney" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-019-09750-w" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485427v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Petre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24101961" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485423v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Oswald" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-017-9649-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638789v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2017-1580" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667580v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pelz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757344v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Quiros" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Viejo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Millan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Bellido" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161696v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2015-1203" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352362v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352295v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurii Rogozhin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-013-9396-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161700v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161702v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352298v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio P&#233;rez-Hurtado" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Riscos-N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207160.2012.748899" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352305v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054112400564" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.07.002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352370v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161707v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352308v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Margenstern" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352373v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Spicher" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352310v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Kogler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352311v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Krassovitskiy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352378v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352377v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352379v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erzs&#233;bet Csuhaj-Varj&#250;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352315v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352380v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352307v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352319v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161713v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Boian" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Burtseva" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Ciubotaru" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Cojocaru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352381v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352390v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bernardini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Gheorghe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352391v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352337v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352393v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2008.04.008" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352405v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352403v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Vaszil" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2006.11.023" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352409v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352414v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352349v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352415v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gheorghe P&#259;un" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2004.06.031" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352418v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2005.03.056" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352353v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352419v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352361v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352424v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05091896v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81202-6_5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762652v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13502-6_6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638707v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.252.6" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638808v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01657015v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60252-3_11" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757528v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73359-3_7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757529v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73359-3_8" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757362v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757410v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Potapov" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Prianychnykova" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352286v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23111-2_6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352292v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28475-0_5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352290v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28475-0_9" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352288v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20028-6_10" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352294v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-14370-5_8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161698v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09704-6_17" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352363v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Leporati" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Mauri" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio E. Porreca" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352297v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161704v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-54239-8_16" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352365v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352366v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352301v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilbert Heikenw&#228;lder" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352304v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352320v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352317v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352318v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352323v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352322v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352321v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352397v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352398v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352336v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352335v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352331v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352395v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352329v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352406v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352339v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352342v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352408v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352410v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artiom Matveevici" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352347v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352346v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352348v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352352v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Rogozhin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b106721" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352351v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352413v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352417v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352416v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Romero-Campero" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario J. Perez-Jimenez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352354v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b103739" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352355v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b95518" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352356v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalba Zizza" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352357v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352422v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352358v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352359v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b95207" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352423v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352421v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352360v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36440-4_29" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FG1BZJG9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435583v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario P&#233;rez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Konur" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-1566-5" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485345v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92435-9" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352289v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2015-1193" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352303v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Rozenberg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arto Salomaa" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05185046v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-97274-4_10" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435586v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Mart&#237;nez-Del-Amor" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811235726_0008" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949068v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00265-7_1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757525v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73216-9_20" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757527v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei P&#259;un" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27737-5_697-1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757526v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352287v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09039-9_11" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485401v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mayer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352293v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13350-8_19" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352312v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Bel-Enguix" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352316v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9781848165458_0009" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352392v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352324v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Frisco" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352420v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750252v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serghei Verlan" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004METZ004S" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435604v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12797-8_4" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792687v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durand-Lose" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92402-1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435609v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427217v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarkko Kari" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435581v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2021-2052" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485388v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435610v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sergey-verlan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7800-1618" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081672446" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/211166614" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05195631v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artiom Alhazov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Freund" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiu Ivanov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Verlan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41965-025-00198-9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05205514v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-025-10037-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839019v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56415/csjm.v32.18" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435563v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyi Shang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianming Li" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhige He" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12122741" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076498v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.113873" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032294v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gexiang Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-022-09896-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672466v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054122410015" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766387v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25596/jalc-2022-015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032275v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haina Rong" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311601v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-021-09861-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550487v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;. Mart&#237;nez-Del-Amor" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengxun Yuan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3402456" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438339v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41965-021-00085-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550102v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Fernau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmanan Kuppusamy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.09.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032280v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linqiang Pan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41965-020-00050-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485427v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Petre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24101961" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485434v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Habib Boudjema" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Mokdad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Faure" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spy2.100" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485429v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Rogojin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054119400264" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485373v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Stepney" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-019-09750-w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485423v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Oswald" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-017-9649-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638789v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2017-1580" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757344v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Quiros" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Viejo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Millan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Bellido" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667580v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pelz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352362v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161696v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2015-1203" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352295v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurii Rogozhin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-013-9396-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161700v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352298v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio P&#233;rez-Hurtado" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Riscos-N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207160.2012.748899" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161702v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352305v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054112400564" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.07.002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352370v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352307v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161707v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352310v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Kogler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Margenstern" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352311v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Krassovitskiy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352308v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352373v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Spicher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352377v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352378v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352379v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erzs&#233;bet Csuhaj-Varj&#250;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352315v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352380v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352381v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352319v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161713v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Boian" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Burtseva" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Ciubotaru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Cojocaru" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352391v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352390v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bernardini" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Gheorghe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352337v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352393v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2008.04.008" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352409v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352403v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Vaszil" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2006.11.023" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352405v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352353v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352419v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352418v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2005.03.056" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352349v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352414v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352415v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gheorghe P&#259;un" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2004.06.031" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352361v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352424v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05091896v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81202-6_5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762652v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13502-6_6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757529v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73359-3_8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01657015v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60252-3_11" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638707v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.252.6" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638808v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757528v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73359-3_7" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757410v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Potapov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Prianychnykova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757362v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352290v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28475-0_9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352292v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28475-0_5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352286v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23111-2_6" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352288v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20028-6_10" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161698v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09704-6_17" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352294v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-14370-5_8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352363v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Leporati" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Mauri" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio E. Porreca" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352297v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161704v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-54239-8_16" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352365v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352366v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352301v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilbert Heikenw&#228;lder" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352304v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352320v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352318v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352317v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352323v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352322v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352321v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352397v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352398v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352336v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352335v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352331v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352395v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352329v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352342v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352410v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artiom Matveevici" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352408v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352406v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352339v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352346v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352347v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352348v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352352v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Rogozhin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b106721" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352351v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352413v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352417v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352416v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Romero-Campero" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario J. Perez-Jimenez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352355v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b95518" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352354v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b103739" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352359v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b95207" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352423v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352421v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalba Zizza" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352357v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352356v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352422v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352358v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352360v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36440-4_29" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FG1BZJG9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435583v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario P&#233;rez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Konur" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-1566-5" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485345v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92435-9" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352289v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2015-1193" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352303v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Rozenberg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arto Salomaa" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05185046v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-97274-4_10" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435586v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Mart&#237;nez-Del-Amor" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811235726_0008" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949068v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00265-7_1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757525v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73216-9_20" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757527v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei P&#259;un" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27737-5_697-1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757526v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352287v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09039-9_11" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485401v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mayer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352293v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13350-8_19" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352312v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Bel-Enguix" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352316v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9781848165458_0009" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352324v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Frisco" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352392v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352420v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750252v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serghei Verlan" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004METZ004S" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435604v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12797-8_4" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792687v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durand-Lose" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92402-1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435609v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427217v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarkko Kari" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435581v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2021-2052" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485388v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435610v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>