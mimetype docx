--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -234,412 +234,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05220928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ArtSymbioCyc, a metabolic network database collection dedicated to arthropod symbioses: a case study, the tripartite cooperation in Sipha maydis</w:t>
+                <w:t xml:space="preserve">Explaining Random Forest and XGBoost with Shallow Decision Trees by Co-clustering Feature Importance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+                <w:t xml:space="preserve">Ruggero Pensa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Gerlin</w:t>
+                <w:t xml:space="preserve">Anton Crombach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Parisot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Rigotti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/msystems.00140-25⟩</w:t>
+              <w:t xml:space="preserve">Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 114 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10994-025-06932-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987746v1</w:t>
+                <w:t xml:space="preserve">hal-05379633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation of transcription factors, chromatin-associated factors, and basal transcription machinery in the pea aphid, Acyrthosiphon pisum, and development of the ATFdb database, a resource for studies of transcriptional regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 177, pp.104217. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ibmb.2024.104217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04832131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining Random Forest and XGBoost with Shallow Decision Trees by Co-clustering Feature Importance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ruggero Pensa</w:t>
+                <w:t xml:space="preserve">ArtSymbioCyc, a metabolic network database collection dedicated to arthropod symbioses: a case study, the tripartite cooperation in Sipha maydis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Crombach</w:t>
+                <w:t xml:space="preserve">Léo Gerlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Rigotti</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Renoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 114 (12), </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10994-025-06932-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/msystems.00140-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05379633v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial tubular networks channel carbohydrates in insect endosymbiosis</w:t>
               </w:r>
@@ -702,51 +702,51 @@
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ghanem-Debbache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">, 2025, 188 (26), pp.7355-7365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cell.2025.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -902,77 +902,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective pruning for top-k feature search on the basis of SHAP values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Chabrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Crombach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12, pp.163079-163092. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1313,51 +1313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1581,51 +1581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Frouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2338,51 +2338,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary novelty in the apoptotic pathway of aphids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Gaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2472,51 +2472,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary Subspace Clustering Using Variable Genome Length</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Beslon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2831,51 +2831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hickinbotham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Creative Music Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2 (1), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3386,51 +3386,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific expansion and diversification of Inhibitors of APoptosis (IAPs) support symbiont maintenance and morph-specific regulation in aphids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Gaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3511,77 +3511,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re_actShap : détection de rebranchements des réseaux de régulation d’expression génique à l’aide des valeurs SHAP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Chabrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Crombach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ième conference sur l'Extraction et Gestion des Connaissances (EGC), session demonstrations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Strasbourg, France. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3619,77 +3619,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining SHAP-driven Co-clustering and Shallow Decision Trees to Explain XGBoost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero G. Pensa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Crombach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. International Conference Discovery Science (DS'24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Pise, Italy. pp.369-384, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3736,77 +3736,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting gene regulatory network rewiring as changes in marker regulatory associations using only single-cell gene expression data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Chabrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Crombach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 12th Data Mining in Biomedical Informatics and Healthcare Workshop (DMBIH'24) at ICDM'24</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Abu Dhabi, United Arab Emirates. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3831,51 +3831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de l'IA et des modèles dynamiques à BF2I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3926,77 +3926,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling regulatory associations using explainable AI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Chabrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Crombach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée GT Machine learning pour la génomique LEGO à JOBIM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4015,484 +4015,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionarily conserved metazoan pathways have evolved new functions and regulate bacteriocytes' dynamics in the context of symbiosis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+                <w:t xml:space="preserve">Repellent and attractant activity of ten plant essential oils and their compounds against the pea aphid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Renoz</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Livi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII International Congress of Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">54th International Symposium on Essential Oils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Balatonalmádi, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702864v1</w:t>
+                <w:t xml:space="preserve">hal-04772182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNAseq analysis reveals new roles for conserved metazoan pathways in the regulation of bacteriocyte dynamics</w:t>
+                <w:t xml:space="preserve">Evolutionarily conserved metazoan pathways have evolved new functions and regulate bacteriocytes' dynamics in the context of symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Gaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Callaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">XXVII International Congress of Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783705v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04702864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repellent and attractant activity of ten plant essential oils and their compounds against the pea aphid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine Rey</w:t>
+                <w:t xml:space="preserve">RNAseq analysis reveals new roles for conserved metazoan pathways in the regulation of bacteriocyte dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Edouard Mercier</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Livi</w:t>
+                <w:t xml:space="preserve">Patrick Callaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th International Symposium on Essential Oils</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Balatonalmádi, Hungary</w:t>
+              <w:t xml:space="preserve">14èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04772182v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genome-wide annotation of transcription factors in the pea aphid, Acyrthosiphon pisum, and the related database, ATFdb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
@@ -4584,264 +4584,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyrthosiphon pisum tissue-specific gene regulatory network inference</w:t>
+                <w:t xml:space="preserve">Assessing Gene Regulatory Network Inference Algorithms Using Word Embeddings: A Novel Approach for NLP and Systems Biology Integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Zapata</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Digital Humanities BeNeLux 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Digital Humanities BeNeLux, May 2023, Bruxelles (BE), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670574v1</w:t>
+                <w:t xml:space="preserve">hal-04783589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Gene Regulatory Network Inference Algorithms Using Word Embeddings: A Novel Approach for NLP and Systems Biology Integration</w:t>
+                <w:t xml:space="preserve">Acyrthosiphon pisum tissue-specific gene regulatory network inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Cruché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elea Pauliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities BeNeLux 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Digital Humanities BeNeLux, May 2023, Bruxelles (BE), Belgium</w:t>
+              <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783589v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filets biosourcés, biodégradables et bioinsectifuges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4916,126 +4916,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical workshop on embedding, clustering and classification of molecular structures in Python</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bioactivity and chemical composition of forty plant essential oils against the pea aphid Acyrthosiphon pisum revealed peppermint oil as a promising biorepellent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on chemo-informatics and bio-informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Natural Sciences Faculty at UMSA (Universidad Mayor de San Andrés), Aug 2023, La Paz, Bolivia</w:t>
+              <w:t xml:space="preserve">Séminaire INFECTIOTRON externe MAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04783618v1</w:t>
+                <w:t xml:space="preserve">hal-04772152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactivity and chemical composition of forty plant essential oils against the pea aphid Acyrthosiphon pisum revealed peppermint oil as a promising biorepellent</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Repellent Anti-insect Net Based on Biopolymer / Plant Essential Oil Blend as an Alternative to Conventional Chemical Pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5064,513 +5120,457 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire INFECTIOTRON externe MAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées des doctorants du département SPE INRAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772152v1</w:t>
+                <w:t xml:space="preserve">hal-04772009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repellent Anti-insect Net Based on Biopolymer / Plant Essential Oil Blend as an Alternative to Conventional Chemical Pesticides</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Practical workshop on embedding, clustering and classification of molecular structures in Python</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des doctorants du département SPE INRAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Avignon, France</w:t>
+              <w:t xml:space="preserve">Workshop on chemo-informatics and bio-informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Natural Sciences Faculty at UMSA (Universidad Mayor de San Andrés), Aug 2023, La Paz, Bolivia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772009v1</w:t>
+                <w:t xml:space="preserve">hal-04783618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet as a major driver of endosymbiont dynamic in cereal weevils</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Lacotte</w:t>
+                <w:t xml:space="preserve">Réseaux de régulation géniques : Méthodes d'inférence et questions biologiques dans le modèle puceron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Première rencontre SPE et Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE département SPE, May 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809408v1</w:t>
+                <w:t xml:space="preserve">hal-04783124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux de régulation géniques : Méthodes d'inférence et questions biologiques dans le modèle puceron</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation de méthodes d'apprentissage automatique pour la reconstruction et modélisation de réseaux géniques développementaux chez les bactériocytes d'insectes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Première rencontre SPE et Numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE département SPE, May 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">1er séminaire Métaprogramme DIGIT-BIO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Ecully, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04783124v1</w:t>
+                <w:t xml:space="preserve">hal-04889858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de méthodes d'apprentissage automatique pour la reconstruction et modélisation de réseaux géniques développementaux chez les bactériocytes d'insectes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diet as a major driver of endosymbiont dynamic in cereal weevils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Dell’aglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadéla Benzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er séminaire Métaprogramme DIGIT-BIO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Ecully, France</w:t>
+              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04889858v1</w:t>
+                <w:t xml:space="preserve">hal-04809408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre l'apprentissage automatique : un retour d'expérience</w:t>
               </w:r>
@@ -5608,51 +5608,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Douarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CETSIS 2021 - Colloque de l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Valenciennes, France. pp.1-5</w:t>
@@ -5785,51 +5785,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de pucerons par imagerie hyperspectrale en conditions de laboratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5923,51 +5923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Inhibitor of APoptosis (IAP) gene family in aphids: between expansion and functional diversification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6156,51 +6156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jousselin Emmanuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Huygens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6696,51 +6696,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weight-based search to find clusters around medians in subspaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6899,51 +6899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Abernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Beslon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7033,51 +7033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hickinbotham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Computer Simulation of Musical Creativity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Huddersfield, United Kingdom. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7115,51 +7115,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subspace Clustering for all Seasons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Beslon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7210,51 +7210,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subspace Clustering Using Evolvable Genome Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Beslon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7428,51 +7428,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GReNaDIne+: Generalization-Aware Gene Regulatory Networks Inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Cruché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matis Zouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7566,90 +7566,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAPs) in early metazoans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EVOLYON 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Villeurbanne, France</w:t>
@@ -7691,90 +7691,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAP) in early metazoans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jacque Monod conference, Molecular basis for membrane remodelling and organisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Roscoff, France</w:t>
@@ -8053,103 +8053,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8293,299 +8293,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03741324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-supervised learning for tree-based regressors to improve the prediction of the interactions between genes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anton Crombach</w:t>
+                <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rigotti</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium MaDICS</w:t>
+              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03894314v1</w:t>
+                <w:t xml:space="preserve">hal-04784498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+                <w:t xml:space="preserve">Semi-supervised learning for tree-based regressors to improve the prediction of the interactions between genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Chabrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Crombach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Parisot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hubert Charles</w:t>
+                <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
+              <w:t xml:space="preserve">Symposium MaDICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04784498v1</w:t>
+                <w:t xml:space="preserve">hal-03894314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unbalanced diet coupled with disrupted symbiont metabolism impairs cuticle synthesis in Sitophilus oryzae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Dell’aglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8778,103 +8778,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Nice (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9038,103 +9038,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive annotation of transcription factors, chromatin-associated factors, and basal transcription machinery in the pea aphid, Acyrthosiphon pisum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -9478,51 +9478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Abernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] INRIA Grenoble - Rhône-Alpes. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -9583,51 +9583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Abernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] INRIA Grenoble - Rhône-Alpes. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -9818,51 +9818,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220928v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Delage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c05064" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987746v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00140-25" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832131v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2024.104217" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379633v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Pensa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Crombach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigotti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06932-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395665v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Santarella-Mellwig" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem-Debbache" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2025.10.001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876188v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heriberto Casta&#241;eta Maroni" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Quispe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebbe Yapu Tapia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Duchowicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34098/2078-3949.41.3.4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549416v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chabrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3489958" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045309v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Dell&#8217;aglio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fad&#233;la Benzaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03333-22" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154084v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.116610" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15082103" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045314v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e13962" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Schmitt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sorin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Frout&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes14020269" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044951v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218213023600059" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154047v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13030526" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781756v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demeaux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231710012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806585v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Toan Nguyen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Diaz Sempere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Novales" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriengineering4040058" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936990v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Zapata" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297056v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218213021500226" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052353v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cissy Huygens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013847117" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beslon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/coin.12254" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289344v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419033v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Castellini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Bicego" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Bloisi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Blum" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Masillo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01969722.2019.1677333" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596573v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Abernot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hickinbotham" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5920/JCMS.2017.11" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809086v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heriberto Casta&#241;eta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809101v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255057v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Lo Van" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Meunier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elea Pauliat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matis Zouari" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-01436-8_14" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418773v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290694v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04877547v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809871v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero G. Pensa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78977-9_24" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04808464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788764v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783821v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702864v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783705v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callaerts" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772182v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lacotte" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524595v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783630v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670574v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cruch&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783589v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772172v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783618v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772009v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809408v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783124v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889858v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341954v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Debs" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Douarre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jourdan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630485v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772039v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514209v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022606v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514196v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jousselin Emmanuelle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huygens" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639204v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Foncelle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361914v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2019.00149" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140360v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369044v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Minvielle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Atiq" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mougeot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2019.00141" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869974v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rossi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818359v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Zapata&#8203;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569091v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368034v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252793v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199136v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417628v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Khademioureh" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Dinu" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707901" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261758v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marteau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290683v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137897v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810099v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771969v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maire" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810352v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741324v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894314v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784498v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04744858v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana G. Ferrarini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810113v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514174v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766739v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792881v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022614v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863880v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933582v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577180v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577177v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220928v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Delage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c05064" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Pensa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Crombach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigotti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06932-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832131v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2024.104217" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987746v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00140-25" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395665v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Santarella-Mellwig" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem-Debbache" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2025.10.001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876188v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heriberto Casta&#241;eta Maroni" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Quispe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebbe Yapu Tapia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Duchowicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34098/2078-3949.41.3.4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549416v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chabrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3489958" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045309v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Dell&#8217;aglio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fad&#233;la Benzaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03333-22" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154084v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.116610" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15082103" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045314v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e13962" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Schmitt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sorin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Frout&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes14020269" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044951v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218213023600059" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154047v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13030526" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781756v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demeaux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231710012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806585v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Toan Nguyen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Diaz Sempere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Novales" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriengineering4040058" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936990v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Zapata" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297056v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218213021500226" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052353v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cissy Huygens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013847117" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beslon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/coin.12254" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289344v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419033v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Castellini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Bicego" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Bloisi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Blum" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Masillo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01969722.2019.1677333" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596573v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Abernot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hickinbotham" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5920/JCMS.2017.11" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809086v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heriberto Casta&#241;eta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809101v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255057v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Lo Van" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Meunier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elea Pauliat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matis Zouari" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-01436-8_14" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418773v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290694v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04877547v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809871v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero G. Pensa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78977-9_24" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04808464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788764v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783821v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772182v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lacotte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702864v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783705v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callaerts" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524595v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783630v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783589v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670574v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cruch&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772172v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772152v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772009v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783618v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783124v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889858v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809408v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341954v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Debs" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Douarre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jourdan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630485v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772039v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514209v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022606v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514196v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jousselin Emmanuelle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huygens" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639204v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Foncelle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361914v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2019.00149" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140360v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369044v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Minvielle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Atiq" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mougeot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2019.00141" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869974v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rossi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818359v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Zapata&#8203;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569091v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368034v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252793v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199136v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417628v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Khademioureh" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Dinu" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707901" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261758v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marteau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290683v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137897v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810099v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771969v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maire" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810352v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741324v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784498v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894314v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04744858v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana G. Ferrarini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810113v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514174v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766739v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792881v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022614v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863880v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933582v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577180v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577177v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>