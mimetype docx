--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -417,464 +417,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03962836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorializing the Greek Anthology : The palatin manuscript as a collective imaginary</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Chercher les forces obliques » : poétique anamorphique dans l’œuvre photolittéraire de Lydia Flem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servanne Monjour</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities Quarterly</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/itineraires.7733⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03762856v1</w:t>
+                <w:t xml:space="preserve">hal-03279738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les impensés de la littérature contemporaine. Moderne/contemporain de Pascal Mougin (Paris, Les Presses du réel, 2019)</w:t>
+                <w:t xml:space="preserve">La photolittérature face à la remédiation photographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servanne Monjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sens public</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1079453ar⟩</w:t>
+              <w:t xml:space="preserve">Les Nouveaux Cahiers de Marge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, INPUT PICTURA POESIS Littérature et photographie numérique(s), 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35562/marge.316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03986664v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03986685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La littérature numérique n’existe pas. La littérarité au prisme de l’imaginaire médiatique contemporain</w:t>
+                <w:t xml:space="preserve">Les impensés de la littérature contemporaine. Moderne/contemporain de Pascal Mougin (Paris, Les Presses du réel, 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servanne Monjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; langages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/comla1.205.0005⟩</w:t>
+              <w:t xml:space="preserve">Sens public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1079453ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279779v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03986664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Chercher les forces obliques » : poétique anamorphique dans l’œuvre photolittéraire de Lydia Flem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editorializing the Greek Anthology : The palatin manuscript as a collective imaginary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Vitali Rosati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servanne Monjour</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Casenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Mellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Digital Humanities Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279738v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La photolittérature face à la remédiation photographique</w:t>
+                <w:t xml:space="preserve">La littérature numérique n’existe pas. La littérarité au prisme de l’imaginaire médiatique contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servanne Monjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouveaux Cahiers de Marge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, INPUT PICTURA POESIS Littérature et photographie numérique(s), 2, </w:t>
+              <w:t xml:space="preserve">Communication &amp; langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Cultures numériques en Afrique francophone Observer les pratiques, questionner les concepts, 205, pp.5-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.35562/marge.316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/comla1.205.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03986685v1</w:t>
+                <w:t xml:space="preserve">hal-03279779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'invention littéraire des médias</w:t>
               </w:r>
@@ -962,213 +962,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littérature et production de l'espace à l’ère numérique. L'éditorialisation de la Transcanadienne. Du spatial turn à Google maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ontologie du numérique. Entre mimésis et réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servanne Monjour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Vitali-Rosati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Servanne Monjour</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Treleani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">@nalyses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sens public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1048866ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01720134v1</w:t>
+                <w:t xml:space="preserve">hal-01720136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontologie du numérique. Entre mimésis et réalité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Littérature et production de l'espace à l’ère numérique. L'éditorialisation de la Transcanadienne. Du spatial turn à Google maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Vitali-Rosati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servanne Monjour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matteo Treleani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sens public</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">@nalyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (3), pp.198--229</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1048866ar⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01720136v1</w:t>
+                <w:t xml:space="preserve">hal-01720134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le fait littéraire au temps du numérique. Pour une ontologie de l’imaginaire</w:t>
               </w:r>
@@ -1725,51 +1725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée Bourassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Olivier Brassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Casenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CRC en écritures numériques; Codicille éditeur, 2018, 978-2-924446-11-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -2565,51 +2565,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servanne Monjour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986718v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949839v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Vitali Rosati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03962836v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12363-7.p.0237" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03762856v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Casenave" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bouchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Mellet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986664v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1079453ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279779v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.205.0005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279738v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.7733" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986685v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/marge.316" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941290v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carrier-Lafleur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gaudreault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720134v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Vitali-Rosati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720136v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Treleani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1048866ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Wormser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720182v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720183v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059659v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949829v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pum.umontreal.ca/catalogue/mythologiespostphotographiques ; http://www.parcoursnumeriques-pum.ca/10-mythologies/introduction.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Audet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blanc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Bourassa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Olivier Brassard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04590994v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003320838-4/platform-intermediality-servanne-monjour-nicolas-sauret?context=ubx&amp;amp;refId=81f318f2-f1a3-4ba3-a7c1-55f8446dc20c" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003320838-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949846v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986678v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8303/subjectivites-numeriques-et-posthumain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720184v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986650v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servanne Monjour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986718v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949839v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Vitali Rosati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03962836v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12363-7.p.0237" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279738v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.7733" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986685v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/marge.316" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986664v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1079453ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03762856v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Casenave" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bouchard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Mellet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279779v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.205.0005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941290v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carrier-Lafleur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gaudreault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720136v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Vitali-Rosati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Treleani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1048866ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720134v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Wormser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720182v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720183v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04059659v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949829v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pum.umontreal.ca/catalogue/mythologiespostphotographiques ; http://www.parcoursnumeriques-pum.ca/10-mythologies/introduction.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Audet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blanc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Bourassa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Olivier Brassard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04590994v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003320838-4/platform-intermediality-servanne-monjour-nicolas-sauret?context=ubx&amp;amp;refId=81f318f2-f1a3-4ba3-a7c1-55f8446dc20c" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003320838-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949846v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986678v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8303/subjectivites-numeriques-et-posthumain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720184v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986650v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>