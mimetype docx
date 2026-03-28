--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -261,364 +261,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05369898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du dossier &amp;quot;Politiques et institutions dans la résilience des petites économies insulaires face aux chocs</w:t>
+                <w:t xml:space="preserve">Quel « développement durable » face à l’accélération des changements globaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michaël Goujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes en Développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2023/4, pp.7</w:t>
+              <w:t xml:space="preserve">Revue juridique, politique et économique de Nouvelle-Calédonie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.111-129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04546503v1</w:t>
+                <w:t xml:space="preserve">hal-04461004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politiques et institutions dans la résilience des petites économies insulaires face aux chocs. Présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Géronimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Goujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 51 (204), pp.7-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/med.204.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel « développement durable » face à l’accélération des changements globaux ?</w:t>
+                <w:t xml:space="preserve">Présentation du dossier &amp;quot;Politiques et institutions dans la résilience des petites économies insulaires face aux chocs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geronimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Goujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue juridique, politique et économique de Nouvelle-Calédonie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.111-129</w:t>
+              <w:t xml:space="preserve">Mondes en Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023/4, pp.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461004v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04546503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour un réexamen des concepts de « décolonisation, indépendance et souveraineté » au prisme de l’expérience néocalédonienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Prinsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -650,196 +650,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ird-03996301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ‘Rebalancing’ of New Caledonia’s Economy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">An emerging “Islandian” sovereignty of non-self-governing islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Prinsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pacific History</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 52 (2), pp.194-216. </w:t>
+              <w:t xml:space="preserve">International Journal: Canada's Journal of Global Policy Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72 (1), pp.56-78. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00223344.2017.1349532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0020702017693260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04460999v1</w:t>
+                <w:t xml:space="preserve">hal-04461001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An emerging “Islandian” sovereignty of non-self-governing islands</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The ‘Rebalancing’ of New Caledonia’s Economy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal: Canada's Journal of Global Policy Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 72 (1), pp.56-78. </w:t>
+              <w:t xml:space="preserve">Journal of Pacific History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52 (2), pp.194-216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0020702017693260⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00223344.2017.1349532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461001v1</w:t>
+                <w:t xml:space="preserve">hal-04460999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de la culture dans les politiques de développement durable : le cas de la Nouvelle-Calédonie</w:t>
               </w:r>
@@ -963,51 +963,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'après Kyoto : quelle approche face au changement climatique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, n°154 (2), pp.103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1179,51 +1179,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DE L'AIDE A LA COOPÉRATION ÉCONOMIQUE : POUR UN RE-EXAMEN DE LA POLITIQUE JAPONAISE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Tiers Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1317,51 +1317,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the link between Japanese ODA and FDI in China: a microeconomic evaluation using conditional logit analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 37 (1), pp.51-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1464,51 +1464,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LA RÉPARTITION DE L'AIDE ET DES INVESTISSEMENTS DIRECTS ÉTRANGERS JAPONAIS EN CHINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Région et Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1559,89 +1559,89 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foreign aid to agriculture, forestry and fishing in five SICT’s of Oceania</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What place for family farming in foreign aid to five SICTs of Melanesia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Brouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Bouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonas Brouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Hawksley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1656,51 +1656,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Family Farming, Food and Health in Intertropical Island Countries and Territories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de la Nouvelle-Calédonie; Université Nationale de Vanuatu; Agence Universitaire de la Francophonie; Ambassade de France au Vanuatu et aux Iles Salomon; Gouvernement du Vanuatu, Jun 2023, Port Vila, Vanuatu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461034v1</w:t>
+                <w:t xml:space="preserve">hal-04461035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of foreign aid in development finance to the SICT’s of Oceania</w:t>
               </w:r>
@@ -1801,89 +1801,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04461032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What place for family farming in foreign aid to five SICTs of Melanesia?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Foreign aid to agriculture, forestry and fishing in five SICT’s of Oceania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Bouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Brouillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Severine Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Hawksley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1898,271 +1898,271 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Family Farming, Food and Health in Intertropical Island Countries and Territories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de la Nouvelle-Calédonie; Université Nationale de Vanuatu; Agence Universitaire de la Francophonie; Ambassade de France au Vanuatu et aux Iles Salomon; Gouvernement du Vanuatu, Jun 2023, Port Vila, Vanuatu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461035v1</w:t>
+                <w:t xml:space="preserve">hal-04461034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’indépendance a-t-elle conduit au sous-développement ? L’exemple des trajectoires à long terme des petites économies insulaires</w:t>
+                <w:t xml:space="preserve">La gestion participative dans la gouvernance du développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lucic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence ARUM (Actes de la Recherche Ultra Marine)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATOM; MRSH de Caen; Fédération TEPP du CNRS; CESE; INJEP; Ministère des Outre-Mer; Région Réunion, Oct 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Quelles perspectives pour la démocratie environnementale ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité de gestion de la Zone Côtière Ouest, Oct 2022, La Foa, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461039v1</w:t>
+                <w:t xml:space="preserve">hal-04461037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion participative dans la gouvernance du développement durable</w:t>
+                <w:t xml:space="preserve">L’indépendance a-t-elle conduit au sous-développement ? L’exemple des trajectoires à long terme des petites économies insulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Taranco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geronimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lucic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelles perspectives pour la démocratie environnementale ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité de gestion de la Zone Côtière Ouest, Oct 2022, La Foa, Nouvelle-Calédonie</w:t>
+              <w:t xml:space="preserve">Conférence ARUM (Actes de la Recherche Ultra Marine)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATOM; MRSH de Caen; Fédération TEPP du CNRS; CESE; INJEP; Ministère des Outre-Mer; Région Réunion, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461037v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perception de la souveraineté en milieu insulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Prinsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2226,51 +2226,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Prinsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Democracy, Sovereignty andSelf- Determination in the Pacific Islands</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pacific Islands Political Studies Association (PIPSA), Jun 2019, Nouméa (98800) - Nouvelle-Calédonie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2353,51 +2353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Bouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Geronimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2454,51 +2454,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement durable en Océanie - Vers une éthique nouvelle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3499,51 +3499,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369898v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Hawksley" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Brouillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichole Georgeou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Blaise" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Wali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.17716.1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546503v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine David" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geronimi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Goujon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460998v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blaise" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G&#233;ronimi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.204.0007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461004v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03996301v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Prinsen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460999v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223344.2017.1349532" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461001v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020702017693260" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461009v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461010v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379972v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.154.0103" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461011v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461014v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379971v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01295838v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0003684042000281534" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01297954v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379969v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461034v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bouard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461032v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461035v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461039v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Taranco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lucic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461037v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000483v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013585v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461029v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sourisseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laisa Roi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541379v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor David" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461030v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Teboul" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461031v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461027v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Colin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02157460v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Levacher" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bencivengo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Decottigny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Demmer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02157485v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394177v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lazzeri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pestana" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394176v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369898v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Hawksley" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Brouillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichole Georgeou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Blaise" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Wali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.17716.1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461004v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460998v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blaise" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine David" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G&#233;ronimi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Goujon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.204.0007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546503v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geronimi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03996301v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Prinsen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461001v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020702017693260" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460999v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223344.2017.1349532" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461009v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461010v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379972v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.154.0103" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461011v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461014v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379971v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01295838v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0003684042000281534" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01297954v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379969v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461035v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bouard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461032v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461034v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461037v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461039v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Taranco" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lucic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000483v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013585v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461029v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sourisseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laisa Roi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541379v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor David" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461030v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Teboul" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461031v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461027v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Colin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02157460v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Levacher" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bencivengo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Decottigny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Demmer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02157485v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394177v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lazzeri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pestana" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394176v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>