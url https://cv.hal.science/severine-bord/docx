--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -372,467 +372,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04094911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hierarchical Bayesian approach for incorporating expert opinions into parametric survival models: a case study of female Ixodes ricinus ticks exposed to various temperature and relative humidity conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Habitat suitability map of Ixodes ricinus tick in France using multi-criteria analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phrutsamon Wongnak</w:t>
+                <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severine Bord</w:t>
+                <w:t xml:space="preserve">Christine Saint-Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Donnet</w:t>
+                <w:t xml:space="preserve">Eva Cassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Hoch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Beugnet</w:t>
+                <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2021.109821⟩</w:t>
+              <w:t xml:space="preserve">Geospatial Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4081/gh.2022.1058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428117v1</w:t>
+                <w:t xml:space="preserve">hal-03672090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitat suitability map of Ixodes ricinus tick in France using multi-criteria analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Meteorological and climatic variables predict the phenology of Ixodes ricinus nymphs activity in France, accounting for habitat heterogeneity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phrutsamon Wongnak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Saint-Andrieux</w:t>
+                <w:t xml:space="preserve">Maude Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Cassar</w:t>
+                <w:t xml:space="preserve">Albert Agoulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Gasqui</w:t>
+                <w:t xml:space="preserve">Frédéric Beugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geospatial Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4081/gh.2022.1058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-11479-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03672090v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510954v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meteorological and climatic variables predict the phenology of Ixodes ricinus nymphs activity in France, accounting for habitat heterogeneity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A hierarchical Bayesian approach for incorporating expert opinions into parametric survival models: a case study of female Ixodes ricinus ticks exposed to various temperature and relative humidity conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phrutsamon Wongnak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phrutsamon Wongnak</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maude Jacquot</w:t>
+                <w:t xml:space="preserve">Sophie Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Agoulon</w:t>
+                <w:t xml:space="preserve">Thierry Hoch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Beugnet</w:t>
+                <w:t xml:space="preserve">Frederic Beugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 464, pp.109821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-11479-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2021.109821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510954v3</w:t>
+                <w:t xml:space="preserve">hal-03428117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tick ecology and Lyme borreliosis prevention: a regional survey of pharmacists’ knowledge in Auvergne-Rhône-Alpes, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1203,51 +1203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Abrial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Masseglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1298,90 +1298,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple independent transmission cycles of a tick-borne pathogen within a local host community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Abrial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1458,51 +1458,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Druilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Abrial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1588,64 +1588,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Boyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Barnouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1705,77 +1705,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological factors characterizing the prevalence of bacterial tick-borne pathogens in &amp;lt;em&amp;gt;Ixodes ricinus&amp;lt;/em&amp;gt; ticks in pastures and woodlands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaig Halos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Abrial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1865,51 +1865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Desvars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bouetard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goeffrey Gimonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2137,51 +2137,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 97 (3), pp.569-578. </w:t>
@@ -2258,51 +2258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2353,51 +2353,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dairy management practices associated with incidence rate of clinical mastitis in low somatic cell score herds in France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Barnouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2500,51 +2500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 43 (12), pp.6098-6107. </w:t>
@@ -2595,51 +2595,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résultats de recherche : Priorité au traitement intramammaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2859,51 +2859,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017179v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Poux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ren&#233;-Martellet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chalvet-Monfray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/bdj.12.e142266" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094911v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dokhelar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bord" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge van Halder" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Stemmelen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121081" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03428117v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phrutsamon Wongnak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Bord" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Beugnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2021.109821" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672090v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Saint-Andrieux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cassar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gasqui" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/gh.2022.1058" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510954v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Jacquot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beugnet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-11479-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672010v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dernat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ouillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2022.101932" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959694v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mathews-Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Nam&#232;che" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gasser" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-020-04451-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Bioche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Druilhet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bimj.201700060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abrial" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Masseglia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2016.02.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01365425v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Marsot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep31273" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637100v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Druilhet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2013.12.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646415v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boyard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barnouin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2011.02.001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664354v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Halos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cott&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00610-10" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666330v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delatte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desvars" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouetard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goeffrey Gimonneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2009.0026" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00392288v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Andriollo-Sanchez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger-Favier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Meunier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Venneria" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline M O'Connor" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655343v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Arnaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114507432974" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656805v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marmet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Chassagne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chapuis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675627v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bazin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682671v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girardeau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Dalmasso" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Bertin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.43.12.6098-6107.2005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669927v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017179v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Poux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ren&#233;-Martellet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chalvet-Monfray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/bdj.12.e142266" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094911v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dokhelar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bord" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge van Halder" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Stemmelen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121081" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672090v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Bord" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Saint-Andrieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cassar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gasqui" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/gh.2022.1058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510954v3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phrutsamon Wongnak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Jacquot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beugnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-11479-z" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03428117v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Beugnet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2021.109821" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672010v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dernat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ouillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2022.101932" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959694v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mathews-Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Nam&#232;che" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gasser" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-020-04451-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Bioche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Druilhet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bimj.201700060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abrial" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Masseglia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2016.02.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01365425v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Marsot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep31273" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637100v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Druilhet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2013.12.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646415v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boyard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barnouin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2011.02.001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664354v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Halos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cott&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00610-10" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666330v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delatte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desvars" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouetard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goeffrey Gimonneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2009.0026" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00392288v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Andriollo-Sanchez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger-Favier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Meunier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Venneria" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline M O'Connor" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655343v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Arnaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114507432974" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656805v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marmet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Chassagne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chapuis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675627v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bazin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682671v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girardeau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Dalmasso" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Bertin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.43.12.6098-6107.2005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669927v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>