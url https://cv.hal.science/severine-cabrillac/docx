--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -596,1269 +596,1269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La réforme des sûretés : les recours de la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (1), pp.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Boule de neige. Edito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, n° DEF206y5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entrepreneur individuel : et si les difficultés concernaient le financement du patrimoine privé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 1175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La réforme des sûretés : les recours de la caution</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme des sûretés : les sûretés immobilières conventionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2022 (1), pp.9</w:t>
+              <w:t xml:space="preserve">, 2022, 2, pp.dossier 17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2, pp.dossier 17</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cautionnement : quel nouveau droit commun au stade de sa conclusion ? en collaboration avec Charlotte Guilloteau Palisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° DEF204q0, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couvrez ce sang que je ne saurai voir… Edito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, n° 170w5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le cautionnement : quel nouveau droit commun au stade de sa conclusion ? en collaboration avec Charlotte Guilloteau Palisse</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cautionnement : quel nouveau droit commun au stade de sa conclusion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° DEF204q0, pp.28</w:t>
+              <w:t xml:space="preserve">, 2021, Defrénois 25 nov. 2021, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Le cautionnement : quel nouveau droit commun au stade de sa conclusion ?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'identification légale du cautionnement disproportionné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Justice Actualités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, décembre 2020, p.87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une protection nécessite …d’en bâtir d’autres … Edito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Defrénois 25 nov. 2021, pp.28</w:t>
+              <w:t xml:space="preserve">, 2020, n° 158h3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, décembre 2020, p.87</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brève histoire de rentrée. Edito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 151r7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, n° 158h3</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interruption sans transmutation de la prescription de l’action de la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Entreprises en difficulté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N°116x0, p.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Interruption sans transmutation de la prescription de l’action de la caution</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conflits externes : les droits de préemption à l’épreuve des mutations forcées, in dossier spécial sur les droits de préemption lors de la mutation de l’immeuble, JCP éd N, 2011, 1268</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’EIRL : illusions garanties, BJED, mars-avril 2011,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Joly Entreprises en difficulté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, N°116x0, p.36</w:t>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, n° 151r7</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cautionnement notarié, Droit et Patrimoine, juillet-août 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’article 1387-1 du Code civil in Quatre-vingt ans /propositions de La Semaine Juridique, numéro historique, hors série, décembre 2007, p. 16</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les difficultés actuelles de règlement d’une succession internationale, Revue droit et patrimoine, juillet-août 2006,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2008</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quelques utilisations des nouvelles technologies par la profession d’huissier de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2007</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour l’introduction de la class action en droit français, Petites Affiches du 18 août 2006, p. 20</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02406505v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-02406493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’omission dans les conventions définitives homologuées</w:t>
               </w:r>
@@ -2848,50 +2848,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Règles communes aux donations et aux testaments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy Régimes matrimoniaux et successions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 310, 312 et 315, Lamy, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les sûretés à l'épreuve du temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Albiges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2904,73 +2973,142 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LexisNexis, coll. « Actualités de droit de l’entreprise ». </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Confrontez le droit des sûretés !, ouvrage collectif sous la coordination de C. Gouret et A. Bézert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.73 et s., 2020, 9782711034062</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03090564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance-crédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy droit des sûretés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lamy, pp.étude 155, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sûretés confrontées au temps en collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Cabrillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2990,471 +3128,333 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bibliothèque du centre du droit de l’entreprise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Confrontez les sûretés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Lamy, pp.étude 155, 2020</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garanties financières professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy Droit des sûretés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lamy, pp.étude 140, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 310, 312 et 315, Lamy, 2020</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’exigence de proportionnalité du cautionnement : plaidoyer pour le maintien d’une comparaison utilisée par la loi et… sa sanction disproportionnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes en l’honneur du professeur Marie-Laure Mathieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Lamy, pp.étude 140, 2020</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle réforme pour les effets du cautionnement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Quelle réforme pour le droit des sûretés ? sous la direction de Y. Blandin et V. Mazeaud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, p.119, 2019, 9782247189335</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, p.119, 2019, 9782247189335</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle réforme pour les effets du cautionnement, in Quelle réforme pour le droit des sûretés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelle réforme pour le droit des sûretés ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, dalloz, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887323v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04887319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définitions relatives à l’introduction générale au droit, au droit des personnes et au droit de la famille in Dictionnaire du vocabulaire juridique,</w:t>
               </w:r>
@@ -4124,51 +4124,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952461v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Cabrillac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952416v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929950v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Pellier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887358v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952465v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952479v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952472v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952482v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952370v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887345v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887350v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952489v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952317v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887342v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887336v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952491v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952086v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952499v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406560v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406576v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406544v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406538v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406505v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406480v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406493v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406473v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955024v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cabrillac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albiges" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blach&#232;r" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;tel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406428v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406455v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Becqu&#233;-Ickowicz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406445v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lisanti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406419v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Catala" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; L&#233;cuyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cabrillac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887315v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887355v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887370v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887313v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887353v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090564v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887326v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887363v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887367v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887361v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952074v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887323v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887319v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406403v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406555v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406513v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406525v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952689v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952668v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952461v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Cabrillac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952416v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929950v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Pellier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887358v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952465v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952479v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952472v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887345v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952482v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952370v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887350v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952317v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952489v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887342v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887336v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952491v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952499v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952086v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406576v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406560v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406544v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406538v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406493v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406480v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406505v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406473v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955024v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cabrillac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albiges" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blach&#232;r" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;tel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406428v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406455v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Becqu&#233;-Ickowicz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406445v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lisanti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406419v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Catala" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; L&#233;cuyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cabrillac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887315v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887355v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887370v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887313v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887353v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887367v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090564v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887363v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887326v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887361v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887319v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952074v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887323v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406403v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406555v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406513v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02406525v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952689v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04952668v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>