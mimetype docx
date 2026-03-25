--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -979,204 +979,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01645863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux psychologiques des supports utilisés en recherche auprès d’enfants accueillis en protection de l’enfance</w:t>
+                <w:t xml:space="preserve">La santé des enfants protégés : un prendre soin à la croisée des sphères éducatives et sanitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Halifax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés et jeunesses en difficulté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1), pp.77-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01645750v1</w:t>
+                <w:t xml:space="preserve">hal-04184804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé des enfants protégés : un prendre soin à la croisée des sphères éducatives et sanitaires</w:t>
+                <w:t xml:space="preserve">Enjeux psychologiques des supports utilisés en recherche auprès d’enfants accueillis en protection de l’enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 4 (1), pp.77-93</w:t>
+              <w:t xml:space="preserve">Sociétés et jeunesses en difficulté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184804v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01645750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'implication des parents dans l'éducation de leur enfant placé. Approches européennes</w:t>
               </w:r>
@@ -2443,178 +2443,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04195902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les besoins d’adolescentes vivant en foyer : leur point de vue sur un bien-être possible.</w:t>
+                <w:t xml:space="preserve">La santé en protection de l’enfance : loupe, écran ou levier pour l’éducatif ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">les adolescents d’aujourd’hui : penser leur bien-être en contexte scolaire et hors scolaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Saint-Etienne, May 2021, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">Santé des jeunes et interventions socio-éducatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184870v1</w:t>
+                <w:t xml:space="preserve">hal-04184844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé en protection de l’enfance : loupe, écran ou levier pour l’éducatif ?</w:t>
+                <w:t xml:space="preserve">Les besoins d’adolescentes vivant en foyer : leur point de vue sur un bien-être possible.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé des jeunes et interventions socio-éducatives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">les adolescents d’aujourd’hui : penser leur bien-être en contexte scolaire et hors scolaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Saint-Etienne, May 2021, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184844v1</w:t>
+                <w:t xml:space="preserve">hal-04184870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-being at school: what foster children think about it ?</w:t>
               </w:r>
@@ -3112,204 +3112,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Children in long-term foster care in France : evolution of attachment and context effects.</w:t>
+                <w:t xml:space="preserve">Quand vulnérabilités sociales et sanitaires se mêlent : le prendre soin en protection de l’enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Halifax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Foster Care Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Colloque international Education, Familles, enfants et vulnérabilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01646035v1</w:t>
+                <w:t xml:space="preserve">hal-01646058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand vulnérabilités sociales et sanitaires se mêlent : le prendre soin en protection de l’enfance</w:t>
+                <w:t xml:space="preserve">Children in long-term foster care in France : evolution of attachment and context effects.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Education, Familles, enfants et vulnérabilités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Besançon, France</w:t>
+              <w:t xml:space="preserve">International Foster Care Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01646058v1</w:t>
+                <w:t xml:space="preserve">hal-01646035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques d’attachement chez les enfants relevant de la protection de l’enfance</w:t>
               </w:r>
@@ -3667,77 +3667,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand vulnérabilités sociales et sanitaires se mêlent : le parcours en protection de l’enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Halifax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Séverac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Moisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfants et familles vulnérables en protection de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUFC, pp.161-172, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4457,77 +4457,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accès à la santé des enfants pris en charge au titre de la protection de l'enfance : accès aux soins et sens du soin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Euillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Halifax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Défenseur des droits. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -4797,51 +4797,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203535v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Euillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.251.0091" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04145531v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mej Hilbold" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ganne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Turlais" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Faisca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.049.0061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04145527v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.049.0013" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Faisca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12513" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184723v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Lacharit&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0127" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cfs.12743" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487981v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2019.01.007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378415v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph.068.0118" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645863v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Kettani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645750v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Halifax" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moisset" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge S&#233;verac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406776v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Boddy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=June Statham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Danielsen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geurts" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12068" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/144BE9BDC287AB56F908D386E8AB5084475B937A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406777v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406780v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406779v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406781v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645823v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645943v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Zaouche Gaudron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645910v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Spencer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Fresno" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203607v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nadia Verheyden" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203647v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mathiot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipina Salomon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184840v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203644v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rurka" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195902v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184870v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184844v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184864v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184852v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184874v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184881v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184887v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646035v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646058v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646068v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Toussaint" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646074v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646079v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184829v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566565v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184823v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01498798v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Savard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pinel-Jacquemin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rehema Moridy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203583v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203562v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aranda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203639v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04297360v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groupe de parents dont les enfants sont suivis par les services de l&#8217;Aide Sociale &#224; l&#8217;enfance de Paris" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406775v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406774v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203535v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Euillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.251.0091" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04145531v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mej Hilbold" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ganne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Turlais" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Faisca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.049.0061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04145527v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.049.0013" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Faisca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12513" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184723v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Lacharit&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0127" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cfs.12743" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487981v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2019.01.007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378415v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph.068.0118" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645863v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Kettani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184804v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Halifax" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moisset" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge S&#233;verac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645750v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406776v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Boddy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=June Statham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Danielsen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geurts" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12068" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/144BE9BDC287AB56F908D386E8AB5084475B937A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406777v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406780v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406779v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406781v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645823v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645943v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Zaouche Gaudron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645910v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Spencer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Fresno" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203607v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nadia Verheyden" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203647v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mathiot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipina Salomon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184840v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203644v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rurka" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195902v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184844v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184870v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184864v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184852v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184874v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184881v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184887v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646058v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646035v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646068v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Toussaint" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646074v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646079v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184829v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566565v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184823v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01498798v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Savard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pinel-Jacquemin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rehema Moridy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203583v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203562v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aranda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203639v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04297360v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groupe de parents dont les enfants sont suivis par les services de l&#8217;Aide Sociale &#224; l&#8217;enfance de Paris" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406775v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406774v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>