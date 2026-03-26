--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -175,255 +175,255 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre les inégalités scolaires en contexte ultramarin : le regard des futurs enseignants à Mayotte et à La Réunion</w:t>
+                <w:t xml:space="preserve">Portraits et représentations sur les inégalités sociales et scolaires des futurs enseignants du 1er degré à Mayotte et à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christine Françoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Talérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Charpentier; Séverine Ferrière. </w:t>
+              <w:t xml:space="preserve">Dominique Groux; Marie-Félide Fafard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les inégalités scolaires à Mayotte et à La Réunion : vers des pratiques éducatives plus équitables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires Indianocéaniques, pp.77-112, 2025, 978-2-38444-105-1</w:t>
+              <w:t xml:space="preserve">Une éducation de qualité pour tous les enfants : un projet commun aux chercheurs, aux acteurs de terrain et aux décideurs ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.237-242, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05307528v1</w:t>
+                <w:t xml:space="preserve">hal-05155509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portraits et représentations sur les inégalités sociales et scolaires des futurs enseignants du 1er degré à Mayotte et à La Réunion</w:t>
+                <w:t xml:space="preserve">Comprendre les inégalités scolaires en contexte ultramarin : le regard des futurs enseignants à Mayotte et à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christine Françoise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Talérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Dominique Groux; Marie-Félide Fafard. </w:t>
+              <w:t xml:space="preserve">Philippe Charpentier; Séverine Ferrière. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une éducation de qualité pour tous les enfants : un projet commun aux chercheurs, aux acteurs de terrain et aux décideurs ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.237-242, 2025</w:t>
+              <w:t xml:space="preserve">Les inégalités scolaires à Mayotte et à La Réunion : vers des pratiques éducatives plus équitables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Indianocéaniques, pp.77-112, 2025, 978-2-38444-105-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05155509v1</w:t>
+                <w:t xml:space="preserve">hal-05307528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusions et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Charpentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -465,51 +465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Charpentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -564,51 +564,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouvrir les frontières de l’accessibilité à une formation continue ancrée dans les pratiques professionnelles de terrain : un exemple de formation individualisée en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Cavaloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rodica Ailincai; Pierre-Eric Fageol; Séverine Ferrière; Jean-Jacques Salone. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles frontières autour des contextes de formation et d'enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -672,51 +672,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">教師養成にみる「女子と男子」の平等教育</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -771,51 +771,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innov'école&amp;quot; : retour sur un dispositif pour soutenir l'innovation pédagogique et le bien-être dans les écoles primaires en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues et Cultures Océaniennes, École et Famille : Regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -840,51 +840,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux curriculaires soulevés par l'enseignement du développement durable en géographie : l'exemple de la Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues et Cultures Océaniennes, École et Famille : Regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -909,51 +909,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politiques éducatives en matière de bien-être scolaire : l’approche communautaire comme levier d’une coopération globale au collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bacro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1021,51 +1021,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politiques éducatives en matière de bien-être: L’approche communautaire comme levier d’une coopération globale au collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bacro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1133,51 +1133,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations des cours de récréation idéales chez les élèves de primaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1394,294 +1394,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01565501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission des représentations sociales et professionnelles genrées chez les formateurs et formatrices du 1er degré</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lectures offertes à l'école maternelles : impact des albums contre-stéréotypés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">À l'école des stéréotypes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, 2013</w:t>
+              <w:t xml:space="preserve">A l'école des stéréotypes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.43-59, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01213115v1</w:t>
+                <w:t xml:space="preserve">hal-00873449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lectures offertes à l'école maternelles : impact des albums contre-stéréotypés.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Transmission des représentations sociales et professionnelles genrées chez les formateurs et formatrices dans l'enseignement du 1er degré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A l'école des stéréotypes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, pp.43-59, 2013</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, pp.203-223, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00873449v1</w:t>
+                <w:t xml:space="preserve">hal-00873408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission des représentations sociales et professionnelles genrées chez les formateurs et formatrices dans l'enseignement du 1er degré</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Transmission des représentations sociales et professionnelles genrées chez les formateurs et formatrices du 1er degré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Morin-Messabel; M. Salle. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A l'école des stéréotypes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.203-223, 2013</w:t>
+              <w:t xml:space="preserve">À l'école des stéréotypes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00873408v1</w:t>
+                <w:t xml:space="preserve">halshs-01213115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lectures offertes à l'école maternelle : impact des albums contre-stéréotypés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Morin-Messabel; M. Salle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">À l'école des stéréotypes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2013</w:t>
@@ -1852,51 +1852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Salone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodica Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Éric Fageol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1949,51 +1949,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langues et cultures océaniennes, école et famille : regards croisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodica Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2011,51 +2011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ennui à l'école primaire : Représentations Sociales, Usages, Utilités.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, pp.214, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2105,64 +2105,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portraits et représentations sur les inégalités sociales et scolaires des futurs enseignants du 1er degré à Mayotte et La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Françoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Talérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2200,51 +2200,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport et politiques éducatives en matière d'égalité fille/garçon dans l'Océan Indien: Points de vue de professeurs d'EPS à Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Hossen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2295,51 +2295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le point de vue d’élèves à Haut Potentiel Intellectuel sur leur vécu au collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Henri Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2403,51 +2403,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des stéréotypes au harcèlement. État des lieux sur les deux dernières années des recherches traitant du harcèlement scolaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Référent·es "Égalité fille-garçon"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie de La Réunion, Oct 2023, Saint Denis, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2472,51 +2472,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rechercher l'équité et la valeur ajoutée (EVA) des usages du numérique : la participation contributive des chercheur·se·s pour la persévérance et la réussite scolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">90e Congrès de l'Acfas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACFAS, May 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2535,195 +2535,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technologies et numérique en éducation : éclairage théorique métissé pur dépasser les inégalités et penser l'accompagnement des enseignant·es</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Projet AMI : Bien à l'École</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International JRE-Riiclas 2022 : Les Journées de la Recherche en Éducation 2022 - Recherches Interdisciplinaires sur les Interactions entre Cultures, Langues et Apprentissages Scolaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Équipe d'accueil Sociétés Traditionnelles et Contemporaines en Océanie (EA 4241); Centre de Recherches et de Ressources en Éducation et Formation (EA 4538), Nov 2022, Papeete, Polynésie française</w:t>
+              <w:t xml:space="preserve">La fabrique des expérimentations scientifiques, à l'épreuve des réalités de terrain et de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil Scientifique de l'Éducation Nationale, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03850596v1</w:t>
+                <w:t xml:space="preserve">hal-03850598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet AMI : Bien à l'École</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Technologies et numérique en éducation : éclairage théorique métissé pur dépasser les inégalités et penser l'accompagnement des enseignant·es</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La fabrique des expérimentations scientifiques, à l'épreuve des réalités de terrain et de recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Conseil Scientifique de l'Éducation Nationale, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque International JRE-Riiclas 2022 : Les Journées de la Recherche en Éducation 2022 - Recherches Interdisciplinaires sur les Interactions entre Cultures, Langues et Apprentissages Scolaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Équipe d'accueil Sociétés Traditionnelles et Contemporaines en Océanie (EA 4241); Centre de Recherches et de Ressources en Éducation et Formation (EA 4538), Nov 2022, Papeete, Polynésie française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03850598v1</w:t>
+                <w:t xml:space="preserve">hal-03850596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférence introductive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Référent·es "Égalité fille-garçon"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie de La Réunion, Nov 2022, Le Tampon, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2899,486 +2899,486 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le harcèlement en contexte scolaire : mais de quoi parlent les chercheurs ? Une étude systématique de la littérature scientifique sur les deux dernières années.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La littérature de jeunesse océanienne, médiatrice pour questionner l’éducation interculturelle et l’enseignement inclusif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Perronnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Chirouter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Françoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spir.hs7.0039⟩</w:t>
+              <w:t xml:space="preserve">Contextes et Didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11uay⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702488v1</w:t>
+                <w:t xml:space="preserve">hal-04702454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La littérature de jeunesse océanienne, médiatrice pour questionner l’éducation interculturelle et l’enseignement inclusif</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edwige Chirouter</w:t>
+                <w:t xml:space="preserve">Le harcèlement en contexte scolaire : mais de quoi parlent les chercheurs ? Une étude systématique de la littérature scientifique sur les deux dernières années.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Ferrière</w:t>
+                <w:t xml:space="preserve">Christine Françoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contextes et Didactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 23, </w:t>
+              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° Varia (E1), pp.39-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/11uay⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/spir.hs7.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04702454v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04702488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identités plurielles dans l’École calédonienne : définitions de soi de la part d’enfants de la Grande Terre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">NeuroStratE: An educational neuroscience intervention to reduce procrastination behavior and improve executive planning function in higher students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cherrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wattelez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yolande Cavaloc</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire. Borst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de la Société des Océanistes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/jso.15620⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, pp.1149817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feduc.2023.1149817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04469809v1</w:t>
+                <w:t xml:space="preserve">hal-04282652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NeuroStratE: An educational neuroscience intervention to reduce procrastination behavior and improve executive planning function in higher students</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Identités plurielles dans l’École calédonienne : définitions de soi de la part d’enfants de la Grande Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wattelez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Grégoire. Borst</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Perronnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolande Cavaloc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Education </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8, pp.1149817. </w:t>
+              <w:t xml:space="preserve">Journal de la Société des Océanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 157, pp.163-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/feduc.2023.1149817⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/jso.15620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282652v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04469809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives de co-élaboration d’un cadre éthique culturellement sensible pour la recherche en éducation en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pulido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3438,51 +3438,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de &amp;quot;Autochtonie et question éducative dans les Outre-mer. Une enquête comparative en Guyane et en Polynésie française&amp;quot; de Alì Maurizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de la Société des Océanistes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 157, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3559,51 +3559,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bacro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Gaudonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3667,51 +3667,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From observation of pupils' literacy-based practices towards the mentoring and professionnal development of teachers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Cavaloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Dupeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4039,51 +4039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodica Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zehra Gabillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contextes et Didactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11, pp.35-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4134,51 +4134,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodica Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zehra Gabillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contextes et Didactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11, pp.35-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4206,287 +4206,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02540847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counter-stereotypes and images : an exploratory research and some questions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Reeb</w:t>
+                <w:t xml:space="preserve">Le bien-être à l’école et au collège selon les élèves et les chefs d’établissements : des représentations différenciées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Gaudonville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bacro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychology of Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11218-017-9370-5⟩</w:t>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.3642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01561812v1</w:t>
+                <w:t xml:space="preserve">halshs-02302457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bien-être à l’école et au collège selon les élèves et les chefs d’établissements : des représentations différenciées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Bacro</w:t>
+                <w:t xml:space="preserve">Counter-stereotypes and images : an exploratory research and some questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ferriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Devif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Reeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 17, </w:t>
+              <w:t xml:space="preserve">Social Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (20), pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.3642⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11218-017-9370-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02302457v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01561812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être perçu, performances scolaires et qualité de vie des enfants à l'école et au collège : étude longitudinale</w:t>
               </w:r>
@@ -4596,308 +4596,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01697750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tablettes tactiles à l'école primaire en France : Illusions essentialistes et pratiques genrées chez les enseignant.e.s du primaire.</w:t>
+                <w:t xml:space="preserve">Le bien-être en contexte scolaire : intérêt d’une approche par triangulation méthodologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Collet</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bacro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Florin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multimodalité(s) : Revue de recherches en littératie médiatique multimodale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (111), pp.341 - 365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cips.111.0341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01562266v1</w:t>
+                <w:t xml:space="preserve">halshs-01429260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations et perceptions de l'ennui chez les élèves</w:t>
+                <w:t xml:space="preserve">Tablettes tactiles à l'école primaire en France : Illusions essentialistes et pratiques genrées chez les enseignant.e.s du primaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Lesmesle</w:t>
+                <w:t xml:space="preserve">Isabelle Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 531, pp.24-25</w:t>
+              <w:t xml:space="preserve">Multimodalité(s) : Revue de recherches en littératie médiatique multimodale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01562270v1</w:t>
+                <w:t xml:space="preserve">halshs-01562266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bien-être en contexte scolaire : intérêt d’une approche par triangulation méthodologique</w:t>
+                <w:t xml:space="preserve">Représentations et perceptions de l'ennui chez les élèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Guimard</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lesmesle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 531, pp.24-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01429260v1</w:t>
+                <w:t xml:space="preserve">halshs-01562270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations liées aux catégories de sexe chez les enfants en contexte scolaire</w:t>
               </w:r>
@@ -5039,51 +5039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bacro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5177,51 +5177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bacro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hué Thanh Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5263,51 +5263,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissémination de tablettes tactiles en primaire et discours des enseignants : entre rejet et adoption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5393,51 +5393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhésion/transgression des stéréotypes de sexe dans un album de jeunesse: analyse en lecture offerte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5475,51 +5475,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’éducation à l’égalité filles : garçons en contexte de mixité : amorce par l’exemple des biais perceptifs des enseignants en formation de Master 2 enseignement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5570,51 +5570,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ennui en contexte scolaire : Effets de variation et typologie de représentations chez les futurs Professeur-e-s des Ecoles selon le sexe de l'élève et son niveau scolaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5665,51 +5665,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation à l’égalité « filles-garçons » dans la formation des enseignant-e-s : amorce par l'exemple des biais perceptifs des enseignantes et des enseignants en formation de Master 2 enseignement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5747,51 +5747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ennui en contexte scolaire : effets de variation et typologie de représentations chez les futurs professeurs des écoles, selon le sexe de l’élève et son niveau scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5851,51 +5851,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexte scolaire, appartenance catégorielle de sexe et performance. De la variable de l'habillage de la tâche sur les performances et la perception de l'ennui.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Ferrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 80, pp.13-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6267,51 +6267,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4F0BEFF1"/>
+    <w:nsid w:val="6D9DFE90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6498,51 +6498,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/severine-ferriere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158910192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307528v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fran&#231;oise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferri&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tal&#233;rien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05155509v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489115v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charpentier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307543v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003238v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Cavaloc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-antilles.fr/collections/apprentissage-education-et-socialisation/nouvelles-frontieres-autour-contextes-de" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pua.ailin.2024.01.0043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408683v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morin-Messabel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keisoshobo.co.jp/book/b610916.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408688v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408687v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485255v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guimard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379467v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408691v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morin-Messabel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565499v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferriere" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferri&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565501v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213115v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873449v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873408v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213137v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282807v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61736/BPMJ7224" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683002v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Salone" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Ailincai" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Fageol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pua.ailin.2024.01" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03480930v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873374v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04907430v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05110615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hossen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guil&#232;ne R&#233;vauger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04723210v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Guignard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Vauthier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04311714v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04311728v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03850596v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03850598v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03850599v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117039v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mercier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bouderbela" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702488v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.hs7.0039" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702454v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Perronnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Chirouter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uay" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04469809v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wattelez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15620" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04282652v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cherrier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire. Borst" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2023.1149817" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04471376v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pulido" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Wayuone Wadrawane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15438" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04471386v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15484" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03777397v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Gaudonville" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-104-04" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03814439v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dupeux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489023v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronni&#232;re" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17405629.2019.1680359" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102143v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Weiss" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ramassamy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Al&#236;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n3-17" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121922v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Gabillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02540847v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.1003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01561812v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Martinez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devif" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reeb" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-017-9370-5" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302457v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.3642" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697750v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0013754517001057" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562266v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562270v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lesmesle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429260v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.111.0341" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429282v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lain&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Mieyaa" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouyer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/198053143624" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562198v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360795v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu&#233; Thanh Ngo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138251v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lacroix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/stice.2013.1063" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01206596v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219681v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873389v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873403v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01206598v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.522.0583" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873399v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105217v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01543940v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009LYO20026" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/severine-ferriere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158910192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05155509v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferri&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fran&#231;oise" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tal&#233;rien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307528v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489115v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charpentier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307543v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003238v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Cavaloc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-antilles.fr/collections/apprentissage-education-et-socialisation/nouvelles-frontieres-autour-contextes-de" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pua.ailin.2024.01.0043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408683v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morin-Messabel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keisoshobo.co.jp/book/b610916.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408688v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408687v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485255v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guimard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379467v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408691v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morin-Messabel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565499v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferriere" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferri&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565501v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873449v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873408v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213115v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213137v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282807v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61736/BPMJ7224" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683002v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Salone" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Ailincai" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Fageol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pua.ailin.2024.01" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03480930v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873374v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04907430v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05110615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hossen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guil&#232;ne R&#233;vauger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04723210v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Guignard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Vauthier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04311714v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04311728v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03850598v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03850596v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03850599v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117039v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mercier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bouderbela" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702454v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Perronnet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Chirouter" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702488v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.hs7.0039" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04282652v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cherrier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wattelez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire. Borst" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2023.1149817" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04469809v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15620" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04471376v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pulido" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Wayuone Wadrawane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15438" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04471386v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15484" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03777397v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Gaudonville" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-104-04" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03814439v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dupeux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489023v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronni&#232;re" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17405629.2019.1680359" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102143v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Weiss" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ramassamy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Al&#236;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n3-17" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121922v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Gabillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02540847v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.1003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302457v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.3642" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01561812v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Martinez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devif" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reeb" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-017-9370-5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697750v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0013754517001057" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429260v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.111.0341" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562266v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562270v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lesmesle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429282v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lain&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Mieyaa" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouyer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/198053143624" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562198v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360795v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu&#233; Thanh Ngo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138251v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lacroix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/stice.2013.1063" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01206596v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219681v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873389v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873403v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01206598v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.522.0583" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873399v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105217v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01543940v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009LYO20026" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>