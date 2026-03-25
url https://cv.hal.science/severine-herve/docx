--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,161 +100,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Major change in swine influenza virus diversity in France owing to emergence and widespread dissemination of a newly introduced H1N2 1C genotype in 2020</w:t>
+                <w:t xml:space="preserve">Trends in seroprevalence of influenza A virus infections in pigs in France (2008–2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Richard</w:t>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Hervé</w:t>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Chastagner</w:t>
+                <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Beven</w:t>
+                <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 11 (1), </w:t>
+              <w:t xml:space="preserve">Porcine health management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (1), pp.42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ve/veae112⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40813-025-00455-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04941050v1</w:t>
+                <w:t xml:space="preserve">anses-05365725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan de la surveillance à l'égard des pestes porcines classique et africaine en France en 2024 : la France maintient son statut indemne</w:t>
               </w:r>
@@ -359,645 +359,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-05508755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in seroprevalence of influenza A virus infections in pigs in France (2008–2022)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Major change in swine influenza virus diversity in France owing to emergence and widespread dissemination of a newly introduced H1N2 1C genotype in 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Barbier</w:t>
+                <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Gorin</w:t>
+                <w:t xml:space="preserve">Véronique Beven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Porcine health management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11 (1), pp.42. </w:t>
+              <w:t xml:space="preserve">Virus Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40813-025-00455-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ve/veae112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05365725v1</w:t>
+                <w:t xml:space="preserve">anses-04941050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the zoonotic risk profile of European influenza A viruses in swine from 2010 to 2020 inclusive</w:t>
+                <w:t xml:space="preserve">Identification of H1N2 influenza viruses in turkeys after spillover from swine and in vitro characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelia Coggon</w:t>
+                <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Lopes</w:t>
+                <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Simon</w:t>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zebulun Arendsee</w:t>
+                <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kuan-Fu Chen</w:t>
+                <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 99 (7), </w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 361, pp.199634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/jvi.00306-25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2025.199634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05251351v1</w:t>
+                <w:t xml:space="preserve">anses-05285166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental setup for the study of aerosol emissions from pigs: Insights into exhaled particles from pigs infected with H1N1 swine influenza virus</w:t>
+                <w:t xml:space="preserve">Quantifying the zoonotic risk profile of European influenza A viruses in swine from 2010 to 2020 inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Boulbair</w:t>
+                <w:t xml:space="preserve">Amelia Coggon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enric Robine</w:t>
+                <w:t xml:space="preserve">Sara Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi-Lan Ha</w:t>
+                <w:t xml:space="preserve">Gaëlle Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Géhin</w:t>
+                <w:t xml:space="preserve">Zebulun Arendsee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Paboeuf</w:t>
+                <w:t xml:space="preserve">Kuan-Fu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 99 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02786826.2025.2546907⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/jvi.00306-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05242155v1</w:t>
+                <w:t xml:space="preserve">anses-05251351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of H1N2 influenza viruses in turkeys after spillover from swine and in vitro characterization</w:t>
+                <w:t xml:space="preserve">Experimental setup for the study of aerosol emissions from pigs: Insights into exhaled particles from pigs infected with H1N1 swine influenza virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Chavoix</w:t>
+                <w:t xml:space="preserve">Amir Boulbair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Massin</w:t>
+                <w:t xml:space="preserve">Enric Robine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+                <w:t xml:space="preserve">Thi-Lan Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katell Louboutin</w:t>
+                <w:t xml:space="preserve">Evelyne Géhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Busson</w:t>
+                <w:t xml:space="preserve">Frederic Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 361, pp.199634. </w:t>
+              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2025.199634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02786826.2025.2546907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05285166v1</w:t>
+                <w:t xml:space="preserve">anses-05242155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathogenesis, Transmission, and Within-Host Evolution of Bovine-Origin Influenza D Virus in Pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2024 (1), pp.9009051. </w:t>
@@ -1029,368 +1029,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04661286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of early single dose vaccination on swine influenza A virus transmission in piglets: From experimental data to mechanistic modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bilan de la surveillance de la maladie d'Aujeszky en élevages de suidés domestiques et sauvages en France continentale et sur l'île de la Réunion en 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+                <w:t xml:space="preserve">Aurélie Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Hervé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S Quéguiner</w:t>
+                <w:t xml:space="preserve">Olivier Bourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100 (article 2), pp.1-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04123704v1</w:t>
+                <w:t xml:space="preserve">anses-04401089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de la surveillance de la maladie d'Aujeszky en élevages de suidés domestiques et sauvages en France continentale et sur l'île de la Réunion en 2021</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Allain</w:t>
+                <w:t xml:space="preserve">Evaluation of early single dose vaccination on swine influenza A virus transmission in piglets: From experimental data to mechanistic modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Oger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Simon</w:t>
+                <w:t xml:space="preserve">S Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41, pp.3119 - 3127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2023.04.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04401089v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04123704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan de la surveillance à l'égard des pestes porcines classique et africaine en France de 2020 à 2022 : la France maintient son statut indemne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Renson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Le Dimna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Hutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 100 (article 7), pp.7-12</w:t>
@@ -1419,90 +1419,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serological Evidence of Backyard Pig Exposure to Highly Pathogenic Avian Influenza H5N8 Virus during 2016–2017 Epizootic in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1553,90 +1553,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of Influenza D Virus in Domestic Pigs and Wild Boars in France: Apparent Limited Spread within Swine Populations Despite Serological Evidence of Breeding Sow Exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Fablet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1687,64 +1687,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and Antigenic Evolution of European Swine Influenza A Viruses of HA-1C (Avian-Like) and HA-1B (Human-Like) Lineages in France from 2000 to 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1815,632 +1815,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04811972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virological and epidemiological patterns of swine influenza A virus infections in France: Cumulative data from the RESAVIP surveillance network, 2011–2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Séverine Hervé</w:t>
+                <w:t xml:space="preserve">Virus persistence in pig herds led to successive reassortment events between swine and human influenza A viruses, resulting in the emergence of a novel triple-reassortant swine influenza virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Garin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">David Ngwa-Mbot</w:t>
+                <w:t xml:space="preserve">Emilie Bonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Fablet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Hirchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2019.108477⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 50 (1), pp.77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-019-0699-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03488763v1</w:t>
+                <w:t xml:space="preserve">hal-02314839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virus persistence in pig herds led to successive reassortment events between swine and human influenza A viruses, resulting in the emergence of a novel triple-reassortant swine influenza virus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Chastagner</w:t>
+                <w:t xml:space="preserve">Virological and epidemiological patterns of swine influenza A virus infections in France: Cumulative data from the RESAVIP surveillance network, 2011–2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Calavas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lecarpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Bonin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Edouard Hirchaud</w:t>
+                <w:t xml:space="preserve">David Ngwa-Mbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 50 (1), pp.77. </w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 239, pp.108477 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13567-019-0699-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2019.108477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02314839v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Distribution and Evolution of the A/H1N1 2009 Pandemic Influenza Virus in Pigs in France from 2009 to 2017: Identification of a Potential Swine-Specific Lineage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular subtyping of European swine influenza viruses and scaling to high-throughput analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Woudstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Chastagner</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Edouard Hirchaud</w:t>
+                <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.00988-18⟩</w:t>
+              <w:t xml:space="preserve">Virology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (1), pp.7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12985-018-0920-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623543v1</w:t>
+                <w:t xml:space="preserve">hal-02627031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular subtyping of European swine influenza viruses and scaling to high-throughput analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Spatiotemporal Distribution and Evolution of the A/H1N1 2009 Pandemic Influenza Virus in Pigs in France from 2009 to 2017: Identification of a Potential Swine-Specific Lineage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barbier</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Hirchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 15 (1), pp.7. </w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 92 (24), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12985-018-0920-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00988-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627031v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serological survey of influenza A viruses in domestic and wild Suidae in Corsica (France), a Mediterranean island environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Grech-Angelini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Hervé</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Casabianca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2504,77 +2504,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternally-derived antibodies do not prevent transmission of swine influenza A virus between pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Cador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2664,51 +2664,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pascalis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Temmam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aure Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2785,64 +2785,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Grandhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3088,51 +3088,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Fablet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Cauderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Eono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3187,77 +3187,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in vivo characterizations in turkey and mouse of a recent A(H1N2) influenza virus in France originating from swine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3325,51 +3325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routine genotyping of influenza A viruses in swine may contribute to efficient and reactive epidemiological survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Moalic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Flageul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3437,77 +3437,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in vivo characterizations in turkey and mouse of a recent A(H1N2) influenza virus in France originating from swine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3556,527 +3556,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04919133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal field studies revealed co-circulation of several swine influenza virus subtypes and viral persistence in pig herds with pre-existing immunity</w:t>
+                <w:t xml:space="preserve">Seroprevalence of swine influenza A Virus infections in pigs in Western France in 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Thiroux</w:t>
+                <w:t xml:space="preserve">Agnès Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Hervé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Céline Deblanc</w:t>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Lillie-Jaschniski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Symposium of Porcine Health Management (ESPHM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. , pp.277, 2023, European Symposium of Porcine Health Management (ESPHM)</w:t>
+              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. , pp.320, 2023, European Symposium of Porcine Health Management (ESPHM)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04484258v1</w:t>
+                <w:t xml:space="preserve">hal-04484187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séroprévalence de la grippe et des différents sous-types de virus influenza porcins dans le Nord-Ouest de la France en 2022</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kathrin Lillie-Jaschniski</w:t>
+                <w:t xml:space="preserve">Understanding the dynamics and evolution of swine influenza viruses in endemically infected pig herds: Coordinated longitudinal studies in six european countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Dauphin</w:t>
+                <w:t xml:space="preserve">Mateu de Antonio Enrique Maria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Everett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Chiapponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timm Harder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Annuel de l'Association Française de Médecine Vétérinaire Porcine (AFMVP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Rennes, France. Association Française de Médecine Vétérinaire Porcine, pp.74-75, 2023</w:t>
+              <w:t xml:space="preserve">14. European Symposium of Porcine Health Management (ESPHM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. , pp.318, 2023, European Symposium of Porcine Health Management (ESPHM)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401280v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the dynamics and evolution of swine influenza viruses in endemically infected pig herds: Coordinated longitudinal studies in six european countries</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Longitudinal field studies revealed co-circulation of several swine influenza virus subtypes and viral persistence in pig herds with pre-existing immunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timm Harder</w:t>
+                <w:t xml:space="preserve">Sarah Thiroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Fablet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Symposium of Porcine Health Management (ESPHM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. , pp.318, 2023, European Symposium of Porcine Health Management (ESPHM)</w:t>
+              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. , pp.277, 2023, European Symposium of Porcine Health Management (ESPHM)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04484290v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seroprevalence of swine influenza A Virus infections in pigs in Western France in 2022</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Séroprévalence de la grippe et des différents sous-types de virus influenza porcins dans le Nord-Ouest de la France en 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Lillie-Jaschniski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European Symposium of Porcine Health Management (ESPHM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. , pp.320, 2023, European Symposium of Porcine Health Management (ESPHM)</w:t>
+              <w:t xml:space="preserve">Congrès Annuel de l'Association Française de Médecine Vétérinaire Porcine (AFMVP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Rennes, France. Association Française de Médecine Vétérinaire Porcine, pp.74-75, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04484187v1</w:t>
+                <w:t xml:space="preserve">hal-04401280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4094,103 +4094,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in seroprevalence of influenza A virus infections in pigs in France (2008-2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Hervé</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4238,359 +4238,359 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sous-typage des virus influenza A porcins par séquençage haut débit : Un outil de diagnostic au service d’une surveillance épidémiologique réactive</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Experimental study of infection with a new genotype of swine influenza virus that has spread in France and evaluation of vaccine protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Deblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Annuel de l'Association Française de Médecine Vétérinaire Porcine (AFMVP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Médecine Vétérinaire Porcine (AFMVP). FRA., Nov 2023, Rennes, France. pp.30-31</w:t>
+              <w:t xml:space="preserve">14. European Symposium of Porcine Health Management (ESPHM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04401261v1</w:t>
+                <w:t xml:space="preserve">hal-04484150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of infection with a new genotype of swine influenza virus that has spread in France and evaluation of vaccine protection</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le sous-typage des virus influenza A porcins par séquençage haut débit : Un outil de diagnostic au service d’une surveillance épidémiologique réactive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Moalic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Flageul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Hirchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European Symposium of Porcine Health Management (ESPHM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Thessaloniki, Greece. pp.15</w:t>
+              <w:t xml:space="preserve">Congrès Annuel de l'Association Française de Médecine Vétérinaire Porcine (AFMVP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Médecine Vétérinaire Porcine (AFMVP). FRA., Nov 2023, Rennes, France. pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04484150v1</w:t>
+                <w:t xml:space="preserve">hal-04401261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring a surveillance system through performance indicators: example of resavip, the national surveillance network for swine influenza a viruses in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Dommergues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Lecarpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Animal Health Surveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Copenhague, Denmark</w:t>
@@ -4619,90 +4619,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swine influenza vaccination impairment in pigs with maternally derived antibodies: From experimental to in-silico modelling evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Quéguiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4913,51 +4913,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04941050v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Herv&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chastagner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Qu&#233;guiner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beven" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veae112" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05508755v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Fonseca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Le Dimna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Allain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deblanc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05365725v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barbier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gorin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40813-025-00455-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05251351v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Coggon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lopes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zebulun Arendsee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-Fu Chen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00306-25" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05242155v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Boulbair" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Robine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Lan Ha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne G&#233;hin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Paboeuf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2025.2546907" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05285166v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chavoix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2025.199634" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661286v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/9009051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04123704v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Herv&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gorin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Barbier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Qu&#233;guiner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2023.04.018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04401089v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Oger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04401187v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Hutet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03455289v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10050621" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240082v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paboeuf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12010025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04811972v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hirchaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12111304" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488763v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Garin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Calavas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lecarpentier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ngwa-Mbot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2019.108477" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314839v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bonin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0699-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623543v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00988-18" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627031v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Woudstra" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12985-018-0920-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627080v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grech-Angelini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casabianca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2018.06.004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390830v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Cador" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-016-0365-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01274600v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cardinale" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pascalis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Temmam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Saulnier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1810.120398" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02512068v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Grandhomme" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.12.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8GTKD3MK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416826v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacour" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vall&#233;e" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05426291v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Cauderon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Eono" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Maligorne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919153v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Souchaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Orosco" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04942894v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Moalic" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Flageul" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gauthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919133v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484258v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thiroux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401280v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jardin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Lillie-Jaschniski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Dauphin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484290v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateu de Antonio Enrique Maria" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Everett" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Chiapponi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Harder" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484187v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05144045v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401261v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484150v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04519802v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dommergues" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484132v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05365725v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Herv&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barbier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Qu&#233;guiner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gorin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40813-025-00455-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05508755v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Fonseca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Le Dimna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Allain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deblanc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04941050v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chastagner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beven" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veae112" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05285166v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chavoix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2025.199634" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05251351v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Coggon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lopes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zebulun Arendsee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-Fu Chen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00306-25" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05242155v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Boulbair" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Robine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Lan Ha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne G&#233;hin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Paboeuf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2025.2546907" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661286v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/9009051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04401089v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Oger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04123704v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Herv&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gorin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Barbier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Qu&#233;guiner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2023.04.018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04401187v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Hutet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03455289v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10050621" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240082v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paboeuf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12010025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04811972v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hirchaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12111304" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314839v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bonin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0699-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488763v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Garin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Calavas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lecarpentier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ngwa-Mbot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2019.108477" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627031v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Woudstra" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12985-018-0920-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623543v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00988-18" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627080v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grech-Angelini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casabianca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2018.06.004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390830v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Cador" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-016-0365-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01274600v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cardinale" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pascalis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Temmam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aure Saulnier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1810.120398" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02512068v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Grandhomme" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.12.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8GTKD3MK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416826v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacour" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vall&#233;e" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05426291v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Cauderon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Eono" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Maligorne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919153v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Souchaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Orosco" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04942894v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Moalic" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Flageul" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gauthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919133v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484187v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jardin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Lillie-Jaschniski" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Dauphin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484290v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateu de Antonio Enrique Maria" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Everett" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Chiapponi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Harder" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484258v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thiroux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401280v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05144045v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484150v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401261v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04519802v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dommergues" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484132v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>