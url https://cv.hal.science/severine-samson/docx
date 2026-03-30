--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -234,161 +234,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05382213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorimotor Impairment in Aging and Neurocognitive Disorders: Beat Synchronization and Adaptation to Tempo Changes</w:t>
+                <w:t xml:space="preserve">Resective surgery for mesial temporal lobe epilepsy associated with hippocampal sclerosis in patients over 50 years: a case–control study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres von Schnehen</w:t>
+                <w:t xml:space="preserve">Marta Garvayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Hobeika</w:t>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Houot</w:t>
+                <w:t xml:space="preserve">Valerio Frazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Recher</w:t>
+                <w:t xml:space="preserve">Franck Bielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Puisieux</w:t>
+                <w:t xml:space="preserve">Claude Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 100 (3), pp.945-959. </w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 271 (9), pp.6197-6208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAD-231433⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00415-024-12599-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04674240v1</w:t>
+                <w:t xml:space="preserve">pasteur-05024953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropsychological assessment in pediatric epilepsy surgery: A French procedure consensus</w:t>
               </w:r>
@@ -502,204 +502,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resective surgery for mesial temporal lobe epilepsy associated with hippocampal sclerosis in patients over 50 years: a case–control study</w:t>
+                <w:t xml:space="preserve">Sensorimotor Impairment in Aging and Neurocognitive Disorders: Beat Synchronization and Adaptation to Tempo Changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Garvayo</w:t>
+                <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Dupont</w:t>
+                <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerio Frazzini</w:t>
+                <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bielle</w:t>
+                <w:t xml:space="preserve">Arnaud Recher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Adam</w:t>
+                <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 271 (9), pp.6197-6208. </w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (3), pp.945-959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00415-024-12599-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/JAD-231433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05024953v1</w:t>
+                <w:t xml:space="preserve">hal-04674240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive effect of antiseizure medications in medial temporal lobe epilepsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1038,559 +1038,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04444625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorimotor Synchronization in Healthy Aging and Neurocognitive Disorders</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The effect of the severity of neurocognitive disorders on emotional and motor responses to music</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matthieu Ghilain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Schiaratura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Lesaffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Puisieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2022.838511⟩</w:t>
+              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Annals of the New York Academy of Sciences, 1518 (1), pp.231-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nyas.14923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186290v1</w:t>
+                <w:t xml:space="preserve">hal-04198526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of the severity of neurocognitive disorders on emotional and motor responses to music</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sensorimotor Synchronization in Healthy Aging and Neurocognitive Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres von Schnehen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Puisieux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Annals of the New York Academy of Sciences, 1518 (1), pp.231-238. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Frontiers in Psychology, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nyas.14923⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2022.838511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198526v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French adaptation of a film music stimulus set: Normative emotional ratings of valence and arousal prompted by music excerpts</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Socio-emotional and motor engagement during musical activities in older adults with major neurocognitive impairment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Hobeika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Ghilain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Schiaratura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Lesaffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Music</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/03057356211050683⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.15291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-94686-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03514416v1</w:t>
+                <w:t xml:space="preserve">hal-03335969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-emotional and motor engagement during musical activities in older adults with major neurocognitive impairment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">French adaptation of a film music stimulus set: Normative emotional ratings of valence and arousal prompted by music excerpts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Nineuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dellacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.15291. </w:t>
+              <w:t xml:space="preserve">Psychology of Music</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Psychology of Music, pp.30573562110506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-94686-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/03057356211050683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335969v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinctive neuropsychological profiles of lateral temporal lobe epilepsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Herlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1680,51 +1680,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinctive neuropsychological profiles of lateral temporal lobe epilepsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Herlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1795,230 +1795,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03454185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of psychomotor functions in patients with drug-resistant epilepsy</w:t>
+                <w:t xml:space="preserve">Getting older with chronic temporal lobe epilepsy: What memory profile?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mathon</w:t>
+                <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Bordes</w:t>
+                <w:t xml:space="preserve">C. Moncomble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Méré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymeric Amelot</w:t>
+                <w:t xml:space="preserve">R. Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Carpentier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 106, pp.106985. </w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 176 (6), pp.439-443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2020.106985⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2020.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04444688v1</w:t>
+                <w:t xml:space="preserve">hal-04444675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchronisation sensorimotrice et comportements non verbaux dans la maladie d’Alzheimer : l’influence du contexte social et musical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Ghilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Lesaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joren Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2063,187 +2059,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03127136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Getting older with chronic temporal lobe epilepsy: What memory profile?</w:t>
+                <w:t xml:space="preserve">Evaluation of psychomotor functions in patients with drug-resistant epilepsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Samson</w:t>
+                <w:t xml:space="preserve">Bertrand Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Moncomble</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Méré</w:t>
+                <w:t xml:space="preserve">Alice Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Vasseur</w:t>
+                <w:t xml:space="preserve">Aymeric Amelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dupont</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandre Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Méré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 176 (6), pp.439-443. </w:t>
+              <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 106, pp.106985. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2020.04.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2020.106985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04444675v1</w:t>
+                <w:t xml:space="preserve">hal-04444688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why do music-based interventions benefit persons with neurodegenerative disease?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2290,90 +2290,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does a Live Performance Impact Synchronization to Musical Rhythm in Cognitively Impaired Elderly?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Ghilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Lesaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashmita Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2450,51 +2450,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Nineuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Frontiers in Psychology, 11 (2110), </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2541,51 +2541,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive impairment in temporal lobe epilepsy: contributions of lesion, localization and lateralization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Ha Phuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Méré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,64 +2701,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Lehongre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychomusicology: Music, Mind and Brain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 30 (1), pp.37-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2792,130 +2792,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of psychomotor functions in patients with drug-resistant epilepsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Amelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Méré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 106, pp.106985 -. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.yebeh.2020.106985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03489980v1</w:t>
@@ -3596,77 +3596,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Reply to &amp;quot;Selective Amygdalohippocampectomy for Mesial Temporal Sclerosis: Special Considerations in Geniuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Clémenceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3726,51 +3726,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New clinicopathological associations and histoprognostic markers in ILAE types of hippocampal sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Laura Calderon-Garcidueñas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3899,51 +3899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 81, pp.49-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3971,1070 +3971,1116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01741854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional recognition of dynamic facial expressions before and after cochlear implantation in adults with progressive deafness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predictive factors of long-term outcomes of surgery for mesial temporal lobe epilepsy associated with hippocampal sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuèle Ambert-Dahan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mosnier</w:t>
+                <w:t xml:space="preserve">Odile Plaisant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hearing Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heares.2017.08.007⟩</w:t>
+              <w:t xml:space="preserve">Epilepsia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58 (8), pp.1473-1485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/epi.13831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03722182v1</w:t>
+                <w:t xml:space="preserve">hal-01557196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk of tinnitus after medial temporal lobe surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Paquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dupont So</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Szabo de Edelenyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Galan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAMA neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (11), pp.1376-1377. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1001/jamaneurol.2017.2718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive factors of long-term outcomes of surgery for mesial temporal lobe epilepsy associated with hippocampal sclerosis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Séverine Samson</w:t>
+                <w:t xml:space="preserve">Emotional recognition of dynamic facial expressions before and after cochlear implantation in adults with progressive deafness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuèle Ambert-Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Mecheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sterkers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Plaisant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dupont</w:t>
+                <w:t xml:space="preserve">Isabelle Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epilepsia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 58 (8), pp.1473-1485. </w:t>
+              <w:t xml:space="preserve">Hearing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 354, pp.64-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/epi.13831⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heares.2017.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01557196v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03722182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The new approach to classification of focal epilepsies</w:t>
+                <w:t xml:space="preserve">Interictal epileptic discharge correlates with global and frontal cognitive dysfunction in temporal lobe epilepsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Dinkelacker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Xin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Epilepsy &amp; Behavior, 64 (Pt B), p. 322-328. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2016.08.028⟩</w:t>
+              <w:t xml:space="preserve">, 2016, Epilepsy &amp; Behavior, 62, p. 197-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2016.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04083197v1</w:t>
+                <w:t xml:space="preserve">hal-04083205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of learning processes on dissonance judgments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Omigie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Disiplinlerarası müzik araştırmaları dergisi = Journal of interdisciplinary music studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Journal of Interdisciplinary Music Studies, 8 (142), pp.11-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interictal epileptic discharge correlates with global and frontal cognitive dysfunction in temporal lobe epilepsy</w:t>
+                <w:t xml:space="preserve">The new approach to classification of focal epilepsies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Dinkelacker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Epilepsy &amp; Behavior, 62, p. 197-203. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, Epilepsy &amp; Behavior, 64 (Pt B), p. 322-328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2016.08.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2016.07.009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04083205v1</w:t>
+                <w:t xml:space="preserve">hal-04083197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does music training facilitate the mnemonic effect of song? An exploration of musicians and nonmusicians with and without Alzheimer's dementia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amee Baird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerry Chalmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Journal of clinical and experimental neuropsychology, 39 (1), pp.9-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13803395.2016.1185093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03196000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hippocampus: A central node in a large-scale brain network for memory</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hippocampal-thalamic wiring in medial temporal lobe epilepsy: Enhanced connectivity per hippocampal voxel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Dinkelacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Valabregue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lehéricy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epilepsia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 56 (8), pp.1217-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04083340v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01252710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Destination memory and familiarity: better memory for conversations with Elvis Presley than with unknown people</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Severine Samson</w:t>
+                <w:t xml:space="preserve">Emotional memory for musical excerpts in young and older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dellacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Aging Clinical and Experimental Research, 27 (3), pp.337-344. </w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7, pp.23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40520-014-0286-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2015.00023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416543v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01215394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy of musical interventions in dementia: methodological requirements of nonpharmacological trials.</w:t>
               </w:r>
@@ -5059,51 +5105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Narme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ehrlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5156,523 +5202,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judgment of musical emotions after cochlear implantation in adults with progressive deafness</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Destination memory and familiarity: better memory for conversations with Elvis Presley than with unknown people</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Omigie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00181⟩</w:t>
+              <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Aging Clinical and Experimental Research, 27 (3), pp.337-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40520-014-0286-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03043362v1</w:t>
+                <w:t xml:space="preserve">hal-02416543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indications and expectations for neuropsychological assessment in routine epilepsy care: Report of the ILAE Neuropsychology Task Force, Diagnostic Methods Commission, 2013-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah J. Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sallie Baxendale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Barr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sherifa Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Langfitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Epilepsia, 56 (5), p. 674-681. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/epi.12962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional memory for musical excerpts in young and older adults</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Séverine Samson</w:t>
+                <w:t xml:space="preserve">Judgment of musical emotions after cochlear implantation in adults with progressive deafness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuèle Ambert-Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sterkers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00181⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2015.00023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01215394v1</w:t>
+                <w:t xml:space="preserve">hal-03043362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippocampal-thalamic wiring in medial temporal lobe epilepsy: Enhanced connectivity per hippocampal voxel.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The hippocampus: A central node in a large-scale brain network for memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Thivard</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Josefien Huijgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epilepsia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Revue Neurologique, 171 (3), p. 204-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2015.01.557⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01252710v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04083340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Intracranial EEG Study of the Neural Dynamics of Musical Valence Processing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Omigie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5681,5140 +5693,5140 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hasboun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (11), pp.4038-4047. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cercor/bhu118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In response: Indications and expectations for neuropsychological assessment in routine epilepsy care: Report of the ILAE Neuropsychology Task Force, Diagnostic Methods Commission, 2013-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah J. Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sallie Baxendale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Barr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sherifa Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Langfitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Epilepsia, 56 (8), p. 1316-1317. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/epi.13055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Singing abilities in children with Specific Language Impairment (SLI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Planchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée Béland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (420), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Music and dementia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amee Baird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in brain research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Progress in brain research, 217, pp.207-235. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.pbr.2014.11.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The feeling of familiarity for music in patients with a unilateral temporal lobe lesion: A gating study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josefien Huijgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Neuropsychologia, 77, p. 313-320. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2015.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural correlates of binding lyrics and melodies for the encoding of new songs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Davachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Valabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lambrecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 127, pp.333-345. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01252708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Word Detection in Sung and Spoken Sentences in Children With Typical Language Development or With Specific Language Impairment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Planchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée Béland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nia Cason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Cognitive Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11 (4), pp.118-135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5709/acp-0177-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural connectivity differences in left and right temporal lobe epilepsy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Besson</w:t>
+                <w:t xml:space="preserve">Hippocampal sclerosis affects fMR-adaptation of lyric and melodies in songs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Sammler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Valabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Dinkelacker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Xavier Leclerc</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, pp.111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2014.00111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01098831v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippocampal sclerosis affects fMR-adaptation of lyric and melodies in songs</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Valabrègue</w:t>
+                <w:t xml:space="preserve">Structural connectivity differences in left and right temporal lobe epilepsy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Dinkelacker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dupont</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Valabregue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.135-44</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320115v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01098831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre le cerveau musicien avec les patients épileptiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Neurologies, 168, pp.168-172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04546486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A protective effect of musical expertise on cognitive outcome following brain damage?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Omigie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychology Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Neuropsychology Review, 24 (4), pp.445-460. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11065-014-9274-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soigner avec les émotions musicales</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Efficacy of musical interventions in dementia: Evidence from a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Narme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Ehrlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Schiaratura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vachez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerveau &amp; Psycho</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 38, pp.359--369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-130893⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176567v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of musical interventions in dementia: Evidence from a randomized controlled trial</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soigner avec les émotions musicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dellacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cerveau &amp; Psycho</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Cerveau &amp; Psycho, 63, pp.50-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240613v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Music evoked autobiographical memory after severe acquired brain injury: preliminary findings from a case series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amee Baird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychological rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Neuropsychological rehabilitation, 24 (1), pp.125-143. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09602011.2013.858642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03195988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacité des interventions musicales dans la démence : une étude contrôlée randomisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Narme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ehrlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Courtaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Neurologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Revue Neurologique, 169 (supplement 2), p. A13-A14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective and retrospective time perception are related to mental time travel: evidence from Alzheimer's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Haj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Fasotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 83 (1), pp.45-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bandc.2013.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non pharmacological treatment for Alzheimer's disease: comparison between musical and non-musical interventions.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does Pathological Aging Affect Musical Learning and Memory?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatiha Khatir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Clément</w:t>
+                <w:t xml:space="preserve">S Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Baird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Moussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hunter Brain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2012.0343⟩</w:t>
+              <w:t xml:space="preserve">Music Perception: An Interdisciplinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29 (5), pp.493--500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/mp.2012.29.5.493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240618v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short and longer term effects of musical intervention in severe Alzheimer's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Tonini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatiha Khatir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Music Perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 29 (5), pp.533--541. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1525/MP.2012.29.5.533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Pathological Aging Affect Musical Learning and Memory?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Baird</w:t>
+                <w:t xml:space="preserve">Non pharmacological treatment for Alzheimer's disease: comparison between musical and non-musical interventions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Narme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Moussard</w:t>
+                <w:t xml:space="preserve">Audrey Tonini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Clément</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hunter Brain</w:t>
+                <w:t xml:space="preserve">Fatiha Khatir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Schiaratura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Music Perception: An Interdisciplinary Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (2), pp.215--224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2012.0343⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1525/mp.2012.29.5.493⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01240617v1</w:t>
+                <w:t xml:space="preserve">hal-01240618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérapies non médicamenteuses dans la maladie d'Alzheimer : comparaison d'ateliers musicaux et non musicaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Narme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tonini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Khatir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 10 (2), pp.215--224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of musical experience on emotional self-reports and psychophysiological responses to dissonance.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impaired recognition of musical emotions and facial expressions following anteromedial temporal lobe excision.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Hugueville</w:t>
+                <w:t xml:space="preserve">Nathalie Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Peretz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hasboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 48 (3), pp.337-49. </w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (9), pp.1116-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8986.2010.01075.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2011.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00795723v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired recognition of fear in voices and reduced anxiety after unilateral temporal lobe resection.</w:t>
+                <w:t xml:space="preserve">Postoperative recovery of hippocampal contralateral diffusivity in medial temporal lobe epilepsy correlates with memory functions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dellacherie</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Micha Pfeuty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2010.11.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 82 (3), pp.340-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jnnp.2008.158428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00795744v1</w:t>
+                <w:t xml:space="preserve">hal-00795753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postoperative recovery of hippocampal contralateral diffusivity in medial temporal lobe epilepsy correlates with memory functions.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impaired recognition of fear in voices and reduced anxiety after unilateral temporal lobe resection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dellacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hasboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micha Pfeuty</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Samson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 82 (3), pp.340-3. </w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (4), pp.618-29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jnnp.2008.158428⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2010.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00795753v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired recognition of musical emotions and facial expressions following anteromedial temporal lobe excision.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of musical experience on emotional self-reports and psychophysiological responses to dissonance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dellacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Gosselin</w:t>
+                <w:t xml:space="preserve">Mathieu Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Peretz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Baulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2011.05.012⟩</w:t>
+              <w:t xml:space="preserve">Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 48 (3), pp.337-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8986.2010.01075.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00795747v1</w:t>
+                <w:t xml:space="preserve">hal-00795723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional scaling of emotional responses to music in patients with temporal lobe resection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Baulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Cortex, 47 (9), pp.1107-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cortex.2011.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04080947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different spatial memory systems are involved in small- and large-scale environments: evidence from patients with temporal lobe epilepsy.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samuel Dupont</w:t>
+                <w:t xml:space="preserve">The relationship of lyrics and tunes in the processing of unfamiliar songs: a functional magnetic resonance adaptation study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Sammler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amee Baird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Valabrègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-010-2234-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 30 (10), pp.3572-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2751-09.2010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00805379v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relationship of lyrics and tunes in the processing of unfamiliar songs: a functional magnetic resonance adaptation study.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dupont</w:t>
+                <w:t xml:space="preserve">Different spatial memory systems are involved in small- and large-scale environments: evidence from patients with temporal lobe epilepsy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Piccardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berthoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baulac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Denos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 30 (10), pp.3572-8. </w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 206 (2), pp.171-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2751-09.2010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00221-010-2234-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00795778v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postoperative recovery of hippocampal contralateral diffusivity in medial temporal lobe epilepsy correlates with memory functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micha Pfeuty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Baulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 82 (3), pp.340. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/jnnp.2008.158428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00566330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional MR imaging or Wada test: which is the better predictor of individual postoperative memory outcome?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Duron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa Denos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 255 (1), pp.128-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1148/radiol.09091079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The birth of musical emotion: a depth electrode case study in a human subject with epilepsy.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emotional power of music in patients with memory disorders: clinical implications of cognitive neuroscience.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Platel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 1169, pp.336-41. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1749-6632.2009.04870.x⟩</w:t>
+              <w:t xml:space="preserve">, 2009, Annals of the New York Academy of Sciences, 1169, pp.245-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1749-6632.2009.04555.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00805430v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional power of music in patients with memory disorders: clinical implications of cognitive neuroscience.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The birth of musical emotion: a depth electrode case study in a human subject with epilepsy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micha Pfeuty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hasboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hugueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Annals of the New York Academy of Sciences, 1169, pp.245-55. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1749-6632.2009.04555.x⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 1169, pp.336-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1749-6632.2009.04870.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03830045v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is anterior temporal lobectomy a precipitating factor for transient global amnesia?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Distinct visual perspective-taking strategies involve the left and right medial temporal lobe structures differently.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lambrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Ange M.-A. Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Noulhiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hasboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 131 (Pt 2), pp.523-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awm317⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jnnp.2007.131623⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00805438v1</w:t>
+                <w:t xml:space="preserve">hal-00579444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct visual perspective-taking strategies involve the left and right medial temporal lobe structures differently.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Is anterior temporal lobectomy a precipitating factor for transient global amnesia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baulac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 131 (Pt 2), pp.523-34. </w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 79 (3), pp.309-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/brain/awm317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jnnp.2007.131623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00579444v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Pr\é\servation des apprentissages implicites en musique dans le vieillissement normal et la maladie d'Alzheimer]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Moussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18 (2), pp.127--152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modularity in Sensory Auditory Memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Moroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polskie Forum Psychologiczne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilateral hemispheric alteration of memory processes in right medial temporal lobe epilepsy.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The neuroanatomical substrate of sound duration discrimination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.-F. van de Moortele</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Samson</w:t>
+                <w:t xml:space="preserve">Pascal Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Poline</w:t>
+                <w:t xml:space="preserve">Stephen Mcadams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bennett K. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Savel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 73 (5), pp.478-85</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 40, pp.1956-1964</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00349705v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01105792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neuroanatomical substrate of sound duration discrimination</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Thivard</w:t>
+                <w:t xml:space="preserve">Bilateral hemispheric alteration of memory processes in right medial temporal lobe epilepsy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bennett K. Smith</w:t>
+                <w:t xml:space="preserve">Y. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Savel</w:t>
+                <w:t xml:space="preserve">P.-F. van de Moortele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Poline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 40, pp.1956-1964</w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 73 (5), pp.478-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01105792v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00349705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delayed verbal memory retrieval: a functional MRI study in epileptic patients with structural lesions of the left medial temporal lobe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. F. van de Moortele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. B. Poline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 14 (5), pp.995-1003. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1006/nimg.2001.0908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00349808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional MR evaluation of temporal and frontal language dominance compared with the Wada test.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lehéricy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Giacomini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 54 (8), pp.1625-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00349838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Episodic memory in left temporal lobe epilepsy: a functional MRI study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. F. van de Moortele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hasboun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. B. Poline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 123 ( Pt 8), pp.1722-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00349835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The functional anatomy of sound intensity discrimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Mcadams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bennett K. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Belin</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sophie Savel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience Nursing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 18, pp.6388-6394</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01105669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10824,1008 +10836,1008 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-related cognitive impairment disrupts the ability to extract a beat from music</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The impact of age-related cognitive decline on beat perception in music</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Dalla Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Neurosciences and Music – VIII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">6th CIRMMT-OICRM-BRAMS (COBS) student colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674248v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurocognitive disorders are associated with impaired beat induction during sensorimotor synchronisation to music</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Dalla Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRBLM 2024 Symposium “Perspectives on Language and Music”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04674224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of age-related cognitive decline on beat perception in music</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Age-related cognitive impairment disrupts the ability to extract a beat from music</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Dalla Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th CIRMMT-OICRM-BRAMS (COBS) student colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">The Neurosciences and Music – VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674252v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating Implicit Rhythmic Abilities in Children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guinamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Dalla Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas E.V. Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bégel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th CIRMMT-OICRM-BRAMS (COBS) student symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implicit Rhythmic Abilities in Children</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
+                <w:t xml:space="preserve">Investigating Implicit Rhythmic Abilities in Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guinamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Dalla Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas E.V. Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bégel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Annual Neuromusic Conference of McMaster University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Hamilton, Ontario, Canada</w:t>
+              <w:t xml:space="preserve">The Centre for Research on Brain, Language and Music (CRBLM) Scientific Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04460159v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Implicit Rhythmic Abilities in Children</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
+                <w:t xml:space="preserve">Implicit Rhythmic Abilities in Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guinamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Dalla Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas E.V. Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bégel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Centre for Research on Brain, Language and Music (CRBLM) Scientific Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">19th Annual Neuromusic Conference of McMaster University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Hamilton, Ontario, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04460162v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of cognitive functioning on sensorimotor synchronisation with simple and complex rhythmic sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Music &amp; Hearing Health Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Oldenburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory for songs following unilateral temporal lobe excision including the hippocampus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Alonso Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lambrecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Annual Meeting Cognitive Neuroscience Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, San Francisco (Californie), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11835,723 +11847,723 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychological Models of Tinnitus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soly Erlandsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rilana Cima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mckenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textbook of Tinnitus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.251-267, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-35647-6_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is music special for people with dementia ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Ghilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Music and Dementia: From Cognition to Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, New York : Oxford University Press, 2019, 9780190075934. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oso/9780190075934.001.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03664470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchronization to Music as a Tool for Enhancing Non-Verbal Communication in People with Neurological Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nia Cason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lesaffre, Micheline; Maes, Pieter-Jan; Leman, Marc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Companion to Embodied Music Interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, p. 304-312, 2017, 978-1-138-65740-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal Analysis of Synchronization Data from Patients with Dementia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Lesaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joren Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ehrlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">van Dyck, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 25th Anniversary Conference of the European Society for the Cognitive Sciences of Music (ESCOM 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ghent University, p. 53-58, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cerveau au cœur de l’alchimie des émotions musicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dellacherie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Platel, Hervé; Thomas-Antérion, Catherine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychologie et art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Solal, pp.25-46, 2015, 978-2-35327-266-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03782207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions musicales: Apport de la neuropsychologie et de l'imagerie cérébrale fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dupont, Anne-Christine; Gatignol, Peggy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Émotions, cognition &amp; communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ortho Edition, pp.203-221, 2014, 978-2-36235-065-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03782437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation neuropsychologique dans la chirurgie de l’épilepsie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Seron, Xavier; van der Linden, Martial. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traité de neuropsychologie clinique de l'adulte - Tome 1 : Évaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck-Solal, pp.619-635, 2013, 978-2-35327-235-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03782364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12561,741 +12573,741 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of neurocognitive disorders on sensorimotor synchronization with simple and complex rhythmic sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 15th International Conference of Students of Systematic Musicology (SysMus22)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ghent University, Sep 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Influence of Age and Cognitive Decline on Sensorimotor Synchronisation in Patients with Neurocognitive Disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huvent-Grelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 17th International Conference on Music Perception and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nihon University, Aug 2023, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tapping into Sophistication: How Different Facets of Musicality Impact Synchronisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 16th International Conference of Students of Systematic Musicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Music, Mind, Machine Research Centre - Department of Music, University of Sheffield, Oct 2023, Sheffield, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Music and Movement Synchronization in People with Dementia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Music and movement synchronization in people with dementia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ghilain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Lesaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Samson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Neurosciences and Music-VI: Music, Sound and Health à Harvard Medical School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Boston, MA, United States</w:t>
+              <w:t xml:space="preserve">25th Anniversary Conference of the European Society for the Cognitive Sciences of Music</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Gand, Aug 2017, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548818v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Music and movement synchronization in people with dementia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Music and Movement Synchronization in People with Dementia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Ghilain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Schiaratura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Lesaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joren Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Anniversary Conference of the European Society for the Cognitive Sciences of Music</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Gand, Aug 2017, Gand, Belgium</w:t>
+              <w:t xml:space="preserve">The Neurosciences and Music-VI: Music, Sound and Health à Harvard Medical School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Boston, MA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04059628v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The functional anatomy of sound intensity change detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bennett K. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Savel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, New Orleans, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01105481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13305,161 +13317,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensorimotor Impairment in Ageing and Neurocognitive Disorders: Beat Synchronisation and Adaptation to Tempo Changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres von Schnehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Recher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Puisieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04381954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId379"/>
+      <w:footerReference w:type="default" r:id="rId380"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13606,51 +13618,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382213v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Grassi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Alto&#232;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Brattico" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459251379432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674240v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres von Schnehen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Hobeika" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Recher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Puisieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-231433" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04331030v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laguitton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Brissart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breuillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bilger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.08.019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05024953v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garvayo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Frazzini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bielle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Adam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-024-12599-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444587v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Dusanter" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Denos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Samson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.16050" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04250818v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Nineuil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Houot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dellacherie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#233;r&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2023.109191" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444625v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Alonso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hasboun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Dinkelacker" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Davachi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12309" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04186290v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huvent-Grelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.838511" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04198526v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Schiaratura" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Lesaffre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Puisieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14923" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03514416v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Samson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03057356211050683" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03335969v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94686-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444643v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Longo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Herlin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M&#233;r&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2021.108411" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03454185v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444688v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bordes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Amelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Carpentier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2020.106985" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127136v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Six" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2020.0861" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444675v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Samson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moncomble" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vasseur" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.04.011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127010v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-817422-7.00013-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127074v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashmita Singh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-200521" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03215123v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.02110" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444656v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Ha Phuong" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-020-10307-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444710v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Omigie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navarro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pmu0000249" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489980v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395371v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brissart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bilger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bulteau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Forthoffer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2019.106522" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Baxendale" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Wilson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Baker" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Barr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Helmstaedter" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14104" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444769v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sallie Baxendale" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wilson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gus Baker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Barr" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Helmstaedter" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.16309" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444788v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Pearce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01388" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444780v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/epd.2019.1065" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03367223v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cl&#233;menceau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wneu.2017.12.074" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01730593v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Laura Calderon-Garcidue&#241;as" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;vy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mokhtari" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12596" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741854v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidio Solano Cabrera" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leh&#233;ricy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Masson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2017.11.018" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722182v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Ambert-Dahan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Giraud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Mecheri" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sterkers" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mosnier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2017.08.007" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618332v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Paquette" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fournier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont So" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szabo de Edelenyi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Galan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2017.2718" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01557196v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Plaisant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.13831" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083197v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2016.08.028" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03777056v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083205v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Xin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baulac" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2016.07.009" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03196000v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amee Baird" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Miller" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Chalmers" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2016.1185093" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083340v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefien Huijgen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2015.01.557" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02416543v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-014-0286-z" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240607v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Narme" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ehrl&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.12621" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9S37JDP8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03043362v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00181" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083507v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Wilson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherifa Hamed" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Langfitt" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.12962" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01215394v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2015.00023" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252710v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabregue" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thivard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240612v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Clement" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhu118" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083512v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.13055" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240606v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Planchou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e B&#233;land" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Motte" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00420" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03184277v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.pbr.2014.11.028" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083372v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bigand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.09.007" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252708v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabr&#232;gue" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lambrecq" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.12.018" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03121391v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nia Cason" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5709/acp-0177-8" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01098831v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Besson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leclerc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320115v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Sammler" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00111" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04546486v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03790443v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-014-9274-5" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03176567v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240613v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vachez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-130893" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03195988v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09602011.2013.858642" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04082912v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ehrl&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Courtaigne" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.023" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355681v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moroni" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Fasotti" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2013.06.008" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240618v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tonini" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Khatir" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2012.0343" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240616v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/MP.2012.29.5.533" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240617v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Samson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Baird" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moussard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cl&#233;ment" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunter Brain" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/mp.2012.29.5.493" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240619v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Narme" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tonini" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Khatir" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Schiaratura" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795723v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roy" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Peretz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8986.2010.01075.x" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FHQBMWP3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795744v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dellacherie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hasboun" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baulac" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Belin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2010.11.008" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Z7SPKXB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795753v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Pfeuty" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2008.158428" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-BT1RQK4R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795747v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gosselin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.05.012" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F74ZND23-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04080947v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Molin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Baulac" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.05.007" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H56D1898-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805379v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piccardi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthoz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupont" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-010-2234-2" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4DL8J59J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795778v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2751-09.2010" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566330v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795785v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duron" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Volle" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.09091079" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805430v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.2009.04870.x" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HPNS6BJK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830045v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Platel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.2009.04555.x" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-51773L70-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805438v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2007.131623" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-MD6KPJP4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579444v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambrey" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange M.-A. Amorim" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Noulhiane" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awm317" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240621v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bigand" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240624v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moroni" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349705v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Samson" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. van de Moortele" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Poline" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105792v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcadams" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennett K. Smith" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Savel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349808v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. van de Moortele" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Poline" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nimg.2001.0908" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBJPKPHM-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349838v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cohen" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bazin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giacomini" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349835v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105669v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674248v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Foster" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Dalla Bella" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674224v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674252v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04460167v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guinamard" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas E.V. Foster" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin B&#233;gel" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04460159v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04460162v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04355058v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03859708v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Alonso Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994699v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dauman" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soly Erlandsson" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rilana Cima" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mckenna" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35647-6_21" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03664470v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780190075934.001.0001" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04082464v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04082197v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Desmet" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03782207v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03782437v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03782364v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04355028v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04354999v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04355039v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04548818v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04059628v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ghilain" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105481v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04381954v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382213v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Grassi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Alto&#232;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Brattico" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459251379432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05024953v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garvayo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Frazzini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bielle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Adam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-024-12599-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04331030v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laguitton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Brissart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breuillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bilger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.08.019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674240v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres von Schnehen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Hobeika" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Recher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Puisieux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-231433" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444587v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Dusanter" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Denos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Samson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.16050" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04250818v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Nineuil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Houot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dellacherie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#233;r&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2023.109191" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444625v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Alonso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hasboun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Dinkelacker" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Davachi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12309" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04198526v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Schiaratura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Lesaffre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Puisieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14923" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04186290v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huvent-Grelle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.838511" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03335969v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94686-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03514416v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Samson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03057356211050683" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444643v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Longo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Herlin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M&#233;r&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2021.108411" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03454185v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444675v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Samson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moncomble" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vasseur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupont" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.04.011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127136v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Six" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2020.0861" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444688v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bordes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Amelot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Carpentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2020.106985" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127010v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-817422-7.00013-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127074v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashmita Singh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-200521" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03215123v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.02110" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444656v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Ha Phuong" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-020-10307-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444710v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Omigie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navarro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pmu0000249" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489980v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395371v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brissart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bilger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bulteau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Forthoffer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2019.106522" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Baxendale" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Wilson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Baker" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Barr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Helmstaedter" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14104" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444769v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sallie Baxendale" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wilson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gus Baker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Barr" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Helmstaedter" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.16309" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444788v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Pearce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01388" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04444780v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/epd.2019.1065" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03367223v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cl&#233;menceau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wneu.2017.12.074" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01730593v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Laura Calderon-Garcidue&#241;as" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;vy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mokhtari" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12596" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741854v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidio Solano Cabrera" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leh&#233;ricy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Masson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2017.11.018" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01557196v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Plaisant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.13831" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Paquette" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fournier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont So" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szabo de Edelenyi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Galan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2017.2718" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722182v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Ambert-Dahan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Giraud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Mecheri" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sterkers" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mosnier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2017.08.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083205v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Xin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baulac" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2016.07.009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK0K9J9P-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03777056v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083197v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2016.08.028" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03196000v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amee Baird" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Miller" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Chalmers" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2016.1185093" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252710v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabregue" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thivard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01215394v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2015.00023" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240607v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Narme" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ehrl&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.12621" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9S37JDP8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02416543v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-014-0286-z" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083507v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Wilson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherifa Hamed" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Langfitt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.12962" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03043362v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00181" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083340v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefien Huijgen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2015.01.557" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240612v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Clement" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhu118" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083512v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.13055" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240606v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Planchou" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e B&#233;land" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Motte" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00420" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03184277v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.pbr.2014.11.028" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083372v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bigand" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.09.007" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01252708v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabr&#232;gue" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lambrecq" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.12.018" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03121391v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nia Cason" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5709/acp-0177-8" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320115v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Sammler" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00111" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01098831v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Besson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leclerc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04546486v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03790443v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-014-9274-5" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240613v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vachez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-130893" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03176567v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03195988v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09602011.2013.858642" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04082912v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ehrl&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Courtaigne" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.023" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355681v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moroni" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Fasotti" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2013.06.008" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240617v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Samson" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Baird" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moussard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cl&#233;ment" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunter Brain" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/mp.2012.29.5.493" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240616v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tonini" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Khatir" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/MP.2012.29.5.533" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240618v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2012.0343" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240619v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Narme" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tonini" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Khatir" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Schiaratura" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795747v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gosselin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Peretz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.05.012" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F74ZND23-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795753v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Pfeuty" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2008.158428" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-BT1RQK4R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795744v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dellacherie" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hasboun" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baulac" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Belin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2010.11.008" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Z7SPKXB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795723v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roy" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8986.2010.01075.x" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FHQBMWP3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04080947v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Molin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Baulac" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.05.007" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H56D1898-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795778v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2751-09.2010" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805379v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piccardi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthoz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupont" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-010-2234-2" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4DL8J59J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566330v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795785v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Volle" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.09091079" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830045v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Platel" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.2009.04555.x" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-51773L70-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805430v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.2009.04870.x" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HPNS6BJK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579444v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambrey" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange M.-A. Amorim" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Noulhiane" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awm317" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805438v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2007.131623" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-MD6KPJP4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240621v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bigand" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240624v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moroni" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105792v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcadams" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennett K. Smith" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Savel" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349705v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Samson" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. van de Moortele" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Poline" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349808v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. van de Moortele" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Poline" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nimg.2001.0908" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBJPKPHM-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349838v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cohen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bazin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giacomini" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349835v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105669v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674252v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Foster" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Dalla Bella" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674224v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04674248v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04460167v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guinamard" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas E.V. Foster" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin B&#233;gel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04460162v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04460159v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04355058v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03859708v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Alonso Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994699v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dauman" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soly Erlandsson" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rilana Cima" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mckenna" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35647-6_21" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03664470v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780190075934.001.0001" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04082464v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04082197v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Desmet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03782207v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03782437v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03782364v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04355028v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04354999v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04355039v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04059628v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ghilain" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04548818v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105481v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04381954v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>