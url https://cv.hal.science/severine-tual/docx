--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,76 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.43119266055px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Séverine Tual </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Je suis épidémiologiste au sein de l’Unité INSERM ANTICIPE et du centre de lutte contre le cancer François Baclesse à Caen et co-responsable du thème Facteurs de risque professionnels et environnementaux des cancers. Je travaille principalement sur la cohorte Agriculture et Cancers AGRICAN dans laquelle j'étudie le lien entre expositions professionnelles agricoles, notamment en lien avec l'exposition aux pesticides, et le risque de cancers.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -92,2993 +126,2993 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acetanilide herbicide exposure and lymphoid malignancy risk in the French AGRiculture and CANcer cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiméa Agossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Gac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 207, pp.110024. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envint.2025.110024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kidney cancer and occupational agricultural exposures in the AGRIculture and CANcer cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 55 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ije/dyag001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05535208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations between agricultural use of pyrethroid insecticides and asthma: AGRICAN cohort results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie de Graaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen Douwes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 277, pp.121583. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envres.2025.121583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05070206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural exposure and risk of ovarian cancer in the AGRIculture and CANcer (AGRICAN) cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Hippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weiswald Louis-Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Meryet-Figuiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 81 (2), pp.75-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/oemed-2023-109089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04468339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herbicide exposure during occupational knapsack spraying in French gardeners and municipal workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie de Graaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Work Exposures and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 67 (8), pp.965-978. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/annweh/wxad045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herbicide exposure during occupational knapsack spraying in French gardeners and municipal workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie de Graaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Work Exposures and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.wxad045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/annweh/wxad045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability of baseline self-reported information in the AGRICAN cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Giovannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Meryet-Figuiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Causes and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 33 (2), pp.331-342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10552-021-01516-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colorectal cancer among farmers in the AGRICAN cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madar Talibov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Meryet-Figuiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 78, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.canep.2022.102125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03644321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural exposure and risk of soft tissue sarcomas and gastrointestinal stromal sarcoma in the AGRIculture and CANcer (AGRICAN) cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Piel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ijc.33936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03577444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture Exposure and Time to Pregnancy Among Women Enrolled in the French Prospective Cohort AGRICAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Occupational and Environmental Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 63 (5), pp.432-440. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/jom.0000000000002163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03281561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupational pesticide exposure, cancer and chronic neurological disorders: A systematic review of epidemiological studies in greenspace workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie de Graaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Meryet-Figuiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 203, pp.111822. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envres.2021.111822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03361293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animal farming and the risk of lymphohaematopoietic cancers: a meta-analysis of three cohort studies within the AGRICOH consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia El-Zaemey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leah Schinasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ferro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lebailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.oemed-2018-105655. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/oemed-2018-105655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02277105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pesticide use and risk of non-Hodgkin lymphoid malignancies in agricultural cohorts from France, Norway and the USA: a pooled analysis from the AGRICOH consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria E Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leah H Schinasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lebailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura E Beane Freeman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl-Christian Nordby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (5), pp.1519-1535. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ije/dyz017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02114366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupational exposure to pesticides and multiple myeloma in the AGRICAN cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Piel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Causes and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 30 (11), pp.1243-1250. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10552-019-01230-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02451827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lung cancer risk and occupational exposures in crop farming: results from the AGRIculture and CANcer (AGRICAN) cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Delafosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 75 (11), pp.776-785. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/oemed-2017-104976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02100275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupational exposure to pesticides: development of a job-exposure matrix for use in population-based studies (PESTIPOP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Esquirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pouchieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Migault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Exposure Science and Environmental Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 28 (3), pp.281 - 288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/jes.2017.26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased risk of central nervous system tumours with carbamate insecticide use in the prospective cohort AGRICAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Piel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pouchieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Migault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrix Béziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 48 (2), pp.512-526. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ije/dyy246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02106848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer incidence in the AGRICAN cohort study (2005–2011)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Levêque-Morlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 49, pp.175-185. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.canep.2017.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05456808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités agricoles et risque de cancers chez les affiliés du régime agricole -Résultats intermédiaires de l'étude AGRICAN (AGRIculture et CANcers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clementine Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Leveque-Morlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 46, pp.136-146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/1.4622679011419443e12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04506803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of tobacco control policies on exhaled carbon monoxide in non-smokers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabella Annesi-Maesano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Piau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dautzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Jarvis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 64 (6), pp.554. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/jech.2008.086256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00557365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of tobacco control policies on exhaled carbon monoxide in non-smokers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Piau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin J Jarvis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dautzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabella Annesi-Maesano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 64 (6), pp.554-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/jech.2008.086256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00595410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term effects of airborne pollens on asthma attacks as seen by general practitioners in the Greater Paris area, 2003-2007.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bich Tram Huynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Turbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Cecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Primary Care Respiratory Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 19 (3), pp.254-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4104/pcrj.2010.00027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00595404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3088,695 +3122,695 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupational airborne mycotoxins exposure of French farmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lecluse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd International Congress on Occupational Health 2022 (ICOH 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, online, Australia. pp.S259-S260, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.shaw.2021.12.1561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04925980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring airborne exposure of french farmers during work related to livestock and to harvesting of various crops: the airexpa project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lecluse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Clin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Triennial Congress of the International Commission on Occupational Health (ICOH), Dublin, Ireland, 29th April to 4th May 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Dublin, Ireland. pp.A465.1-A465, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/oemed-2018-ICOHabstracts.1322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03428995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of pesticide exposure of french women working and living on farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Chambry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dubreule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lecluse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPICOH2016 - 8th International Conference on the Science of Exposure Assessment in Epidemiology and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of pesticide exposure of french women working and living on farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Chambry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dubreule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lecluse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th European doctoral college on environment and health EDCEH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prostate cancer risk among French farmers in the AGRICAN cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Tual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Levêque-Morlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Challenges for Occupational Epidemiology in the 21st Century EPICOH 2014, Chicago, USA, 24-27 juin 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Chicago, United States. pp.A86-A87, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/oemed-2014-102362.269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04729353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId120"/>
+      <w:footerReference w:type="default" r:id="rId121"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3923,51 +3957,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538274v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shim&#233;a Agossou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Tual" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Gac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bureau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.110024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535208v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Nassar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boulanger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyag001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070206v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Graaf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Tual" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Douwes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.121583" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468339v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Renier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hippert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiswald Louis-Bastien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figuiere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2023-109089" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678330v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pons" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annweh/wxad045" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04196846v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04850753v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Lemarchand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Giovannini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-021-01516-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644321v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madar Talibov" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canep.2022.102125" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577444v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Busson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Piel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33936" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281561v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/jom.0000000000002163" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361293v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bureau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Bouvier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.111822" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02277105v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia El-Zaemey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Schinasi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ferro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lebailly" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2018-105655" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02114366v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria E Leon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah H Schinasi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura E Beane Freeman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Christian Nordby" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyz017" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02451827v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-019-01230-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02100275v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delafosse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2017-104976" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891915v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Esquirol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouchieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Migault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jes.2017.26" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02106848v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrix B&#233;ziat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyy246" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456808v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lev&#234;que-Morlais" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Belot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canep.2017.06.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04506803v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Lemarchand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Leveque-Morlais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622679011419443e12" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557365v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Annesi-Maesano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Piau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dautzenberg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jarvis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech.2008.086256" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-LT01F4JX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00595410v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J Jarvis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00595404v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich Tram Huynh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Turbelin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pelat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Cecchi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4104/pcrj.2010.00027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04925980v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lecluse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot B&#232;gue" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bresson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.shaw.2021.12.1561" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03428995v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pons" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Clin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2018-ICOHabstracts.1322" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04774429v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Chambry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dubreule" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04774426v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729353v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2014-102362.269" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538274v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shim&#233;a Agossou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Tual" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Gac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bureau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Perrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.110024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535208v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Nassar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boulanger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyag001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070206v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Graaf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Tual" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Douwes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.121583" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Renier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hippert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiswald Louis-Bastien" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figuiere" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2023-109089" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678330v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pons" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annweh/wxad045" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04196846v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04850753v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Lemarchand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Giovannini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-021-01516-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644321v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madar Talibov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canep.2022.102125" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577444v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Busson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Piel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33936" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281561v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/jom.0000000000002163" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361293v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bureau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Bouvier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.111822" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02277105v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia El-Zaemey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Schinasi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ferro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lebailly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2018-105655" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02114366v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria E Leon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah H Schinasi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura E Beane Freeman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Christian Nordby" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyz017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02451827v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-019-01230-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02100275v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delafosse" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2017-104976" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891915v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carles" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Esquirol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouchieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Migault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jes.2017.26" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02106848v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrix B&#233;ziat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyy246" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456808v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lev&#234;que-Morlais" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Belot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canep.2017.06.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04506803v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Lemarchand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Leveque-Morlais" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622679011419443e12" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557365v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Annesi-Maesano" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Piau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dautzenberg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jarvis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech.2008.086256" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-LT01F4JX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00595410v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J Jarvis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00595404v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich Tram Huynh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Turbelin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pelat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Cecchi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4104/pcrj.2010.00027" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04925980v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lecluse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot B&#232;gue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bresson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.shaw.2021.12.1561" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03428995v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pons" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Clin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2018-ICOHabstracts.1322" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04774429v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Chambry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dubreule" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04774426v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729353v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2014-102362.269" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>