--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -919,200 +919,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03831815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Lanciano-Morandat, Le travail de recherche. Production de savoirs et pratiques scientifiques et techniques, CNRS Éditions, Paris, 2019, 384 p.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epidemiologists’ ambivalence towards the epigenetics of social adversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Romijn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Louvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/sdt.39930⟩</w:t>
+              <w:t xml:space="preserve">BioSocieties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/s41292-021-00248-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03342313v1</w:t>
+                <w:t xml:space="preserve">halshs-03353522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiologists’ ambivalence towards the epigenetics of social adversity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caroline Lanciano-Morandat, Le travail de recherche. Production de savoirs et pratiques scientifiques et techniques, CNRS Éditions, Paris, 2019, 384 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Louvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioSocieties</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 63 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1057/s41292-021-00248-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sdt.39930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03353522v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03342313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What's in a name? The three genealogies of the social in social epigenetics</w:t>
               </w:r>
@@ -2053,399 +2053,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01354896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding change in higher education as bricolage: how academics engage in curriculum change</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Producing 'Human Elements Based Medical Technologies' in Biotech Companies: Some Ethical and Organisational Ingredients for Innovative Cooking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Tournay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rial-Sebbag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doerte Bemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Granjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Higher Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10734-013-9628-6⟩</w:t>
+              <w:t xml:space="preserve">Science Technology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 18 (1), pp.93 - 114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0971721813484381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00969472v1</w:t>
+                <w:t xml:space="preserve">hal-01560540v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Producing 'Human Elements Based Medical Technologies' in Biotech Companies: Some Ethical and Organisational Ingredients for Innovative Cooking</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Understanding change in higher education as bricolage: how academics engage in curriculum change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Louvel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Technology and Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 18 (1), pp.93 - 114. </w:t>
+              <w:t xml:space="preserve">Higher Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 66 (6), pp.669-691. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0971721813484381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10734-013-9628-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01560540v2</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00969472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le financement sur projets : quelles conséquences sur le travail des chercheurs ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réinterroger l'évaluation comme technologie de &amp;quot;pilotage à distance&amp;quot; du secteur public : l'exemple de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Louvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quaderni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 77 (1), pp.5-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00735832v1</w:t>
+                <w:t xml:space="preserve">halshs-00735831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réinterroger l'évaluation comme technologie de &amp;quot;pilotage à distance&amp;quot; du secteur public : l'exemple de la recherche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le financement sur projets : quelles conséquences sur le travail des chercheurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Louvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderni</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 71 (3), pp.13-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.071.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00735831v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00735832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 'Industrialization' of Doctoral Training? A Study of the Experiences of Doctoral Students and Supervisors in the French Life Sciences</w:t>
               </w:r>
@@ -5052,51 +5052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814434v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ghis Malfilatre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Louvel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117575" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05288090v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Larregue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01622439251378192" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865009v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Degache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Abrial" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Tournay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0311934" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04464853v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Chiapperino" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Besle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Panese" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2024.1367791" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542040v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Li Vigni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Raimbault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.30365" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03726789v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Goff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Allard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25168657221113149" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03619516v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Auroy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03831815v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Soulier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2022.115470" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03342313v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.39930" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353522v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Romijn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41292-021-00248-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448128v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0539018419897001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494360v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rial-Sebbag" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0539018420908233" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423191v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guaspare" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eep/dvz019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056384v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Potdevin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hrc.3374" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZBF56V13-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056405v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolez Antoine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23987/sts.64919" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744874v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.591.0071" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354903v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hubert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.573.0473" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354895v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.561.0075" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01938463v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354896v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Valette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.024.0523" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969472v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10734-013-9628-6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01560540v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doerte Bemme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mahalatchimy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0971721813484381" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00735832v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.071.0013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00735831v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969343v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667812v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dany" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018726710393537" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576369v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Lange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00387827v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291423v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194225v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desmarais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Jeannot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pernot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saglio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348188v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185635v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185620v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185598v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185535v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581428v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.30500" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00976839v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00818119v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667831v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858271v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354900v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arpin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354901v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354899v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667844v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonthier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733743v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bozonnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00735830v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576357v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373703v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185533v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Carr&#232;re" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mangematin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marry" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Musselin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814434v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ghis Malfilatre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Louvel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117575" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05288090v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Larregue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01622439251378192" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865009v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Degache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Abrial" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Tournay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0311934" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04464853v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Chiapperino" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Besle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Panese" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2024.1367791" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542040v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Li Vigni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Raimbault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.30365" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03726789v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Goff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Allard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25168657221113149" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03619516v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Auroy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03831815v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Soulier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2022.115470" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353522v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Romijn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41292-021-00248-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03342313v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.39930" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448128v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0539018419897001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494360v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rial-Sebbag" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0539018420908233" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423191v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guaspare" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eep/dvz019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056384v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Potdevin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hrc.3374" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZBF56V13-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056405v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolez Antoine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23987/sts.64919" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744874v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.591.0071" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354903v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hubert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.573.0473" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354895v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.561.0075" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01938463v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354896v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Valette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.024.0523" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01560540v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doerte Bemme" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mahalatchimy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0971721813484381" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969472v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10734-013-9628-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00735831v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00735832v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.071.0013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969343v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667812v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dany" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018726710393537" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576369v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Lange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00387827v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291423v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00194225v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desmarais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Jeannot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pernot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saglio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348188v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185635v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185620v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185598v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185535v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581428v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.30500" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00976839v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00818119v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667831v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858271v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354900v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arpin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354901v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354899v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667844v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonthier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733743v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bozonnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00735830v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576357v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373703v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185533v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Carr&#232;re" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mangematin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marry" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Musselin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>