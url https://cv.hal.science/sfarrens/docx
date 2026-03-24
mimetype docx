--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -188,51 +188,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Atek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 706, pp.A83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361/202556372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
@@ -1181,563 +1181,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04851239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XIII. Forecasts for galaxy morphology with the Euclid Survey using deep generative models</w:t>
+                <w:t xml:space="preserve">Euclid: Cosmological forecasts from the void size function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bretonnière</w:t>
+                <w:t xml:space="preserve">S. Contarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Huertas-Company</w:t>
+                <w:t xml:space="preserve">G. Verza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boucaud</w:t>
+                <w:t xml:space="preserve">A. Pisani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Lanusse</w:t>
+                <w:t xml:space="preserve">N. Hamaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Jullo</w:t>
+                <w:t xml:space="preserve">M. Sahlén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 657, pp.A90. </w:t>
+              <w:t xml:space="preserve">, 2022, 667, pp.A162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533669v1</w:t>
+                <w:t xml:space="preserve">hal-03691899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XVI. Exploring the ultra-low surface brightness Universe with Euclid/VIS</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XIII. Forecasts for galaxy morphology with the Euclid Survey using deep generative models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Borlaff</w:t>
+                <w:t xml:space="preserve">H. Bretonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Gómez-Alvarez</w:t>
+                <w:t xml:space="preserve">M. Huertas-Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Altieri</w:t>
+                <w:t xml:space="preserve">A. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Marcum</w:t>
+                <w:t xml:space="preserve">F. Lanusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Vavrek</w:t>
+                <w:t xml:space="preserve">E. Jullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 657, pp.A92. </w:t>
+              <w:t xml:space="preserve">, 2022, 657, pp.A90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141935⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542092v2</w:t>
+                <w:t xml:space="preserve">hal-03533669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XV. Forecasting cosmological constraints for the Euclid and CMB joint analysis</w:t>
+                <w:t xml:space="preserve">Euclid: Searching for pair-instability supernovae with the Deep Survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ilić</w:t>
+                <w:t xml:space="preserve">T.J. Moriya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Aghanim</w:t>
+                <w:t xml:space="preserve">C. Inserra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Baccigalupi</w:t>
+                <w:t xml:space="preserve">M. Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. R. Bermejo-Climent</w:t>
+                <w:t xml:space="preserve">E. Cappellaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Fabbian</w:t>
+                <w:t xml:space="preserve">M. Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 657, pp.A91. </w:t>
+              <w:t xml:space="preserve">, 2022, 666, pp.A157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533670v1</w:t>
+                <w:t xml:space="preserve">hal-03661327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Searching for pair-instability supernovae with the Deep Survey</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XV. Forecasting cosmological constraints for the Euclid and CMB joint analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.J. Moriya</w:t>
+                <w:t xml:space="preserve">S. Ilić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Inserra</w:t>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Tanaka</w:t>
+                <w:t xml:space="preserve">C. Baccigalupi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Cappellaro</w:t>
+                <w:t xml:space="preserve">J. R. Bermejo-Climent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Della Valle</w:t>
+                <w:t xml:space="preserve">G. Fabbian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 666, pp.A157. </w:t>
+              <w:t xml:space="preserve">, 2022, 657, pp.A91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243810⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03661327v1</w:t>
+                <w:t xml:space="preserve">hal-03533670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep transfer learning for blended source identification in galaxy survey data</w:t>
               </w:r>
@@ -1834,1008 +1834,1008 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03533667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Covariance of weak lensing pseudo-Cℓ estimates - Calculation, comparison to simulations, and dependence on survey geometry</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XVI. Exploring the ultra-low surface brightness Universe with Euclid/VIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.E. Upham</w:t>
+                <w:t xml:space="preserve">A. Borlaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.L. Brown</w:t>
+                <w:t xml:space="preserve">P. Gómez-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Whittaker</w:t>
+                <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Amara</w:t>
+                <w:t xml:space="preserve">P. Marcum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Auricchio</w:t>
+                <w:t xml:space="preserve">R. Vavrek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 660, pp.A114. </w:t>
+              <w:t xml:space="preserve">, 2022, 657, pp.A92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142908⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03601240v1</w:t>
+                <w:t xml:space="preserve">hal-03542092v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Fast two-point correlation function covariance through linear construction</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XIX. Impact of magnification on photometric galaxy clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Keihanen</w:t>
+                <w:t xml:space="preserve">F. Lepori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Lindholm</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Monaco</w:t>
+                <w:t xml:space="preserve">I. Tutusaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Blot</w:t>
+                <w:t xml:space="preserve">C. Viglione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Carbone</w:t>
+                <w:t xml:space="preserve">C. Bonvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Camera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244065⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 662, pp.A93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03691688v1</w:t>
+                <w:t xml:space="preserve">hal-03447630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XIX. Impact of magnification on photometric galaxy clustering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Euclid: Fast two-point correlation function covariance through linear construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Tutusaus</w:t>
+                <w:t xml:space="preserve">E. Keihanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Viglione</w:t>
+                <w:t xml:space="preserve">V. Lindholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bonvin</w:t>
+                <w:t xml:space="preserve">L. Blot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Camera</w:t>
+                <w:t xml:space="preserve">C. Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 662, pp.A93. </w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 666, pp.A129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142419⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447630v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03691688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XVIII. The NISP photometric system</w:t>
+                <w:t xml:space="preserve">Euclid: Covariance of weak lensing pseudo-Cℓ estimates - Calculation, comparison to simulations, and dependence on survey geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Schirmer</w:t>
+                <w:t xml:space="preserve">R.E. Upham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Jahnke</w:t>
+                <w:t xml:space="preserve">M.L. Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Seidel</w:t>
+                <w:t xml:space="preserve">L. Whittaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Aussel</w:t>
+                <w:t xml:space="preserve">A. Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bodendorf</w:t>
+                <w:t xml:space="preserve">N. Auricchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 662, pp.A92. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 660, pp.A114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03613681v1</w:t>
+                <w:t xml:space="preserve">hal-03601240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Forecast constraints on consistency tests of the ΛCDM model</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XVIII. The NISP photometric system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nesseris</w:t>
+                <w:t xml:space="preserve">M. Schirmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Sapone</w:t>
+                <w:t xml:space="preserve">K. Jahnke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Martinelli</w:t>
+                <w:t xml:space="preserve">G. Seidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Camarena</w:t>
+                <w:t xml:space="preserve">H. Aussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Marra</w:t>
+                <w:t xml:space="preserve">C. Bodendorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 660, pp.A67. </w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 662, pp.A92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03604398v1</w:t>
+                <w:t xml:space="preserve">hal-03613681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XVII. Cosmic Dawn Survey: Spitzer Space Telescope observations of the Euclid deep fields and calibration fields</w:t>
+                <w:t xml:space="preserve">Euclid: Forecast constraints on consistency tests of the ΛCDM model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Moneti</w:t>
+                <w:t xml:space="preserve">S. Nesseris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. J. Mccracken</w:t>
+                <w:t xml:space="preserve">D. Sapone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Shuntov</w:t>
+                <w:t xml:space="preserve">M. Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. B. Kauffmann</w:t>
+                <w:t xml:space="preserve">D. Camarena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Capak</w:t>
+                <w:t xml:space="preserve">V. Marra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 658, pp.A126. </w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 660, pp.A67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142361⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03565435v1</w:t>
+                <w:t xml:space="preserve">hal-03604398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Cosmological forecasts from the void size function</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XVII. Cosmic Dawn Survey: Spitzer Space Telescope observations of the Euclid deep fields and calibration fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Contarini</w:t>
+                <w:t xml:space="preserve">A. Moneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Verza</w:t>
+                <w:t xml:space="preserve">H. J. Mccracken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pisani</w:t>
+                <w:t xml:space="preserve">M. Shuntov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Hamaus</w:t>
+                <w:t xml:space="preserve">O. B. Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sahlén</w:t>
+                <w:t xml:space="preserve">P. Capak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 667, pp.A162. </w:t>
+              <w:t xml:space="preserve">, 2022, 658, pp.A126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03691899v1</w:t>
+                <w:t xml:space="preserve">hal-03565435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euclid preparation. XII. Optimizing the photometric sample of the Euclid survey for galaxy clustering and galaxy-galaxy lensing analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pocino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Tutusaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.J. Castander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3308,831 +3308,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03413175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. X. The Euclid photometric-redshift challenge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PySAP: Python Sparse Data Analysis Package for multidisciplinary image processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Farrens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Desprez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Paltani</w:t>
+                <w:t xml:space="preserve">A. Grigis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Coupon</w:t>
+                <w:t xml:space="preserve">L. El Gueddari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Almosallam</w:t>
+                <w:t xml:space="preserve">Z. Ramzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Alvarez-Ayllon</w:t>
+                <w:t xml:space="preserve">Chaithya G.R.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 644, pp.A31. </w:t>
+              <w:t xml:space="preserve">Astronomy and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.100402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ascom.2020.100402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026946v1</w:t>
+                <w:t xml:space="preserve">hal-03491646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. VI. Verifying the performance of cosmic shear experiments</w:t>
+                <w:t xml:space="preserve">Euclid preparation. VII. Forecast validation for Euclid cosmological probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Paykari</w:t>
+                <w:t xml:space="preserve">A. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Camera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Kitching</w:t>
+                <w:t xml:space="preserve">V. F. Cardone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Hoekstra</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. F. Cardone</w:t>
+                <w:t xml:space="preserve">S. Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 635, pp.A139. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936980⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 642, pp.A191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02516435v1</w:t>
+                <w:t xml:space="preserve">hal-02976446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. VII. Forecast validation for Euclid cosmological probes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. VI. Verifying the performance of cosmic shear experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Paykari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kitching</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Blanchard</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">H. Hoekstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Azzollini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. F. Cardone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 642, pp.A191. </w:t>
+              <w:t xml:space="preserve">, 2020, 635, pp.A139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02976446v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02516435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. VIII. The Complete Calibration of the Colour–Redshift Relation survey: VLT/KMOS observations and data release</w:t>
+                <w:t xml:space="preserve">Euclid preparation. X. The Euclid photometric-redshift challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Guglielmo</w:t>
+                <w:t xml:space="preserve">G. Desprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Paltani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Saglia</w:t>
+                <w:t xml:space="preserve">J. Coupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Castander</w:t>
+                <w:t xml:space="preserve">I. Almosallam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Galametz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Paltani</w:t>
+                <w:t xml:space="preserve">A. Alvarez-Ayllon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 642, pp.A192. </w:t>
+              <w:t xml:space="preserve">, 2020, 644, pp.A31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026941v1</w:t>
+                <w:t xml:space="preserve">hal-03026946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation - VI. Verifying the Performance of Cosmic Shear Experiments (Corrigendum)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. F. Cardone</w:t>
+                <w:t xml:space="preserve">Euclid preparation. VIII. The Complete Calibration of the Colour–Redshift Relation survey: VLT/KMOS observations and data release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guglielmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Saglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Castander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galametz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Paltani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 638, pp.C2. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936980e⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 642, pp.A192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02813362v1</w:t>
+                <w:t xml:space="preserve">hal-03026941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PySAP: Python Sparse Data Analysis Package for multidisciplinary image processing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chaithya G.R.</w:t>
+                <w:t xml:space="preserve">Euclid preparation - VI. Verifying the Performance of Cosmic Shear Experiments (Corrigendum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Paykari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kitching</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hoekstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Azzollini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. F. Cardone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy and Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32, pp.100402. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 638, pp.C2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ascom.2020.100402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936980e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03491646v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02813362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euclid preparation. V. Predicted yield of redshift 7 &amp;lt; z &amp;lt; 9 quasars from the wide survey</w:t>
               </w:r>
@@ -4431,90 +4431,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euclid preparation: XVIII. Cosmic Dawn Survey. Spitzer observations of the Euclid deep fields and calibration fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Moneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. J. Mccracken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Shuntov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. B. Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Capak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4581,77 +4581,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis vs Synthesis-based Regularization for combined Compressed Sensing and Parallel MRI Reconstruction at 7 Tesla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. El Gueddari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Grigis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4862,51 +4862,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191078v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Diego" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Congedo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gavazzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schrabback" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Atek" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556372" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05058260v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E L Mart&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. &#381;erjal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Martin-Gonzalez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mu&#241;oz Torres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450793" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059341v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marleau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Cuillandre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cantiello" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carollo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Duc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450799" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kluge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Hatch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B Golden-Marx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A H Gonzalez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450772" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502029v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Centofanti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Farrens" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Starck" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tob&#237;as Liaudat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Szapiro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452224" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05484080v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monaco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parimbelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elkhashab" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salvalaggio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Castro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556459" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059537v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Acevedo Barroso" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M O&#8217;riordan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tortora" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T E Collett" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451868" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04851239v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Libralato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L R Bedin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griggio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Massari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Anderson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452295" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533669v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huertas-Company" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanusse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jullo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141393" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542092v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borlaff" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G&#243;mez-Alvarez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Altieri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marcum" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vavrek" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141935" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533670v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ili&#263;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baccigalupi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Bermejo-Climent" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fabbian" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141556" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661327v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Moriya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Inserra" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tanaka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cappellaro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Della Valle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243810" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533667v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Farrens" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guinot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Z. Vitorelli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141166" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601240v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Upham" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Brown" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Whittaker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amara" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Auricchio" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142908" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691688v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Keihanen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lindholm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carbone" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244065" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447630v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lepori" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tutusaus" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viglione" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonvin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camera" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142419" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613681v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schirmer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jahnke" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seidel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aussel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bodendorf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142897" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604398v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nesseris" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sapone" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martinelli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Camarena" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marra" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142503" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moneti" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Mccracken" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shuntov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Kauffmann" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capak" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142361" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691899v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Contarini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Verza" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pisani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hamaus" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sahl&#233;n" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244095" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217522v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pocino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Castander" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fosalba" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crocce" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141061" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447655v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Knabenhans" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Stadel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Potter" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dakin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hannestad" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1366" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174105v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ilbert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de La Torre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Martinet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Wright" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Paltani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202040237" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413175v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stanford" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Masters" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darvish" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stern" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cohen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ac0833" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026946v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desprez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coupon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Almosallam" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alvarez-Ayllon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039403" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02516435v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paykari" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kitching" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hoekstra" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Azzollini" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. F. Cardone" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936980" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976446v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanchard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038071" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026941v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guglielmo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saglia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castander" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galametz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038334" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02813362v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936980e" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491646v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grigis" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. El Gueddari" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ramzi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaithya G.R." TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ascom.2020.100402" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02334278v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barnett" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Warren" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Mortlock" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-G. Cuby" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Conselice" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936427" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02166503v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vannier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maurogordato" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biviano" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adami" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935088" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03451656v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Moneti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01800700v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cherkaoui" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazarus" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poupon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191078v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Diego" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Congedo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gavazzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schrabback" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Atek" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556372" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05058260v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E L Mart&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. &#381;erjal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Martin-Gonzalez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mu&#241;oz Torres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450793" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059341v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marleau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Cuillandre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cantiello" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carollo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Duc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450799" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kluge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N A Hatch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B Golden-Marx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A H Gonzalez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450772" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502029v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Centofanti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Farrens" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Starck" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tob&#237;as Liaudat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Szapiro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452224" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05484080v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monaco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parimbelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elkhashab" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salvalaggio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Castro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556459" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059537v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Acevedo Barroso" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M O&#8217;riordan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tortora" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T E Collett" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451868" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04851239v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Libralato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L R Bedin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griggio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Massari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Anderson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452295" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691899v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Contarini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Verza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pisani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hamaus" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sahl&#233;n" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533669v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huertas-Company" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanusse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jullo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141393" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661327v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Moriya" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Inserra" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tanaka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cappellaro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Della Valle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243810" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533670v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ili&#263;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baccigalupi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Bermejo-Climent" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fabbian" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141556" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533667v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Farrens" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guinot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Z. Vitorelli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141166" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542092v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borlaff" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G&#243;mez-Alvarez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Altieri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marcum" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vavrek" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141935" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447630v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lepori" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tutusaus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viglione" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonvin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142419" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691688v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Keihanen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lindholm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carbone" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244065" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601240v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Upham" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Brown" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Whittaker" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amara" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Auricchio" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142908" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613681v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schirmer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jahnke" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seidel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aussel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bodendorf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142897" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604398v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nesseris" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sapone" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martinelli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Camarena" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142503" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565435v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moneti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Mccracken" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shuntov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Kauffmann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capak" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142361" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217522v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pocino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Castander" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fosalba" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crocce" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141061" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447655v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Knabenhans" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Stadel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Potter" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dakin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hannestad" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1366" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174105v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ilbert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de La Torre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Martinet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Wright" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Paltani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202040237" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413175v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stanford" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Masters" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darvish" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stern" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cohen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ac0833" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491646v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grigis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. El Gueddari" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ramzi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaithya G.R." TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ascom.2020.100402" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976446v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanchard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. F. Cardone" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038071" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02516435v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paykari" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kitching" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hoekstra" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Azzollini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936980" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026946v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desprez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coupon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Almosallam" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alvarez-Ayllon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039403" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026941v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guglielmo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saglia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castander" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galametz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038334" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02813362v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936980e" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02334278v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barnett" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Warren" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Mortlock" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-G. Cuby" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Conselice" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936427" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02166503v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vannier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maurogordato" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biviano" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adami" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935088" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03451656v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Moneti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01800700v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cherkaoui" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazarus" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poupon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>