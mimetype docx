--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -244,516 +244,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05511544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enaction et normativité de l'activité : distinguer apprentissage et développement en formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enactive Design-Based Research in Vocational and Continuing Education and Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Récopé</w:t>
+                <w:t xml:space="preserve">Artémis Drakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Ambrosetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Boyer</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luc Ria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vocations and Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12186-024-09348-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04798201v1</w:t>
+                <w:t xml:space="preserve">hal-04676373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilience training for critical situation management. An umbrella and a systematic literature review</w:t>
+                <w:t xml:space="preserve">L’activité réflexive des agents de terrain lors d’un dispositif de formation hybride qui intègre de la réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elleke Ketelaars</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+                <w:t xml:space="preserve">Artemis Drakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Theureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Safety Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssci.2023.106311⟩</w:t>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (2), pp.1-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12huk⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04619930v1</w:t>
+                <w:t xml:space="preserve">hal-04770696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enactive Design-Based Research in Vocational and Continuing Education and Training</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Élodie Ambrosetti</w:t>
+                <w:t xml:space="preserve">Enaction et normativité de l'activité : distinguer apprentissage et développement en formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vocations and Learning</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 80 (1), pp.59-86</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676373v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04798201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’activité réflexive des agents de terrain lors d’un dispositif de formation hybride qui intègre de la réalité virtuelle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resilience training for critical situation management. An umbrella and a systematic literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Filippi</w:t>
+                <w:t xml:space="preserve">Elleke Ketelaars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21 (2), pp.1-32. </w:t>
+              <w:t xml:space="preserve">Safety Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 170, pp.106311. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12huk⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ssci.2023.106311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770696v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04619930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encadrer en environnements extrêmes : une étude de la part inobservable de l’activité d’élèves-officiers lors de stages d’aguerrissement</w:t>
               </w:r>
@@ -869,51 +869,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Theureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1042,77 +1042,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Exploration to Re-Enactment: Instructional Uses of a Desktop Virtual Environment for Training Nuclear Plant Field Operators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artémis Drakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Palaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1202,51 +1202,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deli Salini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artémis Drakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1408,217 +1408,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La trace comme ancrage pour l'analyse de l'activité et la conception de formations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse du travail pour la formation : essai sur quatre problèmes méthodologiques et le recours à des synopsis d'activité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Perinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation et pratiques d'enseignement en questions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, La trace dans les recherches sur la formation et l’enseignement, Hors série 3, pp.67-84</w:t>
+              <w:t xml:space="preserve">TransFormations : Recherche en éducation et formation des adultes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Faire émerger le réel du travail pour concevoir la formation : Autour des enjeux méthodologiques de l’analyse de l’activité des adultes pour la formation, 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02272329v1</w:t>
+                <w:t xml:space="preserve">hal-02118949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du travail pour la formation : essai sur quatre problèmes méthodologiques et le recours à des synopsis d'activité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La trace comme ancrage pour l'analyse de l'activité et la conception de formations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deli Salini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TransFormations : Recherche en éducation et formation des adultes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Faire émerger le réel du travail pour concevoir la formation : Autour des enjeux méthodologiques de l’analyse de l’activité des adultes pour la formation, 18</w:t>
+              <w:t xml:space="preserve">Formation et pratiques d'enseignement en questions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La trace dans les recherches sur la formation et l’enseignement, Hors série 3, pp.67-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02118949v1</w:t>
+                <w:t xml:space="preserve">hal-02272329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les évaluations normatives des enseignants stagiaires en situation de vidéoformation : efficacité, soutenabilité, acceptabilité et accessibilité</w:t>
               </w:r>
@@ -1667,269 +1667,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving resilience in high-risk organizations: principles for the design of innovative training situations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Referentiality in Secondary Teachers' Video Observation of Others' Teaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lussi Borer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Durand</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development and Learning in Organizations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Contemporary Issues in Technology and Teacher Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01764516v1</w:t>
+                <w:t xml:space="preserve">hal-01856025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Referentiality in Secondary Teachers' Video Observation of Others' Teaching</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving resilience in high-risk organizations: principles for the design of innovative training situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Flandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lussi Borer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Muller</w:t>
+                <w:t xml:space="preserve">Marc Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary Issues in Technology and Teacher Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Development and Learning in Organizations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (2), pp.9 - 12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/DLO-03-2017-0027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01856025v1</w:t>
+                <w:t xml:space="preserve">hal-01764516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Considering experience to advance research in video-enhanced teacher learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lussi Borer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2075,51 +2075,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Auby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Activités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Clinique de l’usage : les artefacts technologiques comme développement de l’activité, 13 (2), pp.1-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2179,51 +2179,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Auby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 27, pp.118-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2274,51 +2274,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons éducatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Analyse du travail et formation dans les métiers de l'éducation, 19, pp.179-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2369,51 +2369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons éducatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2473,51 +2473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2577,51 +2577,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'activité d'un stagiaire d'EPS au travail et en vidéo-formation : Une « traçabilité » de l'évolution de l'intervention professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 12, pp.57-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2659,51 +2659,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un programme technologique basé sur l’analyse de l’activité réelle des enseignants débutants au travail et en vidéoformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Activités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 11 (2), pp.172-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2750,51 +2750,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entrer dans le métier en milieu difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Travailler en banlieue : Enjeux de formation, 166, http://www2.cndp.fr/lesScripts/bandeau/bandeau.asp?bas=http://www2.cndp.fr/revueVEI/som166.htm</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2851,103 +2851,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expérience, fondement des régularités de l’activité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Héros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WORKSHOP - Revue d’Anthropologie des Connaissances: "Partir de l’expérience vécue pour comprendre et transformer. Vers l’articulation de différents niveaux d’étude de l’activité."</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3024,51 +3024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laerte Idal Sznelwar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raoni Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artemis Drakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vulnérabilités et risques émergents : penser et agir ensemble pour transformer durablement.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SELF, Jul 2022, Genève, Suisse</w:t>
@@ -3097,64 +3097,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l'activité des équipiers de gestion de crise nucléaire lors d’exercices et pistes pour la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artemis Drakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elleke Ketelaars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3408,51 +3408,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'un idéal de haute-fidélité à une simulation « suffisamment bonne » : l'exemple de la préparation à une gestion de crise de sécurité civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elleke Ketelaars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3490,64 +3490,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de remise en situation à partir de traces artificielles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artémis Drakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3605,528 +3605,528 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03107527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PassÉtudiants&amp;quot;: using 360° video to design a training platform for university students</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+                <w:t xml:space="preserve">Coordination du symposium « Simulation et expérimentation : Comment concevoir des dispositifs de simulation qui permettent aux professionnel.les de développer par l'expérimentation leur capacité à comprendre et à transformer leurs situations ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Becerill-Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luc Ria</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Congress on Research in Vocational Education &amp; Training – SFIVET</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">5e colloque international de didactique professionnelle « Former et développer l’intelligence professionnelle ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Sherbrooke, Oct 2019, Longeuil, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02288686v1</w:t>
+                <w:t xml:space="preserve">hal-02321159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination du symposium « Simulation et expérimentation : Comment concevoir des dispositifs de simulation qui permettent aux professionnel.les de développer par l'expérimentation leur capacité à comprendre et à transformer leurs situations ? »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raquel Becerill-Ortega</w:t>
+                <w:t xml:space="preserve">PassÉtudiants&amp;quot;: using 360° video to design a training platform for university students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e colloque international de didactique professionnelle « Former et développer l’intelligence professionnelle ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Sherbrooke, Oct 2019, Longeuil, Canada</w:t>
+              <w:t xml:space="preserve">6th Congress on Research in Vocational Education &amp; Training – SFIVET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02321159v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment exploiter une masse de données pour la comparer à des traces qualitatives de l'usage d'un environnement numérique de formation ?</w:t>
+                <w:t xml:space="preserve">Re-enactement et mimèsis lors de la navigation dans un environnement virtuel à des fins de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Daubias</w:t>
+                <w:t xml:space="preserve">Drakos Artemis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Fontanieu</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Palaci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Colloque international de e-formation des adultes et des jeunes adultes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">J.Enaction 2018 : Journée sur l'enaction en animation, simulation et réalité virtuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, Nov 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772738v1</w:t>
+                <w:t xml:space="preserve">hal-03578036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux dilemmes typiques de la conception d'entrainements de crise : quels compromis acceptables ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment exploiter une masse de données pour la comparer à des traces qualitatives de l'usage d'un environnement numérique de formation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Daubias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Viney</w:t>
+                <w:t xml:space="preserve">Valérie Fontanieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale de la recherche sur la sécurité civile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">2ème Colloque international de e-formation des adultes et des jeunes adultes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01809018v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01772738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-enactement et mimèsis lors de la navigation dans un environnement virtuel à des fins de formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deux dilemmes typiques de la conception d'entrainements de crise : quels compromis acceptables ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Flandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drakos Artemis</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">François Palaci</w:t>
+                <w:t xml:space="preserve">Roger Viney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.Enaction 2018 : Journée sur l'enaction en animation, simulation et réalité virtuelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, Nov 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Biennale de la recherche sur la sécurité civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03578036v1</w:t>
+                <w:t xml:space="preserve">hal-01809018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LA DEMARCHE VIGILANCE COLLECTIVE : PRENDRE DU RECUL SUR LA COMPLEXITE DU QUOTIDIEN ET LA FIABILITE ORGANISATIONNELLE</w:t>
               </w:r>
@@ -4227,869 +4227,869 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02066220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LA DEMARCHE VIGILANCE COLLECTIVE : PRENDRE DU RECUL SUR LA GESTION DES IMPREVUS ET LA COMPLEXITE DU QUOTIDIEN</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How do perturbation training contribute to safety? The unexpected and the unthought as means to design perturbations in safety training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Le Coze</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Lambda Mu 21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Reims, France</w:t>
+              <w:t xml:space="preserve">EARLI SIG 14 Conference 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Genève, Switzerland. pp.12 - 14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02080126v1</w:t>
+                <w:t xml:space="preserve">hal-01877224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do perturbation training contribute to safety? The unexpected and the unthought as means to design perturbations in safety training</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LA DEMARCHE VIGILANCE COLLECTIVE : PRENDRE DU RECUL SUR LA GESTION DES IMPREVUS ET LA COMPLEXITE DU QUOTIDIEN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Perinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Germain Poizat</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bendris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Coze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 14 Conference 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Genève, Switzerland. pp.12 - 14</w:t>
+              <w:t xml:space="preserve">Congrès Lambda Mu 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877224v1</w:t>
+                <w:t xml:space="preserve">hal-02080126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles médiations numériques au service de l'apprentissage ? Regards croisés</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annie Jézégou</w:t>
+                <w:t xml:space="preserve">« Scénarios-enquêtes » : conception et analyse d'une situation de formation utilisant une maquette numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drakos Artemis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérard Delacour</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Palaci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e colloque international en didactique professionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, laboratoire CIRE (EA 4354), 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">IHM pour l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01820274v1</w:t>
+                <w:t xml:space="preserve">hal-03578040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer la résilience en renouvelant la formation à et pour la sécurité : une recherche en cours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelles médiations numériques au service de l'apprentissage ? Regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Becerril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Jézégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Durand</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52 ème Congrès International Société d'Ergonomie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d'Ergonomie de Langue Française (SELF), Sep 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">4e colloque international en didactique professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, laboratoire CIRE (EA 4354), 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01581046v2</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01820274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PEUT-ON FORMER À DES SITUATIONS IMPRÉDICTIBLES ? UNE PISTE THÉORIQUE</w:t>
+                <w:t xml:space="preserve">Développer la résilience en renouvelant la formation à et pour la sécurité : une recherche en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème colloque international de didactique professionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">52 ème Congrès International Société d'Ergonomie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Ergonomie de Langue Française (SELF), Sep 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01558081v1</w:t>
+                <w:t xml:space="preserve">hal-01581046v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRINCIPES DE CONCEPTION D'ENVIRONNEMENTS NUMÉRIQUES DE FORMATION ET MODELISATIONS DE L'ACTIVITÉ AU TRAVAIL</w:t>
+                <w:t xml:space="preserve">PEUT-ON FORMER À DES SITUATIONS IMPRÉDICTIBLES ? UNE PISTE THÉORIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Ria</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème colloque international de didactique professionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01555589v1</w:t>
+                <w:t xml:space="preserve">hal-01558081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonder la conception d’un environnement de formation sur l’analyse du travail : le cas de techniciens en radiologie médicale</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PRINCIPES DE CONCEPTION D'ENVIRONNEMENTS NUMÉRIQUES DE FORMATION ET MODELISATIONS DE L'ACTIVITÉ AU TRAVAIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ria</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52 ème Congrès International Société d'Ergonomie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d'Ergonomie de Langue Française (SELF), Sep 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">4ème colloque international de didactique professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01581035v1</w:t>
+                <w:t xml:space="preserve">hal-01555589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Scénarios-enquêtes » : conception et analyse d'une situation de formation utilisant une maquette numérique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Germain Poizat</w:t>
+                <w:t xml:space="preserve">Fonder la conception d’un environnement de formation sur l’analyse du travail : le cas de techniciens en radiologie médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Seferdjeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Goudeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM pour l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Poitiers, France</w:t>
+              <w:t xml:space="preserve">52 ème Congrès International Société d'Ergonomie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Ergonomie de Langue Française (SELF), Sep 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578040v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01581035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir pour le développement dans une approche non-curriculaire en formation des adultes</w:t>
               </w:r>
@@ -5101,51 +5101,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La conception d’un artefact : approches ergonomiques et didactiques </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HEP du canton de Vaud, Oct 2016, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5170,77 +5170,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Referentiality and normativity in trainee teachers’ activity when viewing videos of teaching: trends in video-enhanced education and professional development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lussi Borer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI Special Interest Group “Research in Teaching and Teacher Education” Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Zürich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5259,242 +5259,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médiations humaines et artefactuelles en vidéoformation : le cas d'enseignants stagiaires en situation d'allo-confrontation autonomes et accompagnées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Teaching transformations from video-based induction programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lussi Borer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Blanes-Maestre</w:t>
+                <w:t xml:space="preserve">Lionel Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Condition(s) enseignante(s), Conditions pour enseigner. Réalités, enjeux, défis.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">EARLI Conference 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01350859v1</w:t>
+                <w:t xml:space="preserve">hal-01352256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aider les formateurs à analyser et faire analyser le travail : un programme de recherche-conception en vidéoformation des enseignants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Médiations humaines et artefactuelles en vidéoformation : le cas d'enseignants stagiaires en situation d'allo-confrontation autonomes et accompagnées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Blanes-Maestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’activité en débat. Dialogues épistémologiques et méthodologiques sur les approches de l’activité</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Condition(s) enseignante(s), Conditions pour enseigner. Réalités, enjeux, défis.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01147705v1</w:t>
+                <w:t xml:space="preserve">hal-01350859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parcours hybride de formation à partir de NéoPass@ction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5510,260 +5514,256 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la chaire Unesco Former les enseignants dans les établissements scolaires : vers une nouvelle aire de professionnalisation ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vidéoformation « orientée-activité » : quelles utilisations pour quels effets sur les enseignants ?</w:t>
+                <w:t xml:space="preserve">Aider les formateurs à analyser et faire analyser le travail : un programme de recherche-conception en vidéoformation des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Muller</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude de Raisons Educatives et de la Section des sciences de l’éducation Analyse du travail et formation dans les métiers de l’éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L’activité en débat. Dialogues épistémologiques et méthodologiques sur les approches de l’activité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.1.1597.2085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628171v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01147705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teaching transformations from video-based induction programs</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vidéoformation « orientée-activité » : quelles utilisations pour quels effets sur les enseignants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI Conference 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Limassol, Cyprus</w:t>
+              <w:t xml:space="preserve">Journée d’étude de Raisons Educatives et de la Section des sciences de l’éducation Analyse du travail et formation dans les métiers de l’éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352256v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception continuée dans l’usage en vidéoformation des enseignants</w:t>
               </w:r>
@@ -5844,51 +5844,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les enseignants apprennent-ils de l’observation de leurs pairs ? Analyse de l’activité de vidéo-formation en ligne de professeurs stagiaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Internationales EFTS ConviSciencia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5907,200 +5907,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making dissatisfaction emerge about activity : video-training for teachers' professionalization</w:t>
+                <w:t xml:space="preserve">Vidéoformation des enseignants : Apports de la didactique professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paper presented to European Conference on Educational Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Deuxième Colloque International de Didactique Professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association RPDP, Jun 2012, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.1.4185.8803⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00809149v1</w:t>
+                <w:t xml:space="preserve">hal-01352254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vidéoformation des enseignants : Apports de la didactique professionnelle</w:t>
+                <w:t xml:space="preserve">Making dissatisfaction emerge about activity : video-training for teachers' professionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième Colloque International de Didactique Professionnelle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paper presented to European Conference on Educational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Cadiz, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.1.4185.8803⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01352254v1</w:t>
+                <w:t xml:space="preserve">hal-00809149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6413,51 +6413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Introduction to Simulation Training Through the Lens of Experience and Activity Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6584,466 +6584,466 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion. Un projet conjoint recherche-formation pour penser l’usage de la vidéo</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une approche sémiologique de l’activité et de la vidéoformation des enseignants : repères théoriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Cyrille Gaudin, Simon Flandin, Sylvie Moussay et Sébastien Chaliès (dir.). </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Blanes-Maestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrille Gaudin; Simon Flandin; Sylvie Moussay; Sébastien Chaliès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vidéo-formation et développement de l’activité professionnelle enseignante</w:t>
+              <w:t xml:space="preserve">Vidéoformation et développement de l’activité professionnelle enseignante</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'harmattan</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.239-242, 2018, 978-2-343-14461-0</w:t>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.33-48, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01774527v1</w:t>
+                <w:t xml:space="preserve">hal-02023374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu’apprennent les enseignants stagiaires de l’observation vidéo de leurs pairs et comment l’apprennent-ils ? Une étude de cas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction. Une approche technologique de la recherche sur la vidéo-formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Cyrille Gaudin; Simon Flandin; Sylvie Moussay; Sébastien Chaliès. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrille Gaudin, Simon Flandin, Sylvie Moussay et Sébastien Chaliès (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vidéoformation et développement de l’activité professionnelle enseignante</w:t>
+              <w:t xml:space="preserve">Vidéo-formation et développement de l’activité professionnelle enseignante</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.49-64, 2018</w:t>
+              <w:t xml:space="preserve">, pp.18-30, 2018, 978-2-343-14461-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023408v1</w:t>
+                <w:t xml:space="preserve">hal-01774519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche sémiologique de l’activité et de la vidéoformation des enseignants : repères théoriques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conclusion. Un projet conjoint recherche-formation pour penser l’usage de la vidéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Cyrille Gaudin; Simon Flandin; Sylvie Moussay; Sébastien Chaliès. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrille Gaudin, Simon Flandin, Sylvie Moussay et Sébastien Chaliès (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vidéoformation et développement de l’activité professionnelle enseignante</w:t>
+              <w:t xml:space="preserve">Vidéo-formation et développement de l’activité professionnelle enseignante</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Harmattan</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.33-48, 2018</w:t>
+                <w:t xml:space="preserve">L'harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.239-242, 2018, 978-2-343-14461-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023374v1</w:t>
+                <w:t xml:space="preserve">hal-01774527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Une approche technologique de la recherche sur la vidéo-formation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qu’apprennent les enseignants stagiaires de l’observation vidéo de leurs pairs et comment l’apprennent-ils ? Une étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Cyrille Gaudin, Simon Flandin, Sylvie Moussay et Sébastien Chaliès (dir.). </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrille Gaudin; Simon Flandin; Sylvie Moussay; Sébastien Chaliès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vidéo-formation et développement de l’activité professionnelle enseignante</w:t>
+              <w:t xml:space="preserve">Vidéoformation et développement de l’activité professionnelle enseignante</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.18-30, 2018, 978-2-343-14461-0</w:t>
+              <w:t xml:space="preserve">, pp.49-64, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01774519v1</w:t>
+                <w:t xml:space="preserve">hal-02023408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vidéo et analyse de l'activité</w:t>
               </w:r>
@@ -7261,169 +7261,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’activité d’enseignants stagiaires du second degré en situation de vidéoformation autonome</w:t>
+                <w:t xml:space="preserve">Analyse de l’activité d’enseignants stagiaires du second degré en situation de vidéoformation autonome : contribution à un programme de recherche technologique en formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Education. Université Blaise Pascal - Clermont-Ferrand 2, 2015. Français. </w:t>
+              <w:t xml:space="preserve">Education. Université Blaise Pascal - Clermont-Ferrand II, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2015CLF20013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-01248733v1</w:t>
+                <w:t xml:space="preserve">tel-02018010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’activité d’enseignants stagiaires du second degré en situation de vidéoformation autonome : contribution à un programme de recherche technologique en formation</w:t>
+                <w:t xml:space="preserve">Analyse de l’activité d’enseignants stagiaires du second degré en situation de vidéoformation autonome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Flandin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Education. Université Blaise Pascal - Clermont-Ferrand II, 2015. Français. </w:t>
+              <w:t xml:space="preserve">Education. Université Blaise Pascal - Clermont-Ferrand 2, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2015CLF20013⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-02018010v1</w:t>
+                <w:t xml:space="preserve">tel-01248733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId155"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7578,51 +7578,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05511544v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Ambrosetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Flandin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Poizat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-025-07110-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel R&#233;cop&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619930v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elleke Ketelaars" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2023.106311" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676373v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Art&#233;mis Drakos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ria" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12186-024-09348-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04770696v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemis Drakos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Theureau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Filippi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12huk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03758575v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve de Bisschop" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gu&#233;rin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.852.0123" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644197v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10597123211072352" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145876v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Perinet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611558v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Palaci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veyrunes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12186-020-09261-1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890036v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deli Salini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332102v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Schot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Goudeaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Seferdjeli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4724" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272329v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118949v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764516v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/DLO-03-2017-0027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lussi Borer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Muller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722202v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544706v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mouton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386406v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Auby" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.2838" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374526v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147713v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Leblanc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01626602v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.lussi.2015.01.0179" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092888v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/formare-15126" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147706v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092880v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.970" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147703v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278195v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;ros" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035974v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Lima" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Duarte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laerte Idal Sznelwar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoni Rocha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755035v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gisquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620044v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107341v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114732v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107527v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288686v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321159v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerill-Ortega" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vidal-Gomel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772738v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daubias" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fontanieu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809018v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Viney" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578036v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drakos Artemis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066220v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bendris" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leprince" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Coze" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080126v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877224v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820274v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Delacour" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581046v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558081v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555589v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581035v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bailly" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Durand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578040v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393301v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352255v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350859v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blanes-Maestre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147705v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Picard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.1597.2085" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01628168v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01628171v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roche" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319618v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352258v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809149v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352254v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4185.8803" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352251v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3497.7520" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774439v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moussay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=59481" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611381v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585843v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774527v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023408v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023374v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774519v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400139v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.puf.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332078v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01248733v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02018010v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF20013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05511544v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Ambrosetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Flandin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Poizat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-025-07110-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676373v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Art&#233;mis Drakos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ria" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12186-024-09348-z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04770696v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemis Drakos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Theureau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Filippi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12huk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798201v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel R&#233;cop&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619930v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elleke Ketelaars" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2023.106311" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03758575v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve de Bisschop" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gu&#233;rin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.852.0123" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644197v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10597123211072352" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145876v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Perinet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611558v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Palaci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veyrunes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12186-020-09261-1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890036v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deli Salini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332102v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Schot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Goudeaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Seferdjeli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4724" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118949v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272329v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856025v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lussi Borer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Muller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764516v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/DLO-03-2017-0027" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722202v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544706v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mouton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386406v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Auby" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.2838" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374526v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147713v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Leblanc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01626602v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.lussi.2015.01.0179" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092888v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/formare-15126" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147706v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092880v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.970" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147703v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278195v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;ros" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035974v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Lima" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Duarte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laerte Idal Sznelwar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoni Rocha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755035v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gisquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620044v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107341v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114732v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107527v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321159v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerill-Ortega" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vidal-Gomel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288686v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578036v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drakos Artemis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772738v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daubias" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fontanieu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809018v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Viney" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066220v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bendris" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leprince" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Coze" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877224v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080126v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578040v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820274v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Delacour" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581046v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558081v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555589v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581035v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bailly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Durand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393301v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352255v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352256v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350859v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blanes-Maestre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01628168v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147705v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Picard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.1597.2085" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01628171v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319618v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352258v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352254v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4185.8803" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809149v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352251v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3497.7520" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774439v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moussay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=59481" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611381v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585843v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023374v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774519v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774527v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023408v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400139v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.puf.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332078v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02018010v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF20013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01248733v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>