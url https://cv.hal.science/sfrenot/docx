--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3215,217 +3215,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An OSGi Monitoring System with Dynamicity Resilience enhancing Fault Tolerance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E-Voting, the Case for Decentralised Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Grumbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Reimert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conferences on Software and Computing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Lijiang, China</w:t>
+              <w:t xml:space="preserve">COOP 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Nice, France. pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01009780v1</w:t>
+                <w:t xml:space="preserve">hal-01097479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E-Voting, the Case for Decentralised Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An OSGi Monitoring System with Dynamicity Resilience enhancing Fault Tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yufang Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Stouls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Reimert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COOP 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Nice, France. pp.3</w:t>
+              <w:t xml:space="preserve">International Conferences on Software and Computing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Lijiang, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01097479v1</w:t>
+                <w:t xml:space="preserve">hal-01009780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C3PO: a Spontaneous and Ephemeral Social Networking Framework for a collaborative Creation and Publishing of Multimedia Contents</w:t>
               </w:r>
@@ -3859,125 +3859,134 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00780976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LogOS: an Automatic Logging Framework for Service-Oriented Architectures</w:t>
+                <w:t xml:space="preserve">An in-Browser Microblog Ranking Engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Ponge</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Grumbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th Euromicro Conference on Software Engineering and Advanced Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1st International Workshop on Non Conventional Data Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Giorgio Orsi (University of Oxford) Letizia Tanca (Politecnico di Milano) Riccardo Torlone (Università Roma Tre), Oct 2012, Florence, Italy. pp.78-88, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-33999-8_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00709534v1</w:t>
+                <w:t xml:space="preserve">hal-00704623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Monitoring Approach for Dynamic Service-Oriented Architecture Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yufang Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4019,148 +4028,139 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Fourth International Conferences on Advanced Service Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00695830v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An in-Browser Microblog Ranking Engine</w:t>
+                <w:t xml:space="preserve">LogOS: an Automatic Logging Framework for Service-Oriented Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Grumbach</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ponge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Workshop on Non Conventional Data Access</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">38th Euromicro Conference on Software Engineering and Advanced Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Izmir, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-33999-8_10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00704623v1</w:t>
+                <w:t xml:space="preserve">hal-00709534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation and self-configuration of physical entities in extended smart grid perimeter</w:t>
               </w:r>
@@ -4813,293 +4813,293 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00442598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liability in Software Engineering Overview of the LISE Approach and Illustration on a Case Study</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Various Extensions for the Ambient OSGi framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Mouël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ponge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Salagnac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM/IEEE 32nd International Conf. on Software Engineering (ICSE 2010)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Adamus Workshop in ICPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Berlin, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00472287v3</w:t>
+                <w:t xml:space="preserve">inria-00515189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Various Extensions for the Ambient OSGi framework</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Liability in Software Engineering Overview of the LISE Approach and Illustration on a Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Métayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Maarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Mazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Potet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adamus Workshop in ICPS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM/IEEE 32nd International Conf. on Software Engineering (ICSE 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM/IEEE, May 2010, Cape Town, South Africa. pp.135--144, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1806799.1806823⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00515189v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00472287v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I-JVM: a Java Virtual Machine for Component Isolation in OSGi</w:t>
+                <w:t xml:space="preserve">I-JVM: une machine virtuelle Java pour l'isolation de composants dans OSGi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Geoffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Thomas</w:t>
@@ -5134,106 +5134,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th IEEE/IFIP International Conference on Dependable Systems and Networks (DSN'2009)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7éme Conférence Française sur les Systèmes d'Exploitation (CFSE'07), Chapitre français de l'ACM-SIGOPS, GDR ARP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Toulouse, France. pp.1-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00415813v1</w:t>
+                <w:t xml:space="preserve">hal-01298308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I-JVM: une machine virtuelle Java pour l'isolation de composants dans OSGi</w:t>
+                <w:t xml:space="preserve">I-JVM: a Java Virtual Machine for Component Isolation in OSGi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Geoffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Thomas</w:t>
@@ -5268,73 +5259,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7éme Conférence Française sur les Systèmes d'Exploitation (CFSE'07), Chapitre français de l'ACM-SIGOPS, GDR ARP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">39th IEEE/IFIP International Conference on Dependable Systems and Networks (DSN'2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Estoril, Portugal. pp.544-553, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DSN.2009.5270296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01298308v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00415813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MySIM: A Spontaneous Service Integration Middleware for Pervasive Environments</w:t>
               </w:r>
@@ -10509,51 +10509,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Huang Feng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Younsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;not" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Graf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2025.3588314" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01107365v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Faravelon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grumbach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSP.2016.50" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00438223v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Ibrahim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSEM.2014.068244" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908894v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.152.0043" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00827045v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufang Dan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stouls" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Colombo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00740858v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goichon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salagnac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parrend" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11416-012-0172-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TRTZ9TG3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534596v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Ben Hamida" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Ahmed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656921v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le M&#233;tayer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maarek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Mazza" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Potet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1924421.1924444" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00610543v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ponge" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jaras.2011070101" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415805v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.v39:5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395400v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.13.3.59-82" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00389211v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/obj.14.4.103-127" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270938v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Royon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2007.4342834" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655324v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Francois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kensuke Fukuda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanting Du" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575071" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806861v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Arrabal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caposiena" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307611v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frenot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3606464.3606470" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01937212v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Frenot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3193063.3193072" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711120v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Kammoun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Gillani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Subercaze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Singh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238895v3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brodu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Obl&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2851613.2851745" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384311v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boutet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Laforest" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Launay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sommer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227528v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26187-4_33" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227530v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Reimert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132776v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227519v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mah&#233;o" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2799371.2799372" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227531v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154460v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghorbali" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2675743.2776772" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01229025v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Selva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2015.53" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01009780v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01097479v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069778v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Corbi&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2014.10.040" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912875v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00876566v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Marquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2489068.2489077" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780976v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00709534v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00695830v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00704623v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33999-8_10" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748526v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Hu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Privat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tourancheau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930978v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25167-2_17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-HD7T2ZR5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00643940v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00610537v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roya Golchay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436041v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442598v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00472287v3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1806799.1806823" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00515189v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415813v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffray" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Thomas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Muller" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN.2009.5270296" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298308v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395427v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1568199.1568201" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395406v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1416729.1416758" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395390v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-88871-0_42" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270942v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78789-1_5" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270941v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beras" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2008.4575162" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275186v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395104v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UBICOMM.2007.11" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275168v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serafeim Papastefanos" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Abdelnur" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275178v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Galice" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ub&#233;da" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275184v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hoehn" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270944v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76772-5_10" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00305396v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394967v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394956v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11783565_31" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00305356v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394952v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00305481v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003288v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000652v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delestre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mottelet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vayssade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053977v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Labat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Royer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cellier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2678508.2678526" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00648488v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goichon Fran&#231;ois" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395411v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395110v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395097v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394960v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091812v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00701434v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61350-456-7.ch712" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395417v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-60566-250-3.ch012" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00404272v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krichen Anis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915056v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Luiz Gontijo de Almeida" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SRDSW49218.2019.00016" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00636055v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Privat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132000v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01180695v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00879084v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00652110v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00440437v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alleaune" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-Laure Benabou" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bidan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Craipeau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00423866v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Dunklau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00354580v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00322138v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155663v2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00157341v4" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113085v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam d'Haesseleer" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cridlig" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00084795v2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00069882v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fraboulet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071559v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072107v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Almasri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072108v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotres Miguel Avin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00395181v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Huang Feng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Younsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;not" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Graf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2025.3588314" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01107365v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Faravelon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grumbach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSP.2016.50" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00438223v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Ibrahim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSEM.2014.068244" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908894v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.152.0043" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00827045v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufang Dan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stouls" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Colombo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00740858v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goichon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salagnac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parrend" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11416-012-0172-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TRTZ9TG3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534596v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Ben Hamida" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Ahmed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656921v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le M&#233;tayer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maarek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Mazza" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Potet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1924421.1924444" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00610543v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ponge" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jaras.2011070101" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415805v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.v39:5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395400v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.13.3.59-82" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00389211v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/obj.14.4.103-127" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270938v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Royon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2007.4342834" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655324v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Francois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kensuke Fukuda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanting Du" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575071" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806861v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Arrabal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caposiena" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307611v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frenot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3606464.3606470" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01937212v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Frenot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3193063.3193072" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711120v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Kammoun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Gillani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Subercaze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Singh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238895v3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brodu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Obl&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2851613.2851745" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384311v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boutet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Laforest" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Launay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sommer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227528v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26187-4_33" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227530v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Reimert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132776v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227519v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mah&#233;o" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2799371.2799372" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227531v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154460v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghorbali" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2675743.2776772" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01229025v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Selva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2015.53" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01097479v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01009780v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069778v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Corbi&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2014.10.040" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912875v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00876566v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Marquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2489068.2489077" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780976v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00704623v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33999-8_10" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00695830v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00709534v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748526v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Hu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Privat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tourancheau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930978v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25167-2_17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-HD7T2ZR5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00643940v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00610537v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roya Golchay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436041v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442598v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00515189v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00472287v3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1806799.1806823" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298308v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffray" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Thomas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Muller" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415813v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN.2009.5270296" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395427v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1568199.1568201" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395406v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1416729.1416758" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395390v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-88871-0_42" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270942v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78789-1_5" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270941v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beras" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2008.4575162" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275186v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395104v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UBICOMM.2007.11" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275168v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serafeim Papastefanos" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Abdelnur" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275178v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Galice" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ub&#233;da" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00275184v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hoehn" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270944v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76772-5_10" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00305396v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394967v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394956v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11783565_31" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00305356v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394952v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00305481v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003288v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000652v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delestre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mottelet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vayssade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053977v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Labat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Royer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cellier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2678508.2678526" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00648488v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goichon Fran&#231;ois" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395411v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395110v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395097v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00394960v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091812v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00701434v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61350-456-7.ch712" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00395417v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-60566-250-3.ch012" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00404272v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krichen Anis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915056v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Luiz Gontijo de Almeida" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SRDSW49218.2019.00016" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00636055v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Privat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132000v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01180695v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00879084v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00652110v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00440437v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alleaune" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-Laure Benabou" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bidan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Craipeau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00423866v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Dunklau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00354580v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00322138v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155663v2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00157341v4" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113085v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam d'Haesseleer" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cridlig" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00084795v2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00069882v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fraboulet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071559v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072107v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Almasri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072108v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotres Miguel Avin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00395181v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>