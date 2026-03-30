--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -2336,286 +2336,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01995679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu’attendent les citoyens des campagnes en ligne ? Le cas des élections françaises et québécoises 2012</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What Do Citizens Expect from Web Campaigns? The Cases of the 2012 France and Quebec Elections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Gadras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gersende Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lalancette Mireille</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédérick Bastien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études « Les campagnes en ligne en contexte. Stratégies politiques et participation en questions »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine et IRÉNÉE, Nov 2014, Nancy, France</w:t>
+              <w:t xml:space="preserve">23rd World Congress of Political Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPSA, Jul 2014, Montreal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01657637v1</w:t>
+                <w:t xml:space="preserve">hal-01432237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Do Citizens Expect from Web Campaigns? The Cases of the 2012 France and Quebec Elections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Qu’attendent les citoyens des campagnes en ligne ? Le cas des élections françaises et québécoises 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lalancette Mireille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gersende Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gadras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gersende Blanchard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédérick Bastien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lalancette Mireille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd World Congress of Political Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IPSA, Jul 2014, Montreal, France</w:t>
+              <w:t xml:space="preserve">Journée d'études « Les campagnes en ligne en contexte. Stratégies politiques et participation en questions »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine et IRÉNÉE, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01432237v1</w:t>
+                <w:t xml:space="preserve">hal-01657637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do online opportunities matter? Parties’ online participation devices and citizens’ mobilisation : the cases of the 2012 France and Quebec elections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gersende Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gadras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2905,51 +2905,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information et innovation en périodes électorales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gadras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gersende Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers du journalisme - Recherches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3704,51 +3704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Wojcik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gadras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gersende Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuel d'analyse du web </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, pp.166-180, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3767,204 +3767,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01148937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archiver le web: quelques méthodes, outils et techniques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les territoires et les médias dans la construction de l'espace public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gadras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gersende Blanchard</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pailliart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manuel d'analyse du web</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Armand Colin, pp.180-185, 2013</w:t>
+              <w:t xml:space="preserve">Médias et Territoires. L'espace public entre communication et imaginaire territorial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.23-38, 2013, 978-2-7574-0594-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01148939v1</w:t>
+                <w:t xml:space="preserve">hal-00934532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les territoires et les médias dans la construction de l'espace public</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archiver le web: quelques méthodes, outils et techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Wojcik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gadras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Pailliart</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gersende Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médias et Territoires. L'espace public entre communication et imaginaire territorial</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.23-38, 2013, 978-2-7574-0594-9</w:t>
+              <w:t xml:space="preserve">Manuel d'analyse du web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.180-185, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00934532v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01148939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Public Sphere and Political Communication: how Does the Public Sphere Evolves with the Development of ICTs in French Local Politics ?</w:t>
               </w:r>
@@ -4113,51 +4113,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E299A04D"/>
+    <w:nsid w:val="FB2C4BD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4344,51 +4344,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sgadras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2021-6744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154893129" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365010v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;No&#235;lle Doutreix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gadras" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hare" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Touboul" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386106v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe de Oliveira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Salles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773943v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04556071v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chibois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Croissant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365033v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774008v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.11347" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622573v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cordonnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Despr&#233;s-Lonnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.205.0029" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622569v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evariste Dakoure Dakour&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.205.0129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995684v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Spano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Marie Goepfert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.10876" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979964v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garcin-Marrou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432126v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs3.0115" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01637385v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Greffet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01186763v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs02.0100" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01187152v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04763083v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Doutreix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365118v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773928v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Prmanova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774019v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465453v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995673v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Jacquez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995672v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995679v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01657637v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalancette Mireille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Blanchard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Bastien" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432237v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01657482v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00826071v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01191657v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01196724v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386109v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662766v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773976v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774066v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469178v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995676v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.1596" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432181v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950792v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980273v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148937v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wojcik" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148939v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934532v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailliart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01196723v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sgadras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2021-6744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154893129" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365010v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;No&#235;lle Doutreix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gadras" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hare" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Touboul" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386106v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe de Oliveira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Salles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773943v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04556071v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chibois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Croissant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365033v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774008v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.11347" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622573v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cordonnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Despr&#233;s-Lonnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.205.0029" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622569v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evariste Dakoure Dakour&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.205.0129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995684v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Spano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Marie Goepfert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.10876" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979964v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garcin-Marrou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432126v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs3.0115" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01637385v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Greffet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01186763v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs02.0100" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01187152v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04763083v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Doutreix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365118v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773928v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Prmanova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774019v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465453v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995673v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Jacquez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995672v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995679v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432237v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Blanchard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Bastien" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalancette Mireille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01657637v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01657482v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00826071v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01191657v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01196724v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386109v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662766v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773976v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774066v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469178v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995676v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.1596" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432181v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950792v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980273v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148937v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wojcik" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934532v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailliart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148939v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01196723v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>