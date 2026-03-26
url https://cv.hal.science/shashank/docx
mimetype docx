--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1978,165 +1978,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular pathways to inorganic nanomaterials for catalytic applications</w:t>
+                <w:t xml:space="preserve">Precursor-controlled synthesis of inorganic nanomaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mishra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Tezpur, India</w:t>
+              <w:t xml:space="preserve">Cutting-edge Research in Material Science and Chemistry (CRMSC-2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Jaipur, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191252v1</w:t>
+                <w:t xml:space="preserve">hal-03141637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precursor-controlled synthesis of inorganic nanomaterials</w:t>
+                <w:t xml:space="preserve">Molecular pathways to inorganic nanomaterials for catalytic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mishra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cutting-edge Research in Material Science and Chemistry (CRMSC-2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Jaipur, India</w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Tezpur, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03141637v1</w:t>
+                <w:t xml:space="preserve">hal-03191252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular engineering for the synthesis of inorganic nanomaterials for catalytic applications</w:t>
               </w:r>
@@ -2408,51 +2408,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="272B6C9A"/>
+    <w:nsid w:val="6E36DC0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2639,51 +2639,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/shashank" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/136149717405210950957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/J-2428-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307482v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Elgayar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bargiela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Essayem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cy00688k" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787859v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashank Mishra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Ben Salem" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Eternot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhagyesh Purohit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202401530" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164798v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Brito Santiago Neto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia Gabriely Alves da Cruz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alcineia Concei&#231;&#227;o Oliveira" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Essayem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0dt03726e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570367v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gahlot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dappozze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Singh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ahuja" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardenas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt04726c" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869420v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verchere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mishra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jeanneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Decams" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c00617" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909460v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniele" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000534" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275910v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bhattacharyya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biswas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gogoi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aoc.5017" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morfin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mendez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Swamy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Rousset" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b00173" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882424v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt01625a" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Gupta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S S Kushwah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mishra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875910v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Soussi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mantoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2018.06.023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719817v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701313" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625637v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Fang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Guillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Zhou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Xing" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b03724" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625626v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Soussi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jeanneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Millet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Daniele" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt02755a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141637v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141619v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ledoux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Joubert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/shashank" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/136149717405210950957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/J-2428-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307482v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Elgayar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bargiela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Essayem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cy00688k" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787859v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashank Mishra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Ben Salem" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Eternot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhagyesh Purohit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202401530" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164798v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Brito Santiago Neto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia Gabriely Alves da Cruz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alcineia Concei&#231;&#227;o Oliveira" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Essayem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0dt03726e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570367v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gahlot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dappozze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Singh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ahuja" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardenas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt04726c" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869420v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verchere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mishra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jeanneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Decams" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c00617" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909460v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniele" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000534" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275910v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bhattacharyya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biswas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gogoi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aoc.5017" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morfin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mendez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Swamy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Rousset" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b00173" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882424v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt01625a" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Gupta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S S Kushwah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mishra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875910v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Soussi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mantoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2018.06.023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719817v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701313" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625637v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Fang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Guillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Zhou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Xing" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b03724" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625626v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Soussi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jeanneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Millet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Daniele" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt02755a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141637v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191252v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141619v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ledoux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Joubert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>