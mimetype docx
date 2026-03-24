--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -950,260 +950,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05181846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the CLEF 2023 SimpleText Task 1: Passage Selection for a Simplified Summary</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Sanjuan</w:t>
+                <w:t xml:space="preserve">Quand des Non-Experts Recherchent des Textes Scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liana Ermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric SanJuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Augereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hosein Azarbonyad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Working Notes of the Conference and Labs of the Evaluation Forum (CLEF 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Thessalokini, Greece. pp.2823-2834</w:t>
+              <w:t xml:space="preserve">Atelier sur l’Analyse et la Recherche de Textes Scientifiques, CORIA-TALN (18e Conférence en Recherche d’Information et Applications (CORIA) - 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN) )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05181809v1</w:t>
+                <w:t xml:space="preserve">hal-04168674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand des Non-Experts Recherchent des Textes Scientifiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of the CLEF 2023 SimpleText Task 1: Passage Selection for a Simplified Summary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanjuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaap Kamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liana Ermakova</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier sur l’Analyse et la Recherche de Textes Scientifiques, CORIA-TALN (18e Conférence en Recherche d’Information et Applications (CORIA) - 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN) )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Working Notes of the Conference and Labs of the Evaluation Forum (CLEF 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Thessalokini, Greece. pp.2823-2834</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04168674v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05181809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLEF 2023 SimpleText Track ⋆ What Happens if General Users Search Scientific Texts?</w:t>
               </w:r>
@@ -1228,64 +1228,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sanjuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Augereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hosein Azarbonyad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Information Retrieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland. pp.536-545, </w:t>
@@ -1810,261 +1810,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-Lingual Speech-to-Text Summarization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
+                <w:t xml:space="preserve">Lilia, A Showcase for Fast Bootstrap of Conversation-Like Dialogues Based on a Goal-Oriented System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassam Jabaian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th edition of International Conference on Multimedia &amp; Network Information Systems (MISSI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-98678-4_39⟩</w:t>
+              <w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Ljublljana, Slovenia. pp.31-43, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021915v1</w:t>
+                <w:t xml:space="preserve">hal-02333916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lilia, A Showcase for Fast Bootstrap of Conversation-Like Dialogues Based on a Goal-Oriented System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bassam Jabaian</w:t>
+                <w:t xml:space="preserve">Cross-Lingual Speech-to-Text Summarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos-Emiliano González-Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Ljublljana, Slovenia. pp.31-43, </w:t>
+              <w:t xml:space="preserve">11th edition of International Conference on Multimedia &amp; Network Information Systems (MISSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Wrocław, Poland. pp.385-395, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-98678-4_39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02333916v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renforcement en-ligne pour l’apprentissage conjoint de l’analyseur sémantique et du gestionnaire de dialogue d’un système d’interaction vocale</w:t>
               </w:r>
@@ -2256,585 +2256,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02021908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l'adaptation par renforcement d'un générateur en langage naturel neuronal pour le dialogue homme-machine</w:t>
+                <w:t xml:space="preserve">Intégration et évaluation de mécanismes de productions humoristiques dans un agent conversationnel virtuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassam Jabaian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIe Journées d’Études sur la Parole (JEP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop sur les Affects, Compagnons Artificiels et Interactions (WACAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, île de Porquerolles, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021596v1</w:t>
+                <w:t xml:space="preserve">hal-02021367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the Semantic Textual Similarity with Siamese CNN and LSTM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
+                <w:t xml:space="preserve">Évaluation de l'adaptation par renforcement d'un générateur en langage naturel neuronal pour le dialogue homme-machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassam Jabaian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXXIIe Journées d’Études sur la Parole (JEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Aix-en-Provence, France. pp.347-355, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/JEP.2018-40⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01779457v1</w:t>
+                <w:t xml:space="preserve">hal-02021596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration et évaluation de mécanismes de productions humoristiques dans un agent conversationnel virtuel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bassam Jabaian</w:t>
+                <w:t xml:space="preserve">Predicting the Semantic Textual Similarity with Siamese CNN and LSTM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Carneiro Linhares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop sur les Affects, Compagnons Artificiels et Interactions (WACAI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, île de Porquerolles, France</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Rennes, France. pp.311-319</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021367v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01779457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Annotated Portuguese/Spanish Corpus for the Multi-Sentence Compression Task</w:t>
+                <w:t xml:space="preserve">A Multilingual Study of Compressive Cross-Language Text Summarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andréa Carneiro Linhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Language Resources and Evaluation (LREC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th Mexican International Conference on Artificial Intelligence (MICAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Guadalajara, Mexico. pp.109-118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-04497-8_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722130v1</w:t>
+                <w:t xml:space="preserve">hal-02021602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multilingual Study of Compressive Cross-Language Text Summarization</w:t>
+                <w:t xml:space="preserve">A New Annotated Portuguese/Spanish Corpus for the Multi-Sentence Compression Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Carneiro Linhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Mexican International Conference on Artificial Intelligence (MICAI)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Conference on Language Resources and Evaluation (LREC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Miyazaki, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-04497-8_9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02021602v1</w:t>
+                <w:t xml:space="preserve">hal-01722130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Sentence Compression with Word Vertex-Labeled Graphs and Integer Linear Programming</w:t>
               </w:r>
@@ -3277,265 +3277,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01779486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage en ligne interactif d’un générateur en langage naturel neuronal pour le dialogue homme-machine</w:t>
+                <w:t xml:space="preserve">Integration and evaluation of social competences such as humor in an artificial interactive agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassam Jabaian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">the 1st ACM SIGCHI International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Glasgow, United Kingdom. pp.41-42, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3139491.3139495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021590v1</w:t>
+                <w:t xml:space="preserve">hal-01807782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration and evaluation of social competences such as humor in an artificial interactive agent</w:t>
+                <w:t xml:space="preserve">Apprentissage en ligne interactif d’un générateur en langage naturel neuronal pour le dialogue homme-machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassam Jabaian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 1st ACM SIGCHI International Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3139491.3139495⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01807782v1</w:t>
+                <w:t xml:space="preserve">hal-02021590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online adaptation of an attention-based neural network for natural language generation</w:t>
               </w:r>
@@ -3623,256 +3623,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02021901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tweet Contextualization Using Continuous Space Vectors: Automatic Summarization of Cultural Documents</w:t>
+                <w:t xml:space="preserve">Métodos de Otimização Combinatória Aplicados ao Problema de Compressão MultiFrases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Gouveia da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Carneiro Linhares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andréa Carneiro Linhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Working Notes of the CLEF Lab on Microblog Cultural Contextualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Évora, Portugal. pp.1238-1245</w:t>
+              <w:t xml:space="preserve">LVIII SBPO Simpósio Brasileiro de Pesquisa Operacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Vitória, ES, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01779481v1</w:t>
+                <w:t xml:space="preserve">hal-01779182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métodos de Otimização Combinatória Aplicados ao Problema de Compressão MultiFrases</w:t>
+                <w:t xml:space="preserve">Tweet Contextualization Using Continuous Space Vectors: Automatic Summarization of Cultural Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvys Linhares Pontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thiago Gouveia da Silva</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Carneiro Linhares</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LVIII SBPO Simpósio Brasileiro de Pesquisa Operacional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Vitória, ES, Brazil</w:t>
+              <w:t xml:space="preserve">Working Notes of the CLEF Lab on Microblog Cultural Contextualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Évora, Portugal. pp.1238-1245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01779182v1</w:t>
+                <w:t xml:space="preserve">hal-01779481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Text Summarization with a Reduced Vocabulary Using Continuous Space Vectors</w:t>
               </w:r>
@@ -4077,247 +4077,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02021894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Topic-Based Approach for Post-processing Correction of Automatic Translations</w:t>
+                <w:t xml:space="preserve">Algorithmes de classification et d’optimisation : participation du LIA/ADOC à DEFT’14</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Morchid</w:t>
+                <w:t xml:space="preserve">Luis Adrián Cabrera-Diego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassam Jabaian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Dufour</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alejandro Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Workshop on Spoken Language Translation (IWSLT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, South Lake Tahoe, NV, United States</w:t>
+              <w:t xml:space="preserve">Actes de la 10ème édition du défi fouille de textes (DEFT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021817v1</w:t>
+                <w:t xml:space="preserve">hal-02021340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithmes de classification et d’optimisation : participation du LIA/ADOC à DEFT’14</w:t>
+                <w:t xml:space="preserve">A Topic-Based Approach for Post-processing Correction of Automatic Translations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Adrián Cabrera-Diego</w:t>
+                <w:t xml:space="preserve">Mohamed Morchid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Molina</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la 10ème édition du défi fouille de textes (DEFT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Marseille, France</w:t>
+              <w:t xml:space="preserve">11th International Workshop on Spoken Language Translation (IWSLT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, South Lake Tahoe, NV, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021340v1</w:t>
+                <w:t xml:space="preserve">hal-02021817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factored Machine Translation Systems for Russian-English</w:t>
               </w:r>
@@ -4811,234 +4811,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alignement automatique pour la compréhension littérale de l'oral par approche segmentale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The LIGA machine translation system for WMT 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Potet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Blanchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EMNLP 2011 SIXTH WORKSHOP ON STATISTICAL MACHINE TRANSLATION </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Edinburgh United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317556v1</w:t>
+                <w:t xml:space="preserve">hal-00959143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The LIGA machine translation system for WMT 2011</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alignement automatique pour la compréhension littérale de l'oral par approche segmentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMNLP 2011 SIXTH WORKSHOP ON STATISTICAL MACHINE TRANSLATION </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Edinburgh United Kingdom</w:t>
+              <w:t xml:space="preserve">18ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00959143v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01317556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying the Translations of Idiomatic Expressions using TransSearch</w:t>
               </w:r>
@@ -5221,217 +5221,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01314555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d'un score de qualité de traduction pour le résumé multi-document cross-lingue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Graph-based Approach to Cross-language Multi-document Summarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
+              <w:t xml:space="preserve">12th International Conference on Intelligent Text Processing and Computational Linguistics (CICLing)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tokyo, Japan. pp.113-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021577v1</w:t>
+                <w:t xml:space="preserve">hal-02021891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Graph-based Approach to Cross-language Multi-document Summarization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation d'un score de qualité de traduction pour le résumé multi-document cross-lingue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Boudin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Manuel Torres-Moreno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Intelligent Text Processing and Computational Linguistics (CICLing)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Tokyo, Japan. pp.113-118</w:t>
+              <w:t xml:space="preserve">18ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021891v1</w:t>
+                <w:t xml:space="preserve">hal-02021577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RALI Machine Translation System for WMT 2010</w:t>
               </w:r>
@@ -6745,103 +6745,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The LIGA (LIG/LIA) Machine Translation System for WMT 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Potet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Potet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Rubino</w:t>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SixthWorkshop on Statistical Machine Translation WMT 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Edinburgh, United Kingdom</w:t>
@@ -6915,77 +6915,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLEF 2024 SimpleText Track</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liana Ermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric SanJuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hosein Azarbonyad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Maria Di Nunzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7062,90 +7062,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLEF 2023 SimpleText Track</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liana Ermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric SanJuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric SanJuan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Huet</w:t>
+                <w:t xml:space="preserve">Olivier Augereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hosein Azarbonyad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Information Retrieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13982, </w:t>
@@ -7755,73 +7755,73 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Sébillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gravier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] PI 1804, 2006, pp.72</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-5917, INRIA. 2006, pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00077747v1</w:t>
+                <w:t xml:space="preserve">inria-00077386v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de la linguistique en reconnaissance de la parole : un état de l'art</w:t>
               </w:r>
@@ -7847,73 +7847,73 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Sébillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gravier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] RR-5917, INRIA. 2006, pp.72</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] PI 1804, 2006, pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00077386v2</w:t>
+                <w:t xml:space="preserve">inria-00077747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8171,51 +8171,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556889v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvys Linhares Pontes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Huet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Manuel Torres-Moreno" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Carneiro Linhares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2019.101763" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022678v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Riou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Jabaian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5087/dad.2019.101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021930v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bourdaillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langlais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lapalme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10590-011-9089-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/697192AD8665D013383FCE6AB196C998EF123C7E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508471v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gravier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;billot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2009.10.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377384v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodriguez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26615/978-954-452-098-4-117" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330606v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181846v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanjuan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Kamps" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Ermakova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181809v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168674v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric SanJuan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Augereau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosein Azarbonyad" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158012v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-28241-6_62" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168659v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bellot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Nurbakova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Ovchinnikova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_46" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168668v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjuan Eric" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamps Jaap" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ermakova Liana" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828491v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanjuan&#178;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13643-6_28" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8683274" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021915v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos-Emiliano Gonz&#225;lez-Gallardo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98678-4_39" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333916v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160317v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021908v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_17" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021596v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-40" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779457v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021367v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaminade" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722130v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021602v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04497-8_9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779470v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Gouveia da Silva" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W18-1704" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779465v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91947-8_48" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021824v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779486v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807782v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139491.3139495" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779481v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779182v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779440v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41754-7_46" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021894v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Manishina" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021817v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Morchid" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021340v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Adri&#225;n Cabrera-Diego" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Molina" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021814v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320242v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rubino" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linar&#232;s" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320234v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Rubino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linares" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314539v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Detienne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Quadri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317563v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317556v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959143v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Potet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blanchon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317551v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314555v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021577v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Boudin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021891v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021809v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Patry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051123v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Gotti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021394v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021391v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021884v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021384v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01818-3_6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021382v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021879v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021878v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021377v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021874v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021371v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088892v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04608042v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Maria Di Nunzio" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-031-56072-9_4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04608071v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-031-28241-6_62" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314550v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37186-8_3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021924v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4614-6934-6_9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021921v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;nol&#233; Lecorv&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-76316-3_9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168656v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077747v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077386v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00524245v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556889v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvys Linhares Pontes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Huet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Manuel Torres-Moreno" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Carneiro Linhares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2019.101763" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022678v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Riou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Jabaian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5087/dad.2019.101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021930v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bourdaillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langlais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lapalme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10590-011-9089-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/697192AD8665D013383FCE6AB196C998EF123C7E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508471v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gravier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;billot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2009.10.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377384v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodriguez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26615/978-954-452-098-4-117" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330606v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181846v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanjuan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Kamps" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Ermakova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168674v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric SanJuan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Augereau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosein Azarbonyad" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181809v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158012v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-28241-6_62" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168659v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bellot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Nurbakova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Ovchinnikova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_46" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168668v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjuan Eric" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamps Jaap" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ermakova Liana" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828491v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanjuan&#178;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13643-6_28" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8683274" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333916v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021915v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos-Emiliano Gonz&#225;lez-Gallardo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98678-4_39" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160317v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021908v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_17" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021367v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaminade" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021596v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-40" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779457v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021602v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04497-8_9" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722130v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779470v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Gouveia da Silva" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W18-1704" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779465v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91947-8_48" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021824v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779486v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807782v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139491.3139495" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021590v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779182v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779481v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779440v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41754-7_46" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021894v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Manishina" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021340v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Adri&#225;n Cabrera-Diego" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Molina" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021817v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Morchid" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021814v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320242v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rubino" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linar&#232;s" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320234v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Rubino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linares" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314539v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Detienne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Quadri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317563v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959143v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Potet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blanchon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317556v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317551v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314555v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021891v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Boudin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021577v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021809v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Patry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051123v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Gotti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021394v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021391v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021884v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021384v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01818-3_6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021382v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021879v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021878v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021377v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021874v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021371v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088892v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04608042v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Maria Di Nunzio" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-031-56072-9_4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04608071v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-031-28241-6_62" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314550v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37186-8_3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021924v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4614-6934-6_9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021921v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;nol&#233; Lecorv&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-76316-3_9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168656v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077386v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077747v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00524245v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>