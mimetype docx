--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,3636 +66,1889 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
-[...1745 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier Avant-gardes au prisme du genre de 1945 à nos jours sous l’angle du queer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Böhmisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre "Genre en Germ'"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anne-Laure Briatte, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« D’un Georg à l’autre : continuités et métamorphoses dans l’œuvre de Jan Faktor depuis 1989 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « 35 Jahre Wende/ 35 ans après la Chute du Mur »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, organisé par la Bundeszentrale für politische Bildung de Bonn et le Goethe Institut de Paris, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Livres d’artistes autoédités dans l’underground de RDA : une réappropriation des médiums de l’avant-garde dans les années 1980 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « L’objet livre et les avant-gardes littéraires et artistiques dans les espaces germanophones et nord-européens de 1945 à nos jours »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, organisé par Raphaël Jamet et Aurélie Le Née, Université de Strasbourg, Oct 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Genre, alimentation et avant-gardes : trois angles morts de la recherche sur la RDA à l’épreuve des productions artistiques de Wilfriede Maaß, Karla Woisnitza et Gabriele Stötzer (années 1980) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop « Genre et alimentation »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, organisé par Susanne Böhmisch et Anne Isabelle François, Nov 2024, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le fonds Jan Faktor de l’Académie des arts de Berlin : une entrée dans les archives éphémères de la Prenzlauer Berg-Szene ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Archives manquantes ? Les archives et la construction de l’histoire littéraire et culturelle dans l’espace germanophone depuis 1945 »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, organisé par Jean-François Laplénie, Agathe Mareuge (REIGENN et Philomel) et Bénédicte Terrisse (CRINI, Nantes Université), May 2023, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Böhmisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chamayou-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+                <w:t xml:space="preserve">Élise Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Mareuge</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Élise Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avant-gardes au prisme du genre dans l’espace germanophone de 1945 à nos jours : sociabilités, esthétiques, mémoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, S. Böhmisch; C. Chamayou-Kuhn; A. Mareuge; E. Petit, Oct 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Oct 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coorganisation d'un colloque international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Böhmisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chamayou-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Mareuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibylle Goepper</w:t>
-[...106 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Élise Petit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Mareuge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avant-gardes au prisme du genre dans l’espace germanophone de 1945 à nos jours : sociabilités, esthétiques, mémoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Oct 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">, S. Böhmisch; C. Chamayou-Kuhn; A. Mareuge; E. Petit, Oct 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Haraway et le féminisme en RDA : un rapprochement périlleux ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire (Re)lire les classiques des SHS – Donna Haraway « A Cyborg Manifesto »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, organisé par Jon Delogu, Nicolas Mollard et Nolwenn Salmon UR IETT, Université Jean Moulin Lyon 3, Dec 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coorganisation d'un colloque international (en ligne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Aurenche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lemonnier-Lemieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« L’Est à l’Ouest : trajectoires, expériences et modes d’expression des intellectuels et artistes émigrés hors de RDA (1949-1989) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, avec E. Aurenche-Beau, A. Lemonnier-Lemieux et R. Zschachlitz, Mar 2021, Lyon (en ligne ), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Femmes artistes dans les subcultures de RDA (1970-1980) : de la dissidence artistique à la dissidence politique, du féminin au féminisme ? Pertinence et limites de certains rapprochements et transferts »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées exploratoires « Femmes à l’Est : dissidence, subcultures et émancipation (1945-1991) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, organisées par Hélène Camarade et Cécile Vaissié à l'Université Bordeaux Montaigne, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Mareuge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Böhmisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chamayou-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avant-gardes au prisme du genre dans l'espace germanophone après 1945: sociabilités, esthétiques, mémoires / Avantgarden im Spannungsfeld von Gender im deutschsprachigen Raum von 1945 bis heute: Soziabilitäten, Ästhetiken, Erinnerungsprozesse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lyon (Université Lyon 3), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De l’action artistique à l’action politique : l’exemple du groupe des femmes artistes d’Erfurt (1980-1990) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Congrès de l’AGES : Violence et Radicalité »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De l’action artistique à l’action politique : l’exemple du groupe des femmes artistes d’Erfurt (1980-1990) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’AGES, « Violence et Radicalité »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coorganisation d'un colloque international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paloma Otaola Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne-Marie Carton-Charon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artistes en exil. Nouveaux paradigmes esthétiques ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, avec J.-M. Carton-Charon et P. Otaola Gonzales, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Barbara Köhler en réseau : avant-garde, intermédialité et genre pendant et après la RDA »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Poetische Netzwerke: Fortgesetzte Postmoderne in der deutschsprachigen Lyrik von 1980 bis heute »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Achim Geisenhanslüke, Françoise Lartillot, Apr 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Die neuen DDR-Expressionistinnen: Außenseiterinnen unter den Außenseitern? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« DDR-Frauen von 1949 bis heute »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hélène Camarade, Sibylle Goepper, Sep 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les lectures/ performances de Jan Faktor. Kurt Schwitters et Ernst Jandl au Prenzlauer Berg »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les figures tutélaires dans la prose et la poésie aux 20e et 21e siècles : entre filiations, rejet et création »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Yves Iehl, Nadia Lapchine et Françoise Lartillot, Sep 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le Mur comme espace liminal : des origines, des persistances et des mutations d’une frontière polysémique 30 ans après »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« 1989-2019 : 30 ans après la chute du Mur de Berlin : regards croisés sur l'Allemagne contemporaine »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laurence Guillon, Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Expérimentation, intermédialité et corporalité dans les subcultures artistiques de Berlin-Est (1970-1989). De la transgression sous le socialisme réel de RDA ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« La Fabrique des imaginaires : Censure, contre-discours et société technicienne »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire IETT, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Intermédialités sous contrainte et stratégies anticonformistes dans la RDA des années 1980. Le salon et l’atelier des époux Maaß »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Formes et (en)jeux de l’intermédialité dans l’espace européen »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Patricia-Viallet, Emmanuel Marigno, Sep 2017, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Textinterpretation &amp;quot;monolog vier&amp;quot; (in Die Versprengung, 1986)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Wolfgang Hilbigs Lyrik: im Kreuzgespräch »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bernard Banoun, Sylvie Arlaud, Bénédicte Terrisse, Sep 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Die Rezeption von Heinrich Heines &amp;quot;Wintermärchen&amp;quot; bei den DDR-Dichtern Wolf Biermann und Sascha Anderson. Zwischen Dekanonisierung des sozialistischen Realismus und Reinstrumentalisierung durch die Macht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kanonisierung und Klassiker-Rezeption: Geschichte und Gegenwart</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2009, Universität Paderborn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00839203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Das Thema &amp;quot;Familie&amp;quot; in Wolf Biermanns Liedern und Gedichten: Von der parteilichen Zugehörigkeit zum Privatalbum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textes et contextes : la famille de / en RDA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Université de Bourgogne (Dijon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00839188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3705,3058 +1958,4805 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Faktor. Itinéraires d’un gars de l’Est entre textes et performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Sorbonne Université Presses, coll. « Monde germanique », 480 p., 2025, 979-10-231-0769-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que le genre fait aux études germaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Briatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Camarade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Dubslaff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">n° 237/juillet-septembre 2021, 2021, 978-2-7574-3269-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03753445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Mots de la RDA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Camarade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires du Midi, Collection Les Mots de, 128 p., 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyrik nach 1989. Gewendete Lyrik? Gespräche mit deutschen Dichtern aus der DDR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millot Cécile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mitteldeutscher Verlag, 496 p., 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résistance, dissidence et opposition en RDA (1949-1989)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Camarade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires du Septentrion, pp.404, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.8725⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le genre pour (re)penser les avant-gardes: entre relectures historiographiques et actualisations conceptuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Böhmisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chamayou-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Mareuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'études germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 88 (1/2025), pp.13-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/1453u⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’Est à l’Ouest. Entre objet familier et terra incognita de la recherche sur la RDA »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Aurenche-Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lemonnier-Lemieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'études germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 84, p. 11-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Penser, matérialiser, déjouer la différence entre les genres. Canon et présent/ce chez Barbara Köhler »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Germanique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 37, p. 185-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arts – subcultures – genre, de la RDA aux nouveaux Bundesländer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 237 (3), pp.100-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.237.0100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les études germaniques françaises et le genre : un bilan d’étape »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Briatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Camarade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Dubslaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 237 (n° 237), p. 3-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.237.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface de : &amp;quot;Femmes au pouvoir dans l’espace germanophone : quelles actualisations pour un pouvoir au féminin ? (XVIIIe-XXIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Willmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/allemagne.2619⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03993532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles expressionnistes de RDA : Subjectivité féminine et non-conformisme artistique dans le contexte du socialisme réel des années 1970 et 1980</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'études germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 volume (81), pp.193-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ceg.15125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’'heure zéro' (Stunde Null) entre mythe et réalité dans la société et la culture. Éléments d'introduction. »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02166166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’« heure zéro » ( Stunde Null ) entre mythe et réalité dans la société et la culture : éléments d’introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° 224 (224), pp.70-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.224.0070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de l’ouvrage de Daniel Argelès, &amp;quot;Klaus Schlesinger ou l’écriture de l’histoire – Berlin et l’Allemagne, 1937-2001&amp;quot;. In Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.368-369</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subversion féminine dans les années 1980 en RDA : Gabriele Stötzer et le collectif d’artistes Künstlerinnengruppe Erfurt / Exterra XX , entre création à l’ombre du Mur et impulsions féministes dans l’art international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 219 (1), pp.145-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.219.0145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladie individuelle, crise du couple et maux collectifs dans le roman Du stirbst nicht de Kathrin Schmidt : des transitions de l’après-1989 au prisme du genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, https://journals.openedition.org/transtexts/665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/transtexts.665⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de l’ouvrage de Hildegard Haberl et Anne-Marie Pailhès (dir.), Jardins d’Allemagne. Transferts, théories, imaginaires. In Allemagne d'Aujourd'hui, n° 212</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de l'ouvrage de David Clarke et Axel Goodbody (ed.), The Self in Translation East German Autobiographical Writing Before and After Unification, Amsterdam/New York, Rodopi, 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01098126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Jürgen Fuchs : écrivain et homme d’action – une incarnation est-allemande de l’intellectuel ‹ à la française › »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, « Intellectuels et politique en Allemagne » (dossier), 46 (2), pp.393-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/allemagne.1160⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Continuités et métamorphoses du moi chez Wolfgang Hilbig des recueils &amp;quot;abwesenheit&amp;quot; et &amp;quot;stimme stimme&amp;quot; au roman &amp;quot;Ich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 204, pp.197-208. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05002155v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.204.0197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que le genre fait aux études germaniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Briatte</w:t>
+                <w:t xml:space="preserve">La judéité dans les romans de Barbara Honigmann et Jan Faktor : tabou dépassé, identité refondée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n°113, p. 88-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Joachim Schädlich : de la parole empêchée à l'écriture de la ‹ seconde dissidence ›. Évolutions et permanences d'une œuvre située à la croisée des champs littéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'études germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n°58, p. 35-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La convergence de la ‹ seconde dissidence › de RDA et du ‹ Centre des auteurs germanophones à l'étranger › lors de la réunification des clubs allemands du P.E.N. : vers une gauche capable de faire son deuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 41 (n°2), p. 297-309</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du ‹ mur dans les œuvres › au ‹ mur dans les têtes ›</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoire(s), identité(s), marginalité(s) dans le monde occidental contemporain. Cahiers du MIMMOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Le paradigme du Mur dans le monde contemporain : évolution et perspectives 1989-2009, 5-2009, http://mimmoc.revues.org/391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mimmoc.391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ein weites Feld&amp;quot; et la canonisation par le champ littéraire. Étude d'une œuvre dans son contexte polémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, n°3, p. 667-679</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00838998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (23)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Kurt Schwitters et Ernst Jandl dans l’œuvre expérimentale de Jan Faktor: l’exemple des lectures/ performances de la décennie 1980 aux années 2000 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">in Achim Geisenhanslüke, Yves Iehl, Nadia Lapchine et Françoise Lartillot (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les figures tutélaires dans la la poésie et la prose de langue allemande aux 20e et 21e siècles. Entre filiations, rejet et création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, p. 325-344, 2025, 9783034343787</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Performer la dictature socialiste : la diapo-conférence Mein Leben als gebrauchsangewiesener Mensch in der DDR de Jan Faktor »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean François Candoni, Elisabeth Kargl, Marc Lacheny, Ingrid Lacheny (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figuration de la dictature dans les arts de la scène. Regards sur l’espace germanophone du XIXe siècle à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 129-141, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Sarah Kirsch à l’Ouest : de l’Übersiedlung à la zweite Spaltung (1977-décennie 1990) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Bernard Banoun, Maryse Staiber (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’œuvre poétique de Sarah Kirsch. Subjectivité, nature, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, p. 49-67, 2021, Collection « De l’Allemand »</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« À corps et à écrits. Gabriele Stötzer et la RDA : stratégies dissensuelles face à l’expérience genrée de la dictature »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Stéphanie Chapuis-Després, Florence Serrano (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Femmes face à l’État. Allemagne, Espagne, France, XIXe-XXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PU Savoie Mont-Blanc, p. 75-94, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Bruchstücke, Scherben, Goldklumpen. Zu monolog vier »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Sylvie Arlaud, Bernard Banoun, Bénédicte Terrisse (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wolfgang Hilbigs Lyrik. Eine Textexpedition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Verbrecher Verlag, p. 385-402, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intermédialités sous contrainte et stratégies anticonformistes dans la RDA des années 1980. Le salon et l’atelier des époux Maaß</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Patricia Viallet (dir.),. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formes et (en)jeux de l'intermédialité dans l’espace européen d'hier à aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Königshausen &amp; Neumann, p. 307-325, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Hiérarchies et discriminations de genre en RDA : inconnue, impensé ou aporie d’une ‹ société fermée › ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ingeborg Rabenstein-Michel, Valérie Favre et Jordi Medel-Bao (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genre et enfermement : contrainte, dépassement, résistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collection Textures, Laboratoire LCE, pp.135-146, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’intégration des poètes de Berlin-Est au paysage littéraire de l’Allemagne réunifiée. Un bilan en deux étapes (1994/95-2009/10) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Aurenche-Beau, Marcel Boldorf, Ralf Zschachlitz (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La RDA : Crise – culture - critique. Nouveaux regards sur l’Allemagne de l’Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.101-116, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le ‹ Prenzlauer Berg › : subculture autonome ou culture de la trahison ? Retour sur la (dé)construction d’un mythe contre-culturel »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Iehl, Nadia Lapchine, Achim Geisenhanslüke, Françoise Lartillot (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contre-cultures et littératures de langue allemande de 1960 à nos jours : entre subversion et utopies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.507-526, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’intégration des poètes de Berlin-Est au paysage littéraire de l’Allemagne réunifiée. Un bilan en deux étapes (1994/95-2009/10) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Emmanuelle Aurenche-Beau, Marcel Boldorf, Ralf Zschachlitz (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La RDA : Crise – culture - critique. Nouveaux regards sur l’Allemagne de l’Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, p. 101-116, 2017, 19513526 (ISSN)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« ,Wer weiß, wann die Stimmung umkippt‘. Holocaust, Symbiose und Antisemitismus in Barbara Honigmanns Werk »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Katja Schubert, Carola Haenel (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Störfall? Auschwitz und die ostdeutsche Literatur nach 1989</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 56, Frank &amp; Timme, pp.41-62, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« De l’action individuelle à l’activisme dans les mass-médias : itinéraire d’un ‹ transfuge › »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. Camarade, S. Goepper (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Résistance, dissidence, opposition en République démocratique allemande (1949-1989)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaire du Septentrion, pp.145-155, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État de la recherche, concepts, méthodologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Camarade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Camarade, Hélène and Goepper, Sibylle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Résistance, dissidence et opposition en RDA, 1949-1990</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.5--22, 2016, 978-2-7574-1160-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.8729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glossaire ouvrage &amp;quot;Résistance, dissidence, opposition en République démocratique allemande 1949-1990</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Camarade</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...282 lines deleted...]
-                <w:t xml:space="preserve">hal-02487536v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Camarade; Sibylle Goepper. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Résistance, dissidence et opposition en République démocratique allemande (1949-1990)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.369-382, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.8790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dialog-hefte : un détour par l’Ouest afin de réaffirmer quelques libertés fondamentales en RDA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Camarade; Sibylle Goepper. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Résistance, dissidence, opposition en République démocratique allemande (1949-1989)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaire du Septentrion, pp.157-170, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.8756⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‚Aus ihnen nichts geworden?‘ Zur Position einiger ‚Hineingeborener‘ im gesamtdeutschen literarischen Feld</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Viviana Chilese, Matteo Galli (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Im Osten geht die Sonne auf? Tendenzen neuerer ostdeutscher Literatur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Königshausen u. Neumann, pp.239-253, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre underground et gentrification : Bert Papenfuß, dernière icône des cercles littéraires non officiels de Berlin-Est ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cécilia Fernandez, Olivier Hanse (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À contre-courant : résistances souterraines à l’autorité et construction de contrecultures dans les pays germanophones au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 81, Peter Lang, pp.257-274, 2014, convergences, 978-3-0343-1493-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01098127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prague-Berlin : un aller-retour dans l’œuvre de Jan Faktor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Lemonnier (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La littérature allemande à l'épreuve de la géopolitique depuis 1945</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEGIL-Nancy, pp.155-168, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01098129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déconstruction du mythe de l’égalité entre les sexes : une convergence entre littératures de l’Ouest et de l’Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Lemonnier-Lemieux (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La littérature allemande à l’épreuve de la géopolitique depuis 1945</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.87-100, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01098128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du sujet lyrique au sujet autofictionnel. La scène littéraire berlinoise à l'épreuve du ‹ tournant ›</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clara Royer/Petra James (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sans faucille ni marteau. Ruptures et retours dans les littératures européennes post-communistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, p. 67-81, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00933695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une lecture de ‹ Ich › dans le contexte de la ‹ querelle littéraire › des années 1990</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Teinturier, Bénédicte Terrisse (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Ich" de Wolfgang Hilbig. Littérature, identité et faux-semblants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.19-38, 2013, De l'Allemand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00862473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rückkehr, Abkehr, Zusammenkunft. Zur Identitätssuche der Ich-Erzählerin in Barbara Honigmanns &amp;quot;Eine Liebe aus nichts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andrea Jäger/Johannes Brambora/Franziska Hoffmann-Preisler/Anett Krause/Gudrun Lörincz (Hg.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zwischen autobiographischem Stil und Autofiktion: narrative Funktionen und Identitätskonstruktionen der Figur des Ich-Erzählers in der Gegenwartsliteratur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Online-Publikationen der Martin-Luther-Universität Halle-Wittenberg, p. 105-118, 2012, Hallesche Beiträge</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trois outils institutionnels au service d'un canon littéraire commun : le &amp;quot;Manifeste pour l'enseignement des littératures européennes&amp;quot;, le manuel &amp;quot;Lettres européennes&amp;quot; et le &amp;quot;Prix européen de littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabrice Malkani/Ralf Zschachlitz (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour une réelle culture européenne ? Au-delà des canons culturels et littéraires nationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, p. 161-179, 2012, De l'Allemand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-gardes au prisme du genre de 1945 à nos jours: esthétiques, mémoires, actualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Mareuge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Böhmisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chamayou-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études germaniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 88 (1/2025), 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05058232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’Est à l’Ouest. Trajectoires, expériences et modes d’expression des intellectuels, écrivains et artistes émigrés hors de RDA » (direction de dossier)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Aurenche-Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lemonnier-Lemieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études germaniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n° 84, 320 p., 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04507799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Ce que le genre fait aux études germaniques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">et al</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n° 237, 182 p., 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Femmes au pouvoir dans l’espace germanophone : quelles actualisations pour un pouvoir au féminin ? XVIIIe-XXIe s. »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Labrosse Willmann</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Willmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 53 (1), 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/allemagne.2594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femmes au pouvoir dans l’espace germanophone : quelles actualisations pour un pouvoir au féminin ? (XVIIIe-XXIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Willmann</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Labrosse Willmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 53 (1), 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/allemagne.2594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03992475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes au pouvoir dans les pays germanophones : quelles actualisations pour un pouvoir au féminin (XVIIIe-XXIe siècle) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Willmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03565444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'heure zéro (Stunde Null) entre mythe et réalité dans la société et la culture&amp;quot; (dossier)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n° 224, 90 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01916666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le genre de la maladie : pratiques, discours, textes et représentations » (dossier)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Romanet-da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n°11, https://journals.openedition.org/transtexts/644, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/transtexts.644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Intellectuels et politique en Allemagne » (dossier)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Willmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 46 (2), 141 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487508v1</w:t>
-              </w:r>
-[...1762 lines deleted...]
-                <w:t xml:space="preserve">halshs-00839019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6774,124 +6774,124 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme du colloque international &amp;quot;Avant-gardes au prisme du genre dans l'espace germanophone de 1945 à nos jours : sociabilités, esthétiques, mémoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Böhmisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chamayou-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Mareuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Avant-gardes au prisme du genre dans l'espace germanophone de 1945 à nos jours : sociabilités, esthétiques, mémoires"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Oct 2023, Lyon, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -6921,282 +6921,282 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Traduction av. Sonia Roux de l'article de Luca Lecis « Soixante-dix ans après la Seconde Guerre mondiale. L’‹ heure zéro › en Autriche : continuité ou rupture ? ». In Allemagne d’Aujourd’hui, n° 224</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.104-112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Traduction de l'article de Martin Löhnig, &amp;quot;‹ Heure(s) zéro › contre ‹ Petite période charnière ›&amp;quot;. In Allemagne d’Aujourd’hui, n° 224</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, pp.81-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2018, pp.104-112</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduction d'un texte de Michael Opitz &amp;quot;Sous le texte : profondeurs et pénétrations dans le roman &amp;quot;Ich&amp;quot; de Wolfgang Hilbig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Goepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, pp.209-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction d'un texte de Jan Faktor &amp;quot;La gauche réformiste de RDA et l'opposition tchèque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Sans faucille ni marteau. Ruptures et retours dans les littératures européennes post-communistes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.83-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00933692v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-00839783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7214,51 +7214,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction de l’article de Paula Böttcher « À la marge de la ‹ marge ›. Carlfriedrich Claus, le collectif d’artistes Clara Mosch et la RDA ». In Allemagne d’aujourd’hui, n° 219</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.115-129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7276,51 +7276,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l’ouvrage &amp;quot;Berlin, expériences sensibles&amp;quot;. In Allemagne d’Aujourd’hui, n° 212</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, pp.188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7338,51 +7338,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l'ouvrage de Sylvie Grimm-Hamen et Françoise Willmann (Hg.), &amp;quot;Die Kunst geht auch nach Brot! Wahrnehmung und Wertschätzung von Literatur&amp;quot;, Berlin, Frank und Timme Verlag, 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, p. 379-380</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7400,51 +7400,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l'ouvrage de Siegfried Mews, &amp;quot;Günter Grass and His Critics. From The Tin Drum to Crabwalk&amp;quot;, Rochester/New York, Camden House, 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, p. 726</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7631,51 +7631,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058237v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne B&#246;hmisch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chamayou-Kuhn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Goepper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mareuge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1453u" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507828v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche-Beau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemonnier-Lemieux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Zschachlitz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507822v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Briatte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Camarade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dubslaff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.237.0003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993532v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Willmann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.2619" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629775v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ceg.15125" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629789v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.237.0100" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166166v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Martin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.224.0070" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488307v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487755v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.219.0145" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487730v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.665" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488257v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098126v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487478v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.1160" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839781v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.204.0197" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839011v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839007v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839183v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.391" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839000v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00838998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499558v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002207v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002200v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002202v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002164v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002189v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04449717v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002182v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002193v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002190v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497759v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002187v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002171v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Otaola Gonzalez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Carton-Charon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497757v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497756v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497751v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488354v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488333v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488339v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488346v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839203v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002155v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753445v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487580v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millot C&#233;cile" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487536v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8725" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058232v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507799v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497709v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=et al" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992475v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Labrosse Willmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.2594" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497714v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565444v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916666v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487714v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Romanet-da Fonseca" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.644" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487508v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002146v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507809v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497726v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497715v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497724v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497704v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488014v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839182v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487740v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002154v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487564v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8756" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487735v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999272v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8729" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488315v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488269v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8790" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487519v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098129v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098128v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098127v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00862473v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933695v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839020v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839019v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002168v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488299v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488293v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933692v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839783v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488283v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488264v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00843152v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00843160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne B&#246;hmisch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Goepper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Petit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002207v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002200v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002202v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002189v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04449717v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chamayou-Kuhn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mareuge" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002164v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002193v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002182v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Zschachlitz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemonnier-Lemieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002190v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244310v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497759v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002187v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002171v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Otaola Gonzalez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Carton-Charon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497757v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497756v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497751v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488354v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488333v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488339v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488346v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839203v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839188v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002155v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753445v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Briatte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Camarade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dubslaff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488017v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487580v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millot C&#233;cile" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487536v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8725" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058237v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1453u" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507828v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche-Beau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507822v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629789v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.237.0100" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497738v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.237.0003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993532v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Willmann" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.2619" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629775v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ceg.15125" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166166v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488010v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.224.0070" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488307v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487755v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.219.0145" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487730v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.665" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488257v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098126v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487478v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.1160" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839781v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.204.0197" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839011v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839007v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839000v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839183v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.391" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00838998v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507809v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497724v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497715v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497726v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497704v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488014v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839182v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487740v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002154v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487735v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488315v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999272v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8729" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488269v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8790" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487564v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.8756" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487519v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098127v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098129v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098128v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933695v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00862473v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839020v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839019v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058232v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507799v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497709v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=et al" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497714v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.2594" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992475v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Labrosse Willmann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565444v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916666v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487714v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Romanet-da Fonseca" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.644" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487508v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002168v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488293v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488299v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839783v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933692v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488283v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488264v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00843152v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00843160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>