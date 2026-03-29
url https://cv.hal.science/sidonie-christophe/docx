--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1382,428 +1382,440 @@
               <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 127, pp.27-38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2016.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constrained Palette-Space Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mellado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vanderhaeghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 36 (4), pp.60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3072959.3073650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D geovisualization and stylization to manage comprehensive and participative local urban plans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Brasebin</w:t>
+                <w:t xml:space="preserve">Améliorer la perception du réalisme dans la géovisualisation du littoral - Utilisation de données spatio-temporelles hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hortense Mahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Annals of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/isprs-annals-IV-2-W1-83-2016⟩</w:t>
+              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (4), pp.403-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rig.2016.00008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280486v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Améliorer la perception du réalisme dans la géovisualisation du littoral - Utilisation de données spatio-temporelles hétérogènes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D geovisualization and stylization to manage comprehensive and participative local urban plans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Brasebin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Christophe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquinod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Masse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sidonie Christophe</w:t>
+                <w:t xml:space="preserve">Anouk Vinesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortense Mahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/rig.2016.00008⟩</w:t>
+              <w:t xml:space="preserve">ISPRS Annals of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, IV-2/W1, pp.83-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-IV-2-W1-83-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280480v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clutter and Map Legibility in Automated Cartography: A Research Agenda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1822,209 +1834,209 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartographica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 51 (4), pp.198-207. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3138/cart.51.4.3132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Do Map Readers Recognize a Topographic Mapping Style?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Irina Fabrikant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cartographic Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 52 (2), pp.193-203. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00087041.2015.1119459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problématiques de recherche autour de la notion de clutter en cartographie automatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2053,470 +2065,470 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 226, pp.91-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02274439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation comparée de l'apport de l'assistance GPS aux enquêtes de mobilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Drevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Jambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Représenter des populations et des territoires en mouvement, 28 (1/2), pp.13-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/netcom.1527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01137445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction de palettes de couleurs pour l’aide à la conception cartographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 32 (3-4), pp.401-430. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/tsi.32.401-430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressive Map Design Based on Pop Art: Revisit of Semiology of Graphics?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartographic Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 73, pp.61-74. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14714/CP73.646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creative Colours Specification Based on Knowledge (COLorLEGend system)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cartographic Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 48 (2), pp.138-145. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1179/1743277411Y.0000000012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02286721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2526,51 +2538,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-automated Pipeline to Produce Customizable Tactile Maps of Street Intersections for People with Visual Impairments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuhao Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2602,226 +2614,226 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jouffrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th AGILE Conference on Geographic Information Science “Spatial data for design” (2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Delft, Netherlands. pp.1--8, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/agile-giss-4-29-2023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 geoviz for spatio-temporal structures detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Jesús Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Drugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Florence, Italy. pp.37, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/ica-proc-4-37-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do users interact with Virtual Geographic Environments? Users’ behavior evaluation in urban participatory planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Chassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2853,353 +2865,353 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021) 14–18 December 2021, Florence, Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Florence, Italy. pp.1 - 8, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/ica-proc-4-19-2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03521789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping road crossings for visually impaired people</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuhao Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Jesús Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jouffrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ICA : International Cartographic Association, Dec 2021, Florence, Italy. pp.1-2, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/ica-abs-3-127-2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03484068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cluttering Reduction for Interactive Navigation and Visualization of Historical Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyn Paiz-Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICC 2021 - 30th International Cartographic Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Florence, Italy. pp.81, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/ica-proc-4-81-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03465505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigation immersive dans des photographies historiques (ANR ALEGORIA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Scarlleth Gomes de Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyn Paiz-Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3214,477 +3226,477 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Masses de Données, Informations et Connaissances en Sciences - Observation 3D : outils et verrous</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Journées inter-GdR CNRS MAGIS-MADICS-IGRV, Nov 2021, Saint Mandé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual analysis of inconsistencies in hydraulic simulation data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jacquinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Payrastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV International Society for Photogrammetry and Remote Sensing Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Nice, France. p. 795-801, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLIII-B4-2020-795-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877363v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunities and challenges for augmented reality situated geographical visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María-Jesús Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Nice, France. pp.163 - 170, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-4-2020-163-2020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02878352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geovisualization: multidimensional exploration of the territory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geometric distortion of historical images for 3D visualisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyn Paiz-Reyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brédif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications, IVAPP 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Nice, France. pp.649-655, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-2-2020-649-2020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0009355703250332⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02472748v1</w:t>
+                <w:t xml:space="preserve">hal-02863366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric distortion of historical images for 3D visualisation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geovisualization: multidimensional exploration of the territory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications, IVAPP 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSTICC, Feb 2020, Valletta, Malta. pp 325 - 332, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0009355703250332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-2-2020-649-2020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02863366v1</w:t>
+                <w:t xml:space="preserve">hal-02472748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring multiplexing tools for co-visualization in crisis units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Pierkot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3699,800 +3711,800 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Information Systems for Crisis Response and Management (ISCRAM 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendu et représentation graphiques d'informations spatio-temporelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises d’Informatique Graphique et de Réalité Virtuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Marseille, France. pp.sciencesconf.org:jfigrv2019:297341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers plus d'expressivité dans les représentations graphiques du territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.605-611</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01854511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressive map design: OGC SLD/SE++ extension for expressive map styles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumenieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICC 2017 - 28th International Cartographic Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Washington, United States. pp.1 - 3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/ica-proc-1-21-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underground Visualization: web-app, virtual reality, ex situ and in situ augmented reality.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Technical Commission IV Symposium 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MapMuxing : multiplexing cartographique pour la gestion de crise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D urban geovisualization: in situ augmented and mixed reality experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Touya</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Journée VISU</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISPRS Technical Commission IV Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Delft, Netherlands. pp.41 - 48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-IV-4-41-2018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076702v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D urban geovisualization: in situ augmented and mixed reality experiments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MapMuxing : multiplexing cartographique pour la gestion de crise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Brédif</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Technical Commission IV Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7ème Journée VISU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Palaiseau, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882336v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle de conception cartographique intégrant l'expérience utilisateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Irina Fabrikant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Bucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.619-627</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01854521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to design a cartographic continuum to help users to navigate between two topographic styles?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4520,1061 +4532,1061 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Cartographic Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet PLU++ : vers une concertation sur les Plans Locaux d'Urbanisme plus intelligible et plus participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Brasebin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Vinesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jacquinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Mahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la recherche IGN 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating expressive rendering techniques in a GIS cartographic pipeline.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumenieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGILE 2016 - Code Loves Maps:cartographically oriented programming workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Map Style Formalization: Rendering Techniques Extension for Cartography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Duménieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Turbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mellado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expressive 2016 The Joint Symposium on Computational Aesthetics and Sketch-Based Interfaces and Modeling and Non-Photorealistic Animation and Rendering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Eurographics Association, May 2016, Lisbonne, Portugal. pp.59-68, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/exp.20161064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geovisualisation of animated tides in coastal area with an OpenSource OpenGL platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGILE 2016 - Code Loves Maps workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic rendering of a Cassini style</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurane Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Turbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vanderhaeghe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Cartographic Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation comparée de l’apport de l’assistance GPS aux enquêtes de mobilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Chardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Chardonnel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francis Jambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule-Annick Davoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Lbath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire UrbanFabrik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02420153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquisition de connaissances sur les déplacements quotidiens des individus dans un contexte de risques naturels / Protocoles d'enquête à l'aide de technologies mobiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sidonie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule-Annick Davoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Jambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spatial Analysis and GEOmatics (SAGEO'2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00953196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Behaviour Analysis during Remarkable Flood Episodes: Proposition of Automatic Survey Protocols based on Mobile Technologies (TRACES Project)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sidonie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
+                <w:t xml:space="preserve">Sonia Chardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule-Annick Davoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Jambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th AGILE International Conference on Geographic Information Science: "Geospatial Thinking". Workshop on Movement Research: Are you in the flow?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association of Geographic Information Laboratories in Europe, May 2010, Guimarães, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00953174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connaissances opérationnelles pour la conception automatique de légendes de cartes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dominguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sidonie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ingénierie des connaissances 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Hammamet, Tunisie. pp.253-264</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00379182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5584,374 +5596,374 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle transversal du groupe de travail “données numériques”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Arese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Blettery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Naissance et renaissance d'une cathédrale - Notre-Dame de Paris sous l'oeil des scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris Cité de l'architecture et du patrimoine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04576563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer un corpus de données interconnectées au prisme des dimensions spatiales, temporelles et sémantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Blettery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Brédif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale - Notre-Dame de Paris sous l'oeil des scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris Cité de l'architecture et du patrimoine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04576841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet PLU++ : vers un Plan local d’urbanisme plus intelligible et plus participatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Brasebin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Jacquinod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAGEO 2016, Colloque International de Géomatique et d'Analyse Spatiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5961,173 +5973,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Color Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">John P. Wilson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Geographic Information Science &amp; Technology Body of Knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019 (Q1), 2019, (1st Quarter 2019 Edition), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22224/gistbok/2019.1.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geospatial Information Visualization and Extended Reality Displays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arzu Cöltekin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy L. Griffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aidan Slingsby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Robinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6136,407 +6148,407 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manual of Digital Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer; Springer Singapore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.229-277, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-32-9915-3_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02472783v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of Topographic Maps with VGI: Quality Management and Automation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Touya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vyron Antoniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andriani Skopeliti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mapping and the Citizen Sensor</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/bbf.d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02177116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Map Specifications and User Requirements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Balley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanca Baella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria M. Pla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Regnauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Burghardt, D., Duchêne, C., and Mackaness, W. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstracting Geographic Information in a Data Rich World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.17-52, 2014, Lecture Notes in Geoinformation and Cartography, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-00203-3_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Making Legends By Means of Painters’ Palettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartography and Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.81-92, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02286796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6546,117 +6558,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmonies colorées : décrire, comprendre et utiliser des palettes de couleurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Calastrenc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sidonie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00911690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6666,147 +6678,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualizing uncertainty from meteo-oceanic ensemble data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julius M. Bañgate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Christophe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6816,100 +6828,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aide à la conception de légendes personnalisées et originales : proposition d'une méthode coopérative pour le choix des couleurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université Paris-Est, 2009. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2009PEST1007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00515333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6919,105 +6931,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personnalisation des représentations cartographiques en géovisualisation : couleurs et styles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Christophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traitement des images [eess.IV]. Université Paris-Est Marne la Vallée, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02283421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId187"/>
+      <w:footerReference w:type="default" r:id="rId188"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7085,51 +7097,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="59058C47"/>
+    <w:nsid w:val="79BD758C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7316,51 +7328,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sidonie-christophe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2980-2803" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/146378644" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Touati" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jegou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1318" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425580v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Jiang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jes&#250;s Lobo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2023.2295043" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657977v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mermet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Laurent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Touya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2022.2031554" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657965v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chapron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Riley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.38518" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650229v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Chassin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Ingensand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2022.104432" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arzu C&#246;ltekin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Lochhead" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Madden" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi9070439" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650151v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenaida Chitu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cliser.2020.100194" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01980146v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Favreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ben Rhaiem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2018.1486784" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866505v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Robinson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ur&#353;ka Dem&#353;ar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi8120572" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280479v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hoarau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2016.09.012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538733v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mellado" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vanderhaeghe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3072959.3073650" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280486v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Brasebin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquinod" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Vinesse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Mahon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-2-W1-83-2016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Masse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2016.00008" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130692v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cart.51.4.3132" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280922v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ory" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Irina Fabrikant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00087041.2015.1119459" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274439v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01137445v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drevon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jambon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1527" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280931v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.32.401-430" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/95B327BA776A3FBB79CCA17C5F21D15FEC1A2F15/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280932v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14714/CP73.646" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286721v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743277411Y.0000000012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250236v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-4-29-2023" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552927v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jes&#250;s Lobo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Drugeon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-37-2021" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521789v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-19-2021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484068v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-abs-3-127-2021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465505v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Paiz-Reyes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-81-2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463207v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Scarlleth Gomes de Castro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877363v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Perrin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B4-2020-795-2020" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878352v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-4-2020-163-2020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472748v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0009355703250332" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863366v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-2-2020-649-2020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280394v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pierkot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354598v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854511v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882520v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumenieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-1-21-2018" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280417v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076702v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882336v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-4-41-2018" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854521v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130681v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913646v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280920v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317403v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dum&#233;nieu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Turbet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/exp.20161064" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503347v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295329v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Boulanger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02420153v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule-Annick Davoine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Lbath" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953196v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sidonie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953174v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379182v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576841v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913639v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacquinod" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280409v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22224/gistbok/2019.1.9" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472783v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy L. Griffin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Slingsby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-32-9915-3_7" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9915-3_5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177116v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyron Antoniou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriani Skopeliti" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/bbf.d" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280927v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balley" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Baella" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Pla" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Regnauld" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00203-3_2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286796v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911690v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J&#233;gou" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213756v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius M. Ba&#241;gate" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Paradis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00515333v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009PEST1007" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02283421v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sidonie-christophe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2980-2803" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/146378644" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Touati" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jegou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1318" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425580v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Jiang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jes&#250;s Lobo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2023.2295043" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657977v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mermet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Laurent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Touya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2022.2031554" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657965v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chapron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Riley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.38518" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650229v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Chassin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Ingensand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2022.104432" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arzu C&#246;ltekin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Lochhead" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Madden" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi9070439" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650151v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenaida Chitu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cliser.2020.100194" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01980146v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Favreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ben Rhaiem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2018.1486784" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866505v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Robinson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ur&#353;ka Dem&#353;ar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi8120572" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280479v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hoarau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2016.09.012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-648KT40J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538733v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mellado" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vanderhaeghe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3072959.3073650" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280480v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Masse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2016.00008" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280486v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Brasebin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquinod" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Vinesse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Mahon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-2-W1-83-2016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130692v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cart.51.4.3132" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ory" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Irina Fabrikant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00087041.2015.1119459" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274439v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01137445v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drevon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jambon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1527" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280931v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.32.401-430" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/95B327BA776A3FBB79CCA17C5F21D15FEC1A2F15/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280932v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14714/CP73.646" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286721v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743277411Y.0000000012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250236v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-4-29-2023" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552927v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jes&#250;s Lobo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Drugeon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-37-2021" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521789v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-19-2021" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484068v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-abs-3-127-2021" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465505v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Paiz-Reyes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-81-2021" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463207v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Scarlleth Gomes de Castro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877363v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Perrin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B4-2020-795-2020" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878352v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-4-2020-163-2020" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863366v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-2-2020-649-2020" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472748v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0009355703250332" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280394v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pierkot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354598v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854511v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882520v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumenieu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-1-21-2018" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280417v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882336v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-4-41-2018" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076702v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854521v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130681v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913646v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280920v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317403v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dum&#233;nieu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Turbet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/exp.20161064" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503347v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295329v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Boulanger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02420153v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule-Annick Davoine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Lbath" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953196v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sidonie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953174v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379182v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576841v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913639v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacquinod" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280409v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22224/gistbok/2019.1.9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472783v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy L. Griffin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Slingsby" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-32-9915-3_7" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9915-3_5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177116v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyron Antoniou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriani Skopeliti" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/bbf.d" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280927v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balley" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Baella" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Pla" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Regnauld" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00203-3_2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286796v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911690v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J&#233;gou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213756v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius M. Ba&#241;gate" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Paradis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00515333v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009PEST1007" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02283421v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>