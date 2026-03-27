--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -636,191 +636,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Ion Energy and Flux on High-Aspect Ratio SiO2 Etching Characteristics in a Dual-Frequency Capacitively Coupled Ar/C4F8 Plasma: Individual Ion Energy and Flux Controlled</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the Quenching of Electron Temperature in Inductively Coupled Plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inho Seong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youngseok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chulhee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 16 (10), pp.3820. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma16103820⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 16 (8), pp.3219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma16083219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809204v1</w:t>
+                <w:t xml:space="preserve">hal-04809201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Study on the Parallel Double-Curling Probe for Multi-Site Electron Density Measurement in Low-Temperature Plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si-Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Won-Nyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -874,100 +874,100 @@
               <w:t xml:space="preserve">Applied Science and Convergence Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 32 (5), pp.127-133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5757/ASCT.2023.32.5.127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Analysis on Self-Resonance Frequency of Solenoid and Planar Inductor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-Su Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si-Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young-Seok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1038,429 +1038,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Quenching of Electron Temperature in Inductively Coupled Plasma</w:t>
+                <w:t xml:space="preserve">Enhancement of Ar Ion Flux on the Substrate by Heterogeneous Charge Transfer Collision of Ar Atom with He Ion in an Inductively Coupled Ar/He Plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minsu Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Woobeen Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 16 (8), pp.3219. </w:t>
+              <w:t xml:space="preserve">, 2023, 16 (17), pp.5746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma16083219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma16175746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809201v1</w:t>
+                <w:t xml:space="preserve">hal-04809210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of Ar Ion Flux on the Substrate by Heterogeneous Charge Transfer Collision of Ar Atom with He Ion in an Inductively Coupled Ar/He Plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis on crossing frequency in transmission microwave frequency spectrum of the cutoff probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youngseok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chulhee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (17), pp.5746. </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma16175746⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0140333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809210v1</w:t>
+                <w:t xml:space="preserve">hal-04809192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis on crossing frequency in transmission microwave frequency spectrum of the cutoff probe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+                <w:t xml:space="preserve">Contribution of Ion Energy and Flux on High-Aspect Ratio SiO2 Etching Characteristics in a Dual-Frequency Capacitively Coupled Ar/C4F8 Plasma: Individual Ion Energy and Flux Controlled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chulhee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 30 (2), </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (10), pp.3820. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0140333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma16103820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809192v1</w:t>
+                <w:t xml:space="preserve">hal-04809204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of SiO2 Plasma Etching with Perfluorocarbon (C4F8 and C6F6) and Hydrofluorocarbon (CHF3 and C4H2F6) Precursors for the Greenhouse Gas Emissions Reduction</w:t>
               </w:r>
@@ -1498,51 +1498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yebin You</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chulhee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (16), pp.5624. </w:t>
@@ -1632,51 +1632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (7), pp.2762. </w:t>
@@ -1714,51 +1714,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of the Tele-Measurement of Plasma Uniformity via Surface Wave Information (TUSI) Probe for Non-Invasive In-Situ Monitoring of Electron Density Uniformity in Plasma Display Fabrication Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si-Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-Su Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1842,1497 +1842,1497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of prior light emission before arcing development in a low-temperature plasma with multiple snapshot analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">In-Ho Seong</w:t>
+                <w:t xml:space="preserve">Database Development of SiO2 Etching with Fluorocarbon Plasmas Diluted with Various Noble Gases of Ar, Kr, and Xe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youngseok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heejung Yeom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daehan Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-25550-2⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (21), pp.3828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano12213828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809190v1</w:t>
+                <w:t xml:space="preserve">hal-04809185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An electrostatic model of the cutoff probe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+                <w:t xml:space="preserve">Comprehensive Assessments in Bonding Energy of Plasma Assisted Si-SiO2 Direct Wafer Bonding after Low Temperature Rapid Thermal Annealing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youngseok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yebin You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chulhee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dae-Woong Kim</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Chul-Hee Cho</w:t>
+                <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Micromachines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (11), pp.1856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/mi13111856⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cap.2022.05.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04809151v1</w:t>
+                <w:t xml:space="preserve">hal-04809172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purgeless atomic layer etching of SiO 2</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y Lee</w:t>
+                <w:t xml:space="preserve">Crossing Frequency Method Applicable to Intermediate Pressure Plasma Diagnostics Using the Cutoff Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Kim</w:t>
+                <w:t xml:space="preserve">Jang-Jae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Seok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chul-Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Lee</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shin-Jae You</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac7482⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (3), pp.1291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s22031291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809154v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Assessments in Bonding Energy of Plasma Assisted Si-SiO2 Direct Wafer Bonding after Low Temperature Rapid Thermal Annealing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jangjae Lee</w:t>
+                <w:t xml:space="preserve">Development of a High-Linearity Voltage and Current Probe with a Floating Toroidal Coil: Principle, Demonstration, Design Optimization, and Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In-Ho Seong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Seok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chul-Hee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Won-Nyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromachines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/mi13111856⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (15), pp.5871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s22155871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809172v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Database Development of SiO2 Etching with Fluorocarbon Plasmas Diluted with Various Noble Gases of Ar, Kr, and Xe</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sijun Kim</w:t>
+                <w:t xml:space="preserve">An electrostatic model of the cutoff probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jangjae Lee</w:t>
+                <w:t xml:space="preserve">Dae-Woong Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jang-Jae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Seok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chul-Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano12213828⟩</w:t>
+              <w:t xml:space="preserve">Current Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39, pp.289-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cap.2022.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809185v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crossing Frequency Method Applicable to Intermediate Pressure Plasma Diagnostics Using the Cutoff Probe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Observation of prior light emission before arcing development in a low-temperature plasma with multiple snapshot analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si-Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young-Seok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul-Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min-Su Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In-Ho Seong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s22031291⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.20976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-25550-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809146v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a High-Linearity Voltage and Current Probe with a Floating Toroidal Coil: Principle, Demonstration, Design Optimization, and Evaluation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Won-Nyoung Jeong</w:t>
+                <w:t xml:space="preserve">Purgeless atomic layer etching of SiO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (15), pp.5871. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (36), pp.365203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s22155871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac7482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809157v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Additive N2 on O2 Plasma Ashing Process in Inductively Coupled Plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of the Measurement of Lateral Electron Density (MOLE) Probe Applicable to Low-Pressure Plasma Diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang-Ho Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ye-Bin You</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young-Seok Lee</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chul-Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-Ho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (21), pp.3798. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (15), pp.5487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano12213798⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s22155487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809180v1</w:t>
+                <w:t xml:space="preserve">hal-04809156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Noninvasive Real-Time Ion Energy Distribution Monitoring System Applicable to Collisional Plasma Sheath</w:t>
+                <w:t xml:space="preserve">Characterization of an Etch Profile at a Wafer Edge in Capacitively Coupled Plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinho Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chulhee Cho</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s22166254⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (22), pp.3963. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano12223963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809163v1</w:t>
+                <w:t xml:space="preserve">hal-04809188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of an Etch Profile at a Wafer Edge in Capacitively Coupled Plasma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chulhee Cho</w:t>
+                <w:t xml:space="preserve">Influence of Additive N2 on O2 Plasma Ashing Process in Inductively Coupled Plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ye-Bin You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Seok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si-Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chul-Hee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In-Ho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 12 (22), pp.3963. </w:t>
+              <w:t xml:space="preserve">, 2022, 12 (21), pp.3798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano12223963⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nano12213798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809188v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of the Measurement of Lateral Electron Density (MOLE) Probe Applicable to Low-Pressure Plasma Diagnostics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">In-Ho Seong</w:t>
+                <w:t xml:space="preserve">Development of a Noninvasive Real-Time Ion Energy Distribution Monitoring System Applicable to Collisional Plasma Sheath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inho Seong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youngseok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chulhee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 22 (15), pp.5487. </w:t>
+              <w:t xml:space="preserve">, 2022, 22 (16), pp.6254. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s22155487⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s22166254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809156v1</w:t>
+                <w:t xml:space="preserve">hal-04809163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refined Appearance Potential Mass Spectrometry for High Precision Radical Density Quantification in Plasma</w:t>
               </w:r>
@@ -3357,51 +3357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wonnyoung Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3478,51 +3478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chulhee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3638,51 +3638,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chulhee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of advanced materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (7), pp.1265-1270. </w:t>
@@ -3746,51 +3746,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sangho Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3880,51 +3880,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanghyeop Oh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chulhee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4040,51 +4040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youngseok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jangjae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14 (17), pp.5036. </w:t>
@@ -4116,360 +4116,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of SiO 2 Over Poly-Si Mask Etching in Ar/C 4 F 8 Capacitively Coupled Plasma</w:t>
+                <w:t xml:space="preserve">Finding the optimum design of the planar cutoff probe through a computational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Ho Seong</w:t>
+                <w:t xml:space="preserve">S. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jang Jae Lee</w:t>
+                <w:t xml:space="preserve">J. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chul Hee Cho</w:t>
+                <w:t xml:space="preserve">Y. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yeong Seok Lee</w:t>
+                <w:t xml:space="preserve">D. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si Jun Kim</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. You</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Science and Convergence Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30 (6), pp.176-182. </w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5757/ASCT.2021.30.6.176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0033222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809150v1</w:t>
+                <w:t xml:space="preserve">hal-04809133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding the optimum design of the planar cutoff probe through a computational study</w:t>
+                <w:t xml:space="preserve">Characterization of SiO 2 Over Poly-Si Mask Etching in Ar/C 4 F 8 Capacitively Coupled Plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kim</w:t>
+                <w:t xml:space="preserve">In Ho Seong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lee</w:t>
+                <w:t xml:space="preserve">Jang Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Lee</w:t>
+                <w:t xml:space="preserve">Chul Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kim</w:t>
+                <w:t xml:space="preserve">Yeong Seok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. You</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Si Jun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (2), </w:t>
+              <w:t xml:space="preserve">Applied Science and Convergence Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (6), pp.176-182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0033222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5757/ASCT.2021.30.6.176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809133v1</w:t>
+                <w:t xml:space="preserve">hal-04809150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study of Argon and Helium Dielectric Barrier Discharge with Coplanar Electrodes at Intermediate Pressure for Reducing Radar Cross Section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jang Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young Seok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Su Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4520,64 +4520,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Characterization of Microwave Planar Cutoff Probes for Non-Invasive Electron Density Measurement in Low-Temperature Plasma: Ring- and Bar-Type Cutoff Probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jang Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young Seok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4654,77 +4654,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of an inhomogeneous electron density profile on the transmission microwave frequency spectrum of the cutoff probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4784,103 +4784,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simple model of solenoidal inductively coupled plasma sources considering finite size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. You</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4927,90 +4927,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Filter Characteristic and Design Role of Quadrupole Mass Spectrometer for Radical Measurement in Low-pressure Plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hee Jung Yeom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jang Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young Seok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Science and Convergence Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29 (4), pp.77-81. </w:t>
@@ -5042,330 +5042,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational study on influence of RF shielding box on inductance of coil</w:t>
+                <w:t xml:space="preserve">Analysis of Impedance of Microwave Parallel Stripline Resonator Discharge Source for Application of Microplasma System at Atmospheric Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S J Kim</w:t>
+                <w:t xml:space="preserve">Thanh Hai Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J J Lee</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S J You</w:t>
+                <w:t xml:space="preserve">Shin Jae You</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2058-6272/ab0d42⟩</w:t>
+              <w:t xml:space="preserve">Applied Science and Convergence Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (4), pp.113-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5757/ASCT.2019.28.4.113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809098v1</w:t>
+                <w:t xml:space="preserve">hal-04809105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Impedance of Microwave Parallel Stripline Resonator Discharge Source for Application of Microplasma System at Atmospheric Pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computational study on influence of RF shielding box on inductance of coil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S J Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J J Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y S Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Hai Tran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Si Jun Kim</w:t>
+                <w:t xml:space="preserve">J H Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shin Jae You</w:t>
+                <w:t xml:space="preserve">S J You</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Science and Convergence Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28 (4), pp.113-121. </w:t>
+              <w:t xml:space="preserve">Plasma Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (6), pp.064004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5757/ASCT.2019.28.4.113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2058-6272/ab0d42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809105v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of High-precision RF Sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kwang Ki Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jang Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si Jun Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul Hee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sung Wan Yoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5448,51 +5448,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Study on Microwave Diagnostics: Cutoff Probe, Hairpin Probe, and Microwave Interferometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5862,51 +5862,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851007v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ciampi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mallik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gulminelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gruyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Frankland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139815" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809216v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chulhee Cho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijun Kim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minsu Choi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngseok Lee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inho Seong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ad3586" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809218v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woobeen Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35848/1882-0786/ad7667" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809204v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonnyoung Jeong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16103820" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809213v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si-Jun Kim" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Won-Nyoung Jeong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Seok Lee" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=You-Bin Seol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul-Hee Cho" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2023.32.5.127" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809199v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Su Choi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In-Ho Seong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2023.32.2.54" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809201v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16083219" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809210v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16175746" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809192v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0140333" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809206v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yebin You" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16165624" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809197v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16072762" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809193v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Ho Lee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052521" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809190v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25550-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809151v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dae-Woong Kim" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang-Jae Lee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cap.2022.05.011" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809154v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Lee" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kim" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lee" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cho" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Seong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac7482" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809172v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jangjae Lee" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi13111856" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809185v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heejung Yeom" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daehan Choi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12213828" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809146v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin-Jae You" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22031291" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809157v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22155871" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809180v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Bin You" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12213798" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809163v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22166254" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809188v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinho Lee" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12223963" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809156v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22155487" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809167v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176589" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809158v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22166029" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809182v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sam.2022.4313" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809147v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangho Lee" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0001466" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809136v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghyeop Oh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2021.30.2.50" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809143v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwangho You" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14175036" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809150v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In Ho Seong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang Jae Lee" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul Hee Cho" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeong Seok Lee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Jun Kim" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2021.30.6.176" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809133v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kim" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lee" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lee" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kim" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. You" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0033222" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809121v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Seok Lee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Su Choi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2020.29.6.170" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809117v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hee Jung Yeom" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyo Chang Lee" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10207066" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809126v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Kim" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S You" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abc816" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809113v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kim" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5133862" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809109v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2020.29.4.077" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809098v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J Kim" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Lee" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y S Lee" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J H Kim" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J You" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-6272/ab0d42" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809105v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Tran" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin Jae You" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2019.28.4.113" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809103v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang Ki Kim" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Wan Yoo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2019.28.4.88" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357670v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Booth" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrett Curley" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411478v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Abac" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abouelfettouh" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adhicary" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851007v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ciampi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mallik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gulminelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gruyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Frankland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139815" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809216v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chulhee Cho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijun Kim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minsu Choi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngseok Lee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inho Seong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ad3586" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809218v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woobeen Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35848/1882-0786/ad7667" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809201v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si-Jun Kim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonnyoung Jeong" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16083219" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809213v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Won-Nyoung Jeong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Seok Lee" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=You-Bin Seol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul-Hee Cho" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2023.32.5.127" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809199v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Su Choi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In-Ho Seong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2023.32.2.54" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809210v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16175746" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809192v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0140333" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809204v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16103820" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809206v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yebin You" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16165624" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809197v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16072762" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809193v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Ho Lee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052521" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809185v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heejung Yeom" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daehan Choi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jangjae Lee" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12213828" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809172v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi13111856" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809146v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang-Jae Lee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin-Jae You" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22031291" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809157v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22155871" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809151v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dae-Woong Kim" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cap.2022.05.011" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809190v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25550-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809154v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Lee" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kim" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lee" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cho" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Seong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac7482" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809156v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Bin You" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22155487" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinho Lee" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12223963" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809180v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12213798" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809163v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22166254" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809167v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176589" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809158v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22166029" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809182v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sam.2022.4313" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809147v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangho Lee" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0001466" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809136v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghyeop Oh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2021.30.2.50" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809143v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwangho You" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14175036" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809133v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kim" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lee" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lee" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kim" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. You" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0033222" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809150v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In Ho Seong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang Jae Lee" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul Hee Cho" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeong Seok Lee" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Jun Kim" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2021.30.6.176" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809121v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Seok Lee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Su Choi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2020.29.6.170" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809117v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hee Jung Yeom" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyo Chang Lee" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10207066" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809126v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Kim" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S You" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abc816" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809113v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kim" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5133862" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809109v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2020.29.4.077" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809105v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Tran" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin Jae You" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2019.28.4.113" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809098v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J Kim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Lee" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y S Lee" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J H Kim" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J You" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-6272/ab0d42" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809103v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang Ki Kim" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Wan Yoo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5757/ASCT.2019.28.4.88" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357670v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Booth" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrett Curley" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411478v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Abac" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abouelfettouh" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adhicary" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>