--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1936,97 +1936,97 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Telmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
+                <w:t xml:space="preserve">Kathia Chaumoître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 64 (1), pp.34-51. </w:t>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1556-4029.13831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03570668v1</w:t>
+                <w:t xml:space="preserve">hal-01885581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Growth Variability of the Ilium, Fifth Lumbar Vertebra, and Clavicle with Multivariate Adaptive Regression Splines Models for Subadult Age Estimation</w:t>
               </w:r>
@@ -2070,97 +2070,97 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Telmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathia Chaumoître</w:t>
+                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">, 2018, 64 (1), pp.34-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1556-4029.13831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01885581v1</w:t>
+                <w:t xml:space="preserve">hal-03570668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A critical review of sub-adult age estimation in biological anthropology: Do methods comply with published recommendations?</w:t>
               </w:r>
@@ -2302,51 +2302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2647,553 +2647,553 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Approach of Juvenile Age Estimation using Measurements of the Ilium and Multivariate Adaptive Regression Splines (MARS) Models for Better Age Prediction</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structural organization and tooth development in a Homo aff. erectus juvenile mandible from the Early Pleistocene site of Garba IV at Melka Kunture, Ethiopian highlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Christopher Dean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yared Assefa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1556-4029.13224⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 162 (3), pp.533-549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.23135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01649886v1</w:t>
+                <w:t xml:space="preserve">hal-02296656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural organization and tooth development in a Homo aff. erectus juvenile mandible from the Early Pleistocene site of Garba IV at Melka Kunture, Ethiopian highlands</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A New Approach of Juvenile Age Estimation using Measurements of the Ilium and Multivariate Adaptive Regression Splines (MARS) Models for Better Age Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Corron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (1), pp.18 - 29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1556-4029.13224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajpa.23135⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02296656v1</w:t>
+                <w:t xml:space="preserve">hal-01649886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toothpick use Among Epigravettian Humans from Grotta Paglicci (Italy)</w:t>
+                <w:t xml:space="preserve">Iberomaurusian funerary customs: new evidence from unpublished records of the 1950s excavations of the Taforalt necropolis (Morocco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Ricci</w:t>
+                <w:t xml:space="preserve">Valentina Mariotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Capecchi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria Giovanna Belcastro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/oa.2420⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 49, pp.488-499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2014.05.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01069957v1</w:t>
+                <w:t xml:space="preserve">hal-01068270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iberomaurusian funerary customs: new evidence from unpublished records of the 1950s excavations of the Taforalt necropolis (Morocco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toothpick use Among Epigravettian Humans from Grotta Paglicci (Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Capecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Boschin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Mariotti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Silvana Condemi</w:t>
+                <w:t xml:space="preserve">Simona Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Giovanna Belcastro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anna-Maria Ronchitelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 49, pp.488-499. </w:t>
+              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, parution online. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jas.2014.05.037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/oa.2420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01068270v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Possible Interbreeding in Late Italian Neanderthals? New Data from the Mezzena Jaw (Monti Lessini, Verona, Italy)</w:t>
               </w:r>
@@ -3506,893 +3506,893 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cervical and Crown Outline Analysis of Worn Neanderthal and Modern Human Lower Second Deciduous Molars</w:t>
+                <w:t xml:space="preserve">Up-dating the reasoning in regard to the Middle to Upper Paleolithic biological and cultural shift in Eurasia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Benazzi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laura Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.22155⟩</w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 259, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2011.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00848916v1</w:t>
+                <w:t xml:space="preserve">hal-01060547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Case of an osteolytic lesion on an Italian Neandertal Mandibule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Tardivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11 (1), pp.79-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crpv.2011.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did Neandertals and anatomically modern humans coexist in northern Italy during the late MIS 3?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cervical and Crown Outline Analysis of Worn Neanderthal and Modern Human Lower Second Deciduous Molars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Benazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinzia Fornai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Buti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Longo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Lari</w:t>
+                <w:t xml:space="preserve">Francesco Mallegni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2011.08.008⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 149 (4), pp.537-546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.22155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01060553v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00848916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Up-dating the reasoning in regard to the Middle to Upper Paleolithic biological and cultural shift in Eurasia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Did Neandertals and anatomically modern humans coexist in northern Italy during the late MIS 3?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Boaretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Caramelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Giunti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 259, pp.1-6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2011.09.009⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 259, pp.102-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2011.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01060547v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01060553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neanderthals versus Modern Humans: Evidence for Resource Competition from Isotopic Modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early dispersal of modern humans in Europe and implications for Neanderthal behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Benazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Fabre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anna Degioanni</w:t>
+                <w:t xml:space="preserve">Katerina Douka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinzia Fornai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine C. Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ottmar Kullmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4061/2011/689315⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 479 (7374), pp.525-528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature10617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00636034v1</w:t>
+                <w:t xml:space="preserve">halshs-00639348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Stem Species of Our Species : a Place for the Archaic Human Cranium from Ceprano, Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Manzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (4), pp.e18821. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0018821⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00591549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early dispersal of modern humans in Europe and implications for Neanderthal behaviour</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neanderthals versus Modern Humans: Evidence for Resource Competition from Isotopic Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ottmar Kullmer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Virginie Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Degioanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature10617⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2011, pp.689315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4061/2011/689315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-00639348v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00636034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'aven de l'Arquet - Barjac (30) Étude d'un aven piège</w:t>
               </w:r>
@@ -4516,51 +4516,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique et paléoanthropologie : deux approches pour un dialogue autour des Néandertaliens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Degioanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4620,404 +4620,404 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A case of an osteolytic lesion on an italian neandertahl jaw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Tardivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Giunti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, xx (xx), pp.00. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crpv.2011.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00639323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FunerarypracticesoftheIberomaurusianpopulationofTaforalt(Tafoughalt, Morocco,11e12,000BP):thecaseofGraveXII</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Microcephalin Ancestral Allele in a Neanderthal Individual</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Lari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ermanno Rizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucio Milani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlotta Balsamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2010.03.011⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (5), pp.e10648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0010648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00589344v1</w:t>
+                <w:t xml:space="preserve">halshs-00589350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Microcephalin Ancestral Allele in a Neanderthal Individual</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FunerarypracticesoftheIberomaurusianpopulationofTaforalt(Tafoughalt, Morocco,11e12,000BP):thecaseofGraveXII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Giovanna Belcastro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Mariotti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (6), pp.522-532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2010.03.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0010648⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00589350v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00589344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the Question of Neandertal Regional Variability: a View from the Rhône Valley Corridor</w:t>
               </w:r>
@@ -5227,51 +5227,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FunerarypracticesoftheIberomaurusianpopulationofTaforalt(Tafoughalt, Morocco,11e12,000BP): new hypotheses based on a grave by grave skeletal inventory and evidence of deliberate human modification of the remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Mariotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedetta Bonfiglioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5279,51 +5279,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorenzo Facchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Giovanna Belcastro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 56, pp.340-354. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5369,51 +5369,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Evidence of Geographical Groups among Neanderthals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5627,221 +5627,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00172591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">150 years of Neandertal studies : old questions, new answers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Campagne 2005 à l'aven de l'Arquet (Barjac, Gard)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Jeannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Harter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 4, pp.33-47</w:t>
+              <w:t xml:space="preserve">Ardèche archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 23, pp.3-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00112192v1</w:t>
+                <w:t xml:space="preserve">halshs-00409460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Campagne 2005 à l'aven de l'Arquet (Barjac, Gard)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">150 years of Neandertal studies : old questions, new answers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ardèche archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 23, pp.3-5</w:t>
+              <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 4, pp.33-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00409460v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00112192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New evidence for hominid presence in the lower pleistocene of the southern Levant</w:t>
               </w:r>
@@ -6510,472 +6510,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01959157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à l’étude archéozoologique du site de Vergisson I’ (Pléistocène supérieur, Saône-et-Loire, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philip Brugal</w:t>
+                <w:t xml:space="preserve">Une analyse critique des méthodes d'estimation de l'âge des individus immatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marcel Jeannet</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIIe Rencontres archéozoologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">1842e Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01766232v1</w:t>
+                <w:t xml:space="preserve">hal-01819937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse critique des méthodes d'estimation de l'âge des individus immatures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Corron</w:t>
+                <w:t xml:space="preserve">Contribution à l’étude archéozoologique du site de Vergisson I’ (Pléistocène supérieur, Saône-et-Loire, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Magniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philip Brugal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Adalian</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Jeannet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1842e Journées de la Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">VIIIe Rencontres archéozoologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01819937v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation démographique de la disparition de Néandertal</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Cabut</w:t>
+                <w:t xml:space="preserve">MARS models: exploiting individual variability for precise, reliable and accurate juvenile age estimation from post-cranial bones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société d’Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Annual meeting of the Forensic Anthropology Society of Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01440790v1</w:t>
+                <w:t xml:space="preserve">hal-01819921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MARS models: exploiting individual variability for precise, reliable and accurate juvenile age estimation from post-cranial bones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Corron</w:t>
+                <w:t xml:space="preserve">Modélisation démographique de la disparition de Néandertal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Degioanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bonenfant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cabut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the Forensic Anthropology Society of Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819921v1</w:t>
+                <w:t xml:space="preserve">hal-01440790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une analyse critique des méthodes d'estimation de l'âge des individus immatures en anthropologie médico-légale</w:t>
               </w:r>
@@ -7337,51 +7337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Congrès Annuel d'Anthropologie médico-légale de Nice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7432,51 +7432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Daumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7557,51 +7557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Corron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Daumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8236,64 +8236,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faunal input for evolutive dynamics of Neandertal populations in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philip Brugal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Magniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Cabut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9442,233 +9442,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02490296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalla morte alla vita : ossa umane, rituali funerari, aspetti culturali e sociali della popolazione epipaleolitic di Taforalt (Marocco, 11-12000BP)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">I resti umani rinvenuti a Paglicci ( Rignano Garganico-Foggia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Capecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Monti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01069982v1</w:t>
+                <w:t xml:space="preserve">hal-01069972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I resti umani rinvenuti a Paglicci ( Rignano Garganico-Foggia)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dalla morte alla vita : ossa umane, rituali funerari, aspetti culturali e sociali della popolazione epipaleolitic di Taforalt (Marocco, 11-12000BP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Mariotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Capecchi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria Giovanna Belcastro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Monti</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-01069972v1</w:t>
+                <w:t xml:space="preserve">hal-01069982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La diaphyse fémorale néandertalienne : struCture interne et caractéristiques biomécaniques</w:t>
               </w:r>
@@ -9830,51 +9830,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La disparition des néandertaliens : le rôle du climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9925,304 +9925,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01072687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dents, internet et une nouvelle base de données en libre accès</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Voisin</w:t>
+                <w:t xml:space="preserve">Redéfinition du Taxon Homo Heidelergensis, implications pour l'évolution humaine au pléistocène moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2011, pp.S39-S39</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, pp.S28-S29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01073175v1</w:t>
+                <w:t xml:space="preserve">hal-01073151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compétition écologique entre néandertaliens et Homo Sapiens: apport des modélisations isotopique et écologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anna Degioanni</w:t>
+                <w:t xml:space="preserve">Dents, internet et une nouvelle base de données en libre accès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2011, pp.S13-S14</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Frayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, pp.S39-S39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01073112v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01073175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redéfinition du Taxon Homo Heidelergensis, implications pour l'évolution humaine au pléistocène moyen</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Marchal</w:t>
+                <w:t xml:space="preserve">Compétition écologique entre néandertaliens et Homo Sapiens: apport des modélisations isotopique et écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Degioanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2011, pp.S28-S29</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, pp.S13-S14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01073151v1</w:t>
+                <w:t xml:space="preserve">hal-01073112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Qafzeh 27-A New Adult Fossil from Qafzeh, Israel</w:t>
               </w:r>
@@ -10384,51 +10384,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les messages cachés dans les gènes de Neandertal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Degioanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Condemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10465,269 +10465,269 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A melanocortin 1 receptor allele suggests varying pigmentation among neanderthals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carles Lalueza-Fox</w:t>
+                <w:t xml:space="preserve">C. Lalueza-Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holger Römpler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Caramelli</w:t>
+                <w:t xml:space="preserve">H. Rompler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Caramelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Stäubert</w:t>
+                <w:t xml:space="preserve">C. Staubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulio Catalano</w:t>
+                <w:t xml:space="preserve">G. Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.1147417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00305688v1</w:t>
+                <w:t xml:space="preserve">halshs-00204543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A melanocortin 1 receptor allele suggests varying pigmentation among neanderthals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lalueza-Fox</w:t>
+                <w:t xml:space="preserve">Carles Lalueza-Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Rompler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Caramelli</w:t>
+                <w:t xml:space="preserve">Holger Römpler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Caramelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Staubert</w:t>
+                <w:t xml:space="preserve">Claudia Stäubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Catalano</w:t>
+                <w:t xml:space="preserve">Giulio Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.1147417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00204543v1</w:t>
+                <w:t xml:space="preserve">halshs-00305688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId266"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -10803,51 +10803,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="002B908F"/>
+    <w:nsid w:val="C65A99E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10951,51 +10951,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="38F99A60"/>
+    <w:nsid w:val="A56028F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11099,51 +11099,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="B12EBEA9"/>
+    <w:nsid w:val="E03A87F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11247,51 +11247,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="2B7B52D0"/>
+    <w:nsid w:val="D2E3A407"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11487,51 +11487,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/silvana-condemi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6516-0879" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/030687802" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ABE-2701-2021" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://robhopefilms.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/creation-air/sapiens-recherche-neandertal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.associationfrancaiseducor.fr/?q=content/cr%C3%A9ation-cors-et-ames-de-nicolas-avin%C3%A9e-%C3%A0-emerin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ulVLmhrgoaM" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hominides.com/html/references/qui-a-tue-neandertal-0842.php" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878570v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mazi&#232;res" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Condemi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim El Nemer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chiaroni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-83023-0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306224v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costedoat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ruiz-Linares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0254175" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03053150v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marchal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2020.110368" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373693v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Ronchitelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aranguren" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boscato" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boschin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Capecchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148422v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Degioanni" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonenfant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cabut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0216742" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383161v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Corron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navega" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2019.109897" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570668v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Telmon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.13831" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885581v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumo&#238;tre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383216v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2018.05.012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.13224" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chaumoitre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adalian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-016-0172-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963476v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Voisin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puym&#233;rail" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2017.02.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649886v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296656v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christopher Dean" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069957v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ricci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Capecchi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Boschin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Arrighi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Ronchitelli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2420" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F8KV21C2-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068270v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Mariotti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Giovanna Belcastro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.05.037" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRQD7C2B-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849140v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Giunti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Lari" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caramelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059781" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068311v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Deb&#233;nath" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103289v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2012.07.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00848916v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Benazzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Fornai" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Buti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Toussaint" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mallegni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22155" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSBTLFVC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819942v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2011.08.004" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLC59LVT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060553v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Longo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boaretto" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caramelli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giunti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lari" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.08.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060547v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.09.009" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST3H2JFN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00636034v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fabre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4061/2011/689315" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591549v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Manzi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018821" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639348v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Douka" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bauer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Kullmer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10617" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-N42KHC3N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00904406v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Gamberi Almendra de Carvalho" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Argant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barth" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00834347v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-010-0022-y" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639323v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589344v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2010.03.011" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VK6RN0Z8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589350v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ermanno Rizzi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Milani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Corti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Balsamo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0010648" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589359v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Belmaker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00379267v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2008.12.006" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W46597RB-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00814284v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Bonfiglioli" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenzo Facchini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2009.01.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QZMKBL4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377339v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005151" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172584v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11598-006-9023-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172591v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Moncel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00112192v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409460v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Jeannet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Harter" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591667v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eitan Tchernov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Bar-Yosef" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446622v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1997.10874" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423215v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaroni Jacques" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533352v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Costedoat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bailly" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271360v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01959157v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Nkonga" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766232v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pascal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magniez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819937v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440790v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819921v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819946v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819957v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437538v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819962v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819976v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Daumas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819986v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00275470v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512815v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marchal Th&#233;o" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Frassati" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999144v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin S. Smith" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517940v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costedoat Caroline" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819897v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438129v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373721v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Savatier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373601v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373712v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591595v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Christian Weninger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00350407v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Patou-Mathis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rousseau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05419200v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Soriano" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bourguignon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=clarisse Chardot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069289v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00834354v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591605v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616874v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172737v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490296v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069982v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069972v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Monti" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070122v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bondioli" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Macchiarelli" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072464v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072687v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Poggiole" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073175v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Frayer" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073112v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073151v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00739672v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Barash" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vandermeersch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072076v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00483823v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00305688v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Lalueza-Fox" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger R&#246;mpler" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia St&#228;ubert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Catalano" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1147417" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00204543v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lalueza-Fox" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rompler" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Staubert" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Catalano" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/silvana-condemi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6516-0879" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/030687802" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ABE-2701-2021" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://robhopefilms.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/creation-air/sapiens-recherche-neandertal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.associationfrancaiseducor.fr/?q=content/cr%C3%A9ation-cors-et-ames-de-nicolas-avin%C3%A9e-%C3%A0-emerin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ulVLmhrgoaM" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hominides.com/html/references/qui-a-tue-neandertal-0842.php" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878570v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mazi&#232;res" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Condemi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim El Nemer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chiaroni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-83023-0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306224v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costedoat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ruiz-Linares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0254175" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03053150v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marchal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2020.110368" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373693v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Ronchitelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aranguren" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boscato" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boschin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Capecchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148422v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Degioanni" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonenfant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cabut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0216742" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383161v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Corron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navega" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2019.109897" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885581v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Telmon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumo&#238;tre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.13831" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570668v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383216v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forsciint.2018.05.012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.13224" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chaumoitre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adalian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-016-0172-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963476v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Voisin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puym&#233;rail" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2017.02.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296656v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christopher Dean" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23135" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649886v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Mariotti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Giovanna Belcastro" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.05.037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRQD7C2B-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069957v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ricci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Capecchi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Boschin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Arrighi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Ronchitelli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2420" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F8KV21C2-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849140v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Giunti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Lari" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Caramelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059781" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068311v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Deb&#233;nath" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103289v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2012.07.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060547v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Longo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.09.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST3H2JFN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819942v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2011.08.004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLC59LVT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00848916v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Benazzi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Fornai" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Buti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Toussaint" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mallegni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22155" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSBTLFVC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060553v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boaretto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caramelli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giunti" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.08.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639348v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Douka" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bauer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Kullmer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10617" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-N42KHC3N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591549v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Manzi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018821" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00636034v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fabre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4061/2011/689315" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00904406v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Gamberi Almendra de Carvalho" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Argant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barth" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00834347v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-010-0022-y" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639323v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589350v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ermanno Rizzi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Milani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Corti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Balsamo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0010648" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589344v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2010.03.011" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VK6RN0Z8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589359v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Belmaker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00379267v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2008.12.006" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W46597RB-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00814284v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Bonfiglioli" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenzo Facchini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2009.01.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QZMKBL4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377339v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005151" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172584v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11598-006-9023-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172591v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Moncel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409460v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Jeannet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Harter" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00112192v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591667v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eitan Tchernov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Bar-Yosef" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446622v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1997.10874" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423215v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaroni Jacques" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533352v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Costedoat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bailly" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271360v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01959157v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Nkonga" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819937v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766232v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pascal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magniez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819921v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440790v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819946v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819957v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437538v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819962v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819976v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Daumas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819986v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00275470v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512815v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marchal Th&#233;o" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Frassati" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999144v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin S. Smith" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517940v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costedoat Caroline" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819897v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438129v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373721v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Savatier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373601v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373712v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591595v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Christian Weninger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00350407v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Patou-Mathis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rousseau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05419200v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Soriano" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bourguignon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=clarisse Chardot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069289v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00834354v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591605v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616874v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172737v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490296v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069972v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Monti" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069982v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070122v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bondioli" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Macchiarelli" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072464v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072687v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Poggiole" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073151v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073175v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Frayer" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073112v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00739672v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Barash" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vandermeersch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072076v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00483823v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00204543v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lalueza-Fox" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rompler" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Staubert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Catalano" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1147417" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00305688v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Lalueza-Fox" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger R&#246;mpler" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia St&#228;ubert" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Catalano" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>