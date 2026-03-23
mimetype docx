--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -658,339 +658,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04146219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is ecology anti-urban? Urban ideas and imaginaries across one hundred years of ecological publications</w:t>
+                <w:t xml:space="preserve">Waterscapes and hydrosocial territories: Thinking space in political ecologies of water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Moretti</w:t>
+                <w:t xml:space="preserve">Gaële Rouillé-Kielo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selin Le Visage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment and Planning E: Nature and Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/25148486221115949⟩</w:t>
+              <w:t xml:space="preserve">Progress in Environmental Geography - PEG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (1-4), pp.33-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/27539687221106796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03755072v1</w:t>
+                <w:t xml:space="preserve">halshs-03712609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoire hydrosocial et conflictualité : lecture croisée des arrangements et reconfigurations territoriales associés à l’introduction de projets liés à l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaële Rouillé-Kielo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selin Le Visage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Chercheurs d'eau au temps des changements globaux. Quel avenir pour les territoires ? (2), 96 (2), pp.1-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/geocarrefour.20092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03737707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waterscapes and hydrosocial territories: Thinking space in political ecologies of water</w:t>
+                <w:t xml:space="preserve">Is ecology anti-urban? Urban ideas and imaginaries across one hundred years of ecological publications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Selin Le Visage</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Salomon Cavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Environmental Geography - PEG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1 (1-4), pp.33-57. </w:t>
+              <w:t xml:space="preserve">Environment and Planning E: Nature and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.251484862211159. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/27539687221106796⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/25148486221115949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03712609v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03755072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modern and nonmodern waters: Sociotechnical controversies, successful anti-dam movements and water ontologies</w:t>
               </w:r>
@@ -1303,235 +1303,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02438425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The social dimensions of a river’s environmental quality assessment</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">“Do we really need a dam?” Le conflit lié au barrage Gordon-below-Franklin (Tasmanie, Australie) ou la redéfinition d’un cycle hydrosocial ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13280-018-1089-9⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.15893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01893489v1</w:t>
+                <w:t xml:space="preserve">halshs-02438331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Do we really need a dam?” Le conflit lié au barrage Gordon-below-Franklin (Tasmanie, Australie) ou la redéfinition d’un cycle hydrosocial ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The social dimensions of a river’s environmental quality assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-François Le Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (4), pp.409-422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.15893⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13280-018-1089-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02438331v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01893489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stop the dam and save the river’. Les barrages entre discours et représentations (1945-2014)</w:t>
               </w:r>
@@ -1580,187 +1580,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01893468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la construction d’un capital environnemental par la lutte contre un projet d’aménagement ? Le barrage de Loyettes (Rhône-Alpes)</w:t>
+                <w:t xml:space="preserve">L'eau en Australie : de l'exploitation des ressources à la gestion des milieux ? L'exemple du bassin versant du Gordon en Tasmanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géoconfluences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01652477v1</w:t>
+                <w:t xml:space="preserve">halshs-01563785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'eau en Australie : de l'exploitation des ressources à la gestion des milieux ? L'exemple du bassin versant du Gordon en Tasmanie</w:t>
+                <w:t xml:space="preserve">Vers la construction d’un capital environnemental par la lutte contre un projet d’aménagement ? Le barrage de Loyettes (Rhône-Alpes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoconfluences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11882⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01563785v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruptures spatio-temporelles dans les représentations médiatiques des barrages (1945-2014)</w:t>
               </w:r>
@@ -1828,51 +1828,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la recherche de l’Yzeron perdu : quelle place pour le paysage dans la restauration des rivières urbaines ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2003,51 +2003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noé Parot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Les Voisinages" - Appréhender les cohabitations humains-animaux en ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eloïse Bellet, Clara Lyonnais-Voutaz, Noé Parot, Mar 2024, Lyon, France</w:t>
@@ -2424,191 +2424,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03787348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building narratives and discourses on river restoration. The case of the Yzeron project (France)</w:t>
+                <w:t xml:space="preserve">La médiatisation des luttes anti-barrages (1945-2014). Représentations de territoires et d’environnements menacés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-François Le Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the American Association of Geographers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">Cist 2018 -- Représenter les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01893455v1</w:t>
+                <w:t xml:space="preserve">halshs-01893451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiatisation des luttes anti-barrages (1945-2014). Représentations de territoires et d’environnements menacés</w:t>
+                <w:t xml:space="preserve">Building narratives and discourses on river restoration. The case of the Yzeron project (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cist 2018 -- Représenter les territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01893451v1</w:t>
+                <w:t xml:space="preserve">halshs-01893455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La difficile intégration des acteurs locaux à la gestion de l’eau</w:t>
               </w:r>
@@ -2657,247 +2657,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiatisation des luttes anti-barrages (1945-2014). Représentations de territoires et d'environnements menacés</w:t>
+                <w:t xml:space="preserve">Grands barrages à contre-courant : les années 1980, charnière dans le ménagement des cours d’eau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.28-34</w:t>
+              <w:t xml:space="preserve">IS Rivers 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01854393v1</w:t>
+                <w:t xml:space="preserve">halshs-01893459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grands barrages à contre-courant : les années 1980, charnière dans le ménagement des cours d’eau ?</w:t>
+                <w:t xml:space="preserve">La médiatisation des luttes anti-barrages (1945-2014). Représentations de territoires et d'environnements menacés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IS Rivers 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.28-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01893459v1</w:t>
+                <w:t xml:space="preserve">hal-01854393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires spatio-temporelles et représentations des barrages du Rhône (1945-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2942,821 +2942,821 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défendre et protéger l’eau : l’émergence d’une idéologie ‘No Dams' ?</w:t>
+                <w:t xml:space="preserve">Les controverses de Loyettes et Franklin : l’émergence d’une idéologie “No dams”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoriales en Sciences sociales de l’eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Les paroles Militantes dans les controverses environnementales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01893449v1</w:t>
+                <w:t xml:space="preserve">hal-01652481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les controverses de Loyettes et Franklin : l’émergence d’une idéologie “No dams”</w:t>
+                <w:t xml:space="preserve">Défendre et protéger l’eau : l’émergence d’une idéologie ‘No Dams' ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les paroles Militantes dans les controverses environnementales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Metz, France</w:t>
+              <w:t xml:space="preserve">Doctoriales en Sciences sociales de l’eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01652481v1</w:t>
+                <w:t xml:space="preserve">halshs-01893449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soixante-dix ans de discours sur les cours d’eau : entre pluralité des regards et controverses autour des cours d’eau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silvia Flaminio</w:t>
+                <w:t xml:space="preserve">Mieux habiter la rivière d’Ain : de la qualité perçue aux actions de restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylise Cottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Si nous imaginons le devenir des cours d’eau, ils ressembleraient à … ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Limoges, France</w:t>
+              <w:t xml:space="preserve">Journée Eau et Connaissance. Les sciences humaines et sociales au cœur de la réservation des milieux aquatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01563776v1</w:t>
+                <w:t xml:space="preserve">hal-02024644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux habiter la rivière d’Ain : de la qualité perçue aux actions de restauration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soixante-dix ans de discours sur les cours d’eau : entre pluralité des regards et controverses autour des cours d’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Flaminio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Eau et Connaissance. Les sciences humaines et sociales au cœur de la réservation des milieux aquatiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">Si nous imaginons le devenir des cours d’eau, ils ressembleraient à … ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02024644v1</w:t>
+                <w:t xml:space="preserve">halshs-01563776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les barrages ont-ils mauvaise presse ? (Dé)construire une géohistoire des représentations environnementales (1945-2014)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les discours de la rupture sur le Rhône français (DISRUPT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émeline Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géohistoire de l'environnement et des paysages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Jun 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01383411v1</w:t>
+                <w:t xml:space="preserve">hal-05338708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évaluation sociale de la qualité de la rivière d’Ain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Les discours de la rupture sur le Rhône français (DISRUPT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d'échanges rivière d'Ain : les enseignements de la recherche pour l'action</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Villette-sur-Ain, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique de l'OHM Vallée du Rhône - "Le Rhône questionné par les sciences humaines et sociales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Mar 2016, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01424604v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02042617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les discours de la rupture sur le Rhône français (DISRUPT)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">L’évaluation sociale de la qualité de la rivière d’Ain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique de l'OHM Vallée du Rhône - "Le Rhône questionné par les sciences humaines et sociales"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Mar 2016, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Séminaire d'échanges rivière d'Ain : les enseignements de la recherche pour l'action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Villette-sur-Ain, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042617v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01424604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les discours de la rupture sur le Rhône français (DISRUPT)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les barrages ont-ils mauvaise presse ? (Dé)construire une géohistoire des représentations environnementales (1945-2014)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Jun 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">Géohistoire de l'environnement et des paysages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338708v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01383411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crises, controverses et aménagements du Rhône. Regards géohistoriques de 1945 à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émeline Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4079,64 +4079,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les discours de la rupture sur une rivière aménagée (Ain, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4213,51 +4213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Programme de recherche rivière d'Ain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Orgelet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4465,51 +4465,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water as a Reflection of Society: Public Perception and Evaluation of Dammed River Landscapes (Ain River, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4573,51 +4573,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. Rivers : Recherches et Actions au service des fleuves et grandes rivières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Lyon, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4836,51 +4836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Morandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4931,51 +4931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Documents on River Restoration. Temporal and Spatial Analyses of Written Discourses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Morandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5106,51 +5106,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires spatio-temporelles et représentations des barrages du Rhône (1945-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5194,51 +5194,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISRUPT-RHONE : Les discours de la rupture sur le Rhône français (1945-2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-François Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Flaminio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5541,51 +5541,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05532949v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Flaminio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Reynard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gq2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659773v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Chalmandrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boisvert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Salomon Cavin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/26349825241241522" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04146208v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon Cavin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/nc.2023.180202" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091036v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04146219v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon-Cavin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bollman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03755072v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moretti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25148486221115949" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03737707v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Rouill&#233;-Kielo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selin Le Visage" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.20092" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03712609v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/27539687221106796" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135140v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03420649v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Fran&#231;ois Le Lay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2021.100312" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02438425v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.13299" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893489v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-018-1089-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02438331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.15893" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893468v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652477v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11882" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563785v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383529v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.5793" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851686v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Bellet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lyonnais-Voutaz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Parot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787345v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Savoy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nahrath" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03139768v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787347v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787348v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893455v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893451v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024802v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854393v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893449v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652481v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563776v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024644v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383411v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01424604v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042617v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338708v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Comby" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618793v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787288v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359310v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357830v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250462v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ottini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098069v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135101v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359299v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359294v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01263389v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787343v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33055/georegards.2023.016.05" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500703v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Calvez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119410010.ch12" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03370508v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Zemp" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119410010.ch13" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550341v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01998701v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSEN071" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05532949v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Flaminio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Reynard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gq2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659773v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Chalmandrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boisvert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Salomon Cavin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/26349825241241522" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04146208v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon Cavin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/nc.2023.180202" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091036v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04146219v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon-Cavin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bollman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03712609v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Rouill&#233;-Kielo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selin Le Visage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/27539687221106796" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03737707v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.20092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03755072v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moretti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25148486221115949" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135140v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03420649v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Fran&#231;ois Le Lay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2021.100312" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02438425v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.13299" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02438331v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.15893" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893489v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-018-1089-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893468v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652477v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11882" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383529v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.5793" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851686v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Bellet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lyonnais-Voutaz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Parot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787345v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Savoy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nahrath" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03139768v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787347v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787348v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893451v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893455v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024802v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893459v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854393v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652481v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01893449v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024644v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563776v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338708v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Comby" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042617v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01424604v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383411v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618793v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787288v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359310v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357830v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250462v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ottini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098069v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135101v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359299v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359294v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01263389v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03787343v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33055/georegards.2023.016.05" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500703v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Calvez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119410010.ch12" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03370508v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Zemp" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119410010.ch13" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550341v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01998701v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSEN071" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>