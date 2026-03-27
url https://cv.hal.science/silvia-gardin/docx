--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -516,295 +516,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 20‐million‐year Early Jurassic cyclostratigraphic record and its implications for the chaotic inner Solar System and sea‐level changes</w:t>
+                <w:t xml:space="preserve">Fate of calcareous nannofossils during the Rhaetian (Late Triassic): evidence from the Northern Calcareous Alps, Austria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
+                <w:t xml:space="preserve">Isaline Demangel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slah Boulila</w:t>
+                <w:t xml:space="preserve">Zsófia Kovács</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+                <w:t xml:space="preserve">Leopold Krystyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Laskar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
+                <w:t xml:space="preserve">Werner E Piller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Lethaia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (1), pp.1-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bre.12754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18261/let.56.1.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03977749v1</w:t>
+                <w:t xml:space="preserve">hal-04282587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate of calcareous nannofossils during the Rhaetian (Late Triassic): evidence from the Northern Calcareous Alps, Austria</w:t>
+                <w:t xml:space="preserve">A 20‐million‐year Early Jurassic cyclostratigraphic record and its implications for the chaotic inner Solar System and sea‐level changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isaline Demangel</w:t>
+                <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zsófia Kovács</w:t>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Werner E Piller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lethaia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 56 (1), pp.1-24. </w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18261/let.56.1.5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bre.12754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282587v1</w:t>
+                <w:t xml:space="preserve">hal-03977749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomical tuning of the Aptian stage and its implications for age recalibrations and paleoclimatic events</w:t>
               </w:r>
@@ -924,51 +924,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Points Stratotypiques Mondiaux (PSM) de France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Aretz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1179,64 +1179,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Jurassic record encodes an analogous Dansgaard–Oeschger climate periodicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1296,64 +1296,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Author Correction: A Jurassic record encodes an analogous Dansgaard-Oeschger climate periodicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1407,386 +1407,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03642014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rediscovery of “Liodon” asiaticum Répelin, 1915, a Mosasaurini (Squamata, Mosasauridae, Mosasaurinae) from the Upper Cretaceous of the vicinity of Jerusalem – Biostratigraphical insights from microfossils</w:t>
+                <w:t xml:space="preserve">Long-term Aptian marine osmium isotopic record of Ontong Java Nui activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bardet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Desmares</w:t>
+                <w:t xml:space="preserve">Hironao Matsumoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Sánchez-Pellicer</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rodolfo Coccioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Frontalini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kotaro Shirai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Jovane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5852/cr-palevol2021v20a20⟩</w:t>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49, pp.1148 - 1152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/g48863.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370871v1</w:t>
+                <w:t xml:space="preserve">hal-03860568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term Aptian marine osmium isotopic record of Ontong Java Nui activity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Frontalini</w:t>
+                <w:t xml:space="preserve">Eoconusphaera hallstattensis sp. nov. and a review of the Rhaetian genus Eoconusphaera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaline Demangel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kotaro Shirai</w:t>
+                <w:t xml:space="preserve">Richard Howe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luigi Jovane</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvain Richoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Nannoplankton Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39 (1), pp.77-87</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03860568v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03986488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eoconusphaera hallstattensis sp. nov. and a review of the Rhaetian genus Eoconusphaera</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isaline Demangel</w:t>
+                <w:t xml:space="preserve">Rediscovery of “Liodon” asiaticum Répelin, 1915, a Mosasaurini (Squamata, Mosasauridae, Mosasaurinae) from the Upper Cretaceous of the vicinity of Jerusalem – Biostratigraphical insights from microfossils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Howe</w:t>
+                <w:t xml:space="preserve">Raquel Sánchez-Pellicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Richoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nannoplankton Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5852/cr-palevol2021v20a20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03986488v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Global Boundary Stratotype Section and Point (GSSP) for the base of the Hauterivian Stage (Lower Cretaceous), La Charce, southeast France</w:t>
               </w:r>
@@ -1900,377 +1900,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short&amp;quot; or &amp;quot;long&amp;quot; Rhaetian ? Astronomical calibration of Austrian key sections</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Richoz</w:t>
+                <w:t xml:space="preserve">High-resolution biostratigraphy and chemostratigraphy of the Cenomanian stratotype area (Le Mans, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Testé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Broche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tremblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103253⟩</w:t>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2019.104198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884087v1</w:t>
+                <w:t xml:space="preserve">hal-02328773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution biostratigraphy and chemostratigraphy of the Cenomanian stratotype area (Le Mans, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tremblin</w:t>
+                <w:t xml:space="preserve">Short&amp;quot; or &amp;quot;long&amp;quot; Rhaetian ? Astronomical calibration of Austrian key sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leopold Krystyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Richoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 192, pp.103253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2019.104198⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02328773v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of early calcareous nannoplankton in the Northern Calcareous Alps (Austria) in the Upper Triassic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isaline Demangel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Zsofia Kovacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Richoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leopold Krystyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 193, pp.103254. </w:t>
@@ -2308,103 +2308,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling short-and long-term carbon cycle variations during the Oceanic Anoxic Event 2 from the Paris Basin Chalk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Spangenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 186, pp.103126. </w:t>
@@ -2576,64 +2576,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraints on the duration of the early Toarcian T-OAE and evidence for carbon-reservoir change from the High Atlas (Morocco)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Sadki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2700,265 +2700,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02329596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation response to exceptional global warmth during Oceanic Anoxic Event 2</w:t>
+                <w:t xml:space="preserve">Offsets in the early Danian recovery phase in carbon isotopes: Evidence from the biometrics and phylogeny of the Cruciplacolithus lineage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrich Heimhofer</w:t>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Wucherpfennig</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-018-06319-6⟩</w:t>
+              <w:t xml:space="preserve">Revue de Micropaléontologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61 (3-4), pp.207-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revmic.2018.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01884719v1</w:t>
+                <w:t xml:space="preserve">hal-03889701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offsets in the early Danian recovery phase in carbon isotopes: Evidence from the biometrics and phylogeny of the Cruciplacolithus lineage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vegetation response to exceptional global warmth during Oceanic Anoxic Event 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Heimhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Wucherpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Adatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+                <w:t xml:space="preserve">Stefan Schouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elke Schneebeli-Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Micropaléontologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 61 (3-4), pp.207-221. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.3832. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revmic.2018.09.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-018-06319-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889701v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcareous nannofossil biostratigraphy of Campanian strata (Abtalkh Formation) from the eastern Koppeh-Dagh Basin, NE Iran</w:t>
               </w:r>
@@ -3156,51 +3156,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eccentricity paced monsoon-like system along the northwestern Tethyan margin during the Valanginian (Early Cretaceous): New insights from detrital and nutrient fluxes into the Vocontian Basin (SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Duchamp-Alphonse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3302,90 +3302,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The end-Cretaceous in the southwestern Tethys (Elles, Tunisia): orbital calibration of paleoenvironmental events before the mass extinction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Minoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Callonnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3432,77 +3432,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climatic precession is the main driver of Early Cretaceous sedimentation in the Vocontian Basin (France): Evidence from the Valanginian Orpierre succession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3543,385 +3543,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01150959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcareous nannofossil response to the Weissert episode (Early Cretaceous): implications for palaeoecological and palaeoceanographic reconstructions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Duchamp-Alphonse</w:t>
+                <w:t xml:space="preserve">Tempo and duration of short-term environmental perturbations across the Cretaceous-Paleogene boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anna-Chiara Bartolini</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Micropaleontology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Stratigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (2), pp.159-171</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01078058v1</w:t>
+                <w:t xml:space="preserve">hal-01092775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomical calibration of the Toarcian Stage: implications for sequence stratigraphy and duration of the early Toarcian OAE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Huret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 386, pp.98-111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2013.10.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tempo and duration of short-term environmental perturbations across the Cretaceous-Paleogene boundary</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+                <w:t xml:space="preserve">Calcareous nannofossil response to the Weissert episode (Early Cretaceous): implications for palaeoecological and palaeoceanographic reconstructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Duchamp-Alphonse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Chiara Bartolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stratigraphy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Micropaleontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Marine Micropaleontology, pp.113:65-78 (IF 2,582). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marmicro.2014.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01092775v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated stratigraphy of the Oxfordian global stratotype section and point (GSSP) candidate in the Subalpine Basin (SE France)</w:t>
               </w:r>
@@ -4032,103 +4032,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum to &amp;quot; Astronomical calibration of the Toarcian Stage: Implication for sequence stratigraphy and duration of the early Toarcian OAE&amp;quot; (Earth Planet. Sci. Lett. 386 (2014) 98-111)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Huret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 406, pp.247-248. </w:t>
@@ -4166,103 +4166,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower Maastrichtian cyclostratigraphy of the Bidart section (Basque Country, SW France): A remarkable record of precessional forcing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicoilas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Minoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 395, pp.176-197. </w:t>
@@ -4300,103 +4300,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomical calibration of the Valanginian &amp;quot;Weissert&amp;quot; episode : the Orpierre marl-limestone succession (vocontian Basin, southeastern France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Duchamp-Alphonse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Adatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cretaceous Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 45, pp.25-42 </w:t>
@@ -4586,445 +4586,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00829349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where and when the earliest coccolithophores?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Astronomical duration of polarity Chron C31r (Lower Maastrichtian): cyclostratigraphy of ODP Site 762 (Indian Ocean) and the Contessa Highway section (Gubbio, Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Huret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lethaia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 45 (4), pp.507-523. </w:t>
+              <w:t xml:space="preserve">Geological Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 149 (2), pp.345-351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1502-3931.2012.00311.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0016756811000999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436475v1</w:t>
+                <w:t xml:space="preserve">hal-00683000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomical duration of polarity Chron C31r (Lower Maastrichtian): cyclostratigraphy of ODP Site 762 (Indian Ocean) and the Contessa Highway section (Gubbio, Italy)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Bio-magnetochronology for the upper Campanian - Maastrichtian from the Gubbio area, Italy: new results from the Contessa Highway and Bottaccione sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Coccioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Premoli-Silva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0016756811000999⟩</w:t>
+              <w:t xml:space="preserve">Newsletters on Stratigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (1), pp.75-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/0078-0421/2012/0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00683000v1</w:t>
+                <w:t xml:space="preserve">hal-01436467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-magnetochronology for the upper Campanian - Maastrichtian from the Gubbio area, Italy: new results from the Contessa Highway and Bottaccione sections</w:t>
+                <w:t xml:space="preserve">Where and when the earliest coccolithophores?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Leopold Krystyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Richoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annachiara Bartolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabella Premoli-Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Newsletters on Stratigraphy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lethaia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (4), pp.507-523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1502-3931.2012.00311.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1127/0078-0421/2012/0014⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436467v1</w:t>
+                <w:t xml:space="preserve">hal-01436475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault-controlled stratigraphy of the Late Cretaceous Abiod Formation at Ain Medheker (Northeast Tunisia).</w:t>
               </w:r>
@@ -5118,103 +5118,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomical calibration of upper Campanian-Maastrichtian carbon isotope events and calcareous plankton biostratigraphy in the Indian Ocean (ODP Hole 762C): Implication for the age of the Campanian-Maastrichtian boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rikke Harlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 337-338, pp.52-71. </w:t>
@@ -5392,380 +5392,380 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00745992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixing a basal Berriasian and Jurassic-Cretaceous (J-K) boundary - perhaps there is some light at the end of the tunnel?</w:t>
+                <w:t xml:space="preserve">Stratigraphic, sedimentological and palaeoenvironmental constraints on the rise of the Urgonian platform in the western Swiss Jura&amp;quot; by A. Godet et al. (2010) Sedimentology 57, 1088-1125: Discussion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W.A.P. Wimbledon</w:t>
+                <w:t xml:space="preserve">Marc A. Conrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.E. Casellato</w:t>
+                <w:t xml:space="preserve">Bernard Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Rehakova</w:t>
+                <w:t xml:space="preserve">Bruno Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. G. Bulot</w:t>
+                <w:t xml:space="preserve">Jean Charollais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Erba</w:t>
+                <w:t xml:space="preserve">Robert Busnardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivista Italiana di Paleontologia e Stratigrafia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sedimentology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 59 (3), pp.1121-1125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-3091.2011.01277.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00722017v1</w:t>
+                <w:t xml:space="preserve">insu-00663839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratigraphic, sedimentological and palaeoenvironmental constraints on the rise of the Urgonian platform in the western Swiss Jura&amp;quot; by A. Godet et al. (2010) Sedimentology 57, 1088-1125: Discussion</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fixing a basal Berriasian and Jurassic-Cretaceous (J-K) boundary - perhaps there is some light at the end of the tunnel?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Granier</w:t>
+                <w:t xml:space="preserve">W.A.P. Wimbledon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Charollais</w:t>
+                <w:t xml:space="preserve">C.E. Casellato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Busnardo</w:t>
+                <w:t xml:space="preserve">D. Rehakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. G. Bulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Erba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rivista Italiana di Paleontologia e Stratigrafia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 117, pp.295-307</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">insu-00663839v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00722017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reply to the comment on &amp;quot;Orbitally forced climate and sea-level changes in the Paleoceanic Tethyan domain (marl-limestone alternations, Lower Kimmeridgian, SE France)&amp;quot; by S. Boulila, M. de Rafélis, L. A. Hinnov, S. Gardin, B. Galbrun, P.-Y. Collin [Palaeogeography Palaeoclimatology Palaeoecology 292 (2010) 57-70]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Rafélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda A. Hinnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 306, pp.252-257. </w:t>
@@ -5809,298 +5809,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00596817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomical calibration of the Maastrichtian (Late Cretaceous)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+                <w:t xml:space="preserve">Comments on &amp;quot;Stratigraphic, sedimentological and palaeoenvironmental constraints on the rise of the Urgonian platform in the western Swiss Jura.&amp;quot;, by Godet, A., K. B. Föllmi et al., in Sedimentology vol. 57 (2010), pp. 1088-1125.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charollais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Conrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jan Du Chene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Busnardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sedimentology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 59, pp.1121-1125</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00596824v1</w:t>
+                <w:t xml:space="preserve">hal-00721793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comments on &amp;quot;Stratigraphic, sedimentological and palaeoenvironmental constraints on the rise of the Urgonian platform in the western Swiss Jura.&amp;quot;, by Godet, A., K. B. Föllmi et al., in Sedimentology vol. 57 (2010), pp. 1088-1125.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Busnardo</w:t>
+                <w:t xml:space="preserve">Astronomical calibration of the Maastrichtian (Late Cretaceous)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 305, pp.328-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00721793v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00596824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen isotope record of a perturbed paleoecosystem in the aftermath of the end-Triassic crisis, Doniford section, SW England</w:t>
               </w:r>
@@ -6302,51 +6302,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orbitally forced climate and sea-level changes in the Paleoceanic Tethyan domain (marl-limestone alternations, Lower Kimmeridgian, SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Rafélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6354,51 +6354,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. A. Hinnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 292, pp.57-70. </w:t>
@@ -6724,51 +6724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38, pp.203-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6977,603 +6977,603 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00302777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution stratigraphic record constrained by volcanic ashes layers at the Cenomanian-Turonian boundary in the Western Interior Basin, USA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High resolution stratigraphic record constrained by volcanic ash beds at the Cenomanian–Turonian boundary in the Western Interior Basin, USA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Desmares</w:t>
+                <w:t xml:space="preserve">D. Grosheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Grosheny</w:t>
+                <w:t xml:space="preserve">Bernard Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Beaudoin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Gauthier-Lafaye</w:t>
+                <w:t xml:space="preserve">F. Gauthier-Lafaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cretaceous Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 28, pp.561-582. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 28 (4), pp.561-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2006.08.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2006.08.009⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00197534v1</w:t>
+                <w:t xml:space="preserve">halsde-00178572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The record of mid Cretaceous oceanic anoxic events from the Ionian zone of southern Albania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taniel Danielan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taniel Danielan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
+                <w:t xml:space="preserve">Edwige Masure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ricordel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Micropaléontologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 50 (3), pp.225-237. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revmic.2007.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revmic.2007.06.004⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00716973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fertilization of the northwestern Tethys (Vocontian basin, SE France) during the Valanginian carbon isotope perturbation: Evidence from calcareous nannofossils and trace element data.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
+                <w:t xml:space="preserve">High resolution stratigraphic record constrained by volcanic ashes layers at the Cenomanian-Turonian boundary in the Western Interior Basin, USA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grosheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Fiet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annachiara Bartolini</w:t>
+                <w:t xml:space="preserve">B. Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Blamart</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2006.07.010⟩</w:t>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 28, pp.561-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2006.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158305v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00197534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution stratigraphic record constrained by volcanic ash beds at the Cenomanian–Turonian boundary in the Western Interior Basin, USA</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fertilization of the northwestern Tethys (Vocontian basin, SE France) during the Valanginian carbon isotope perturbation: Evidence from calcareous nannofossils and trace element data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Duchamp-Alphonse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annachiara Bartolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Blamart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2006.08.009⟩</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 243 (1-2), pp.132-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2006.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00178572v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichment of redox-sensitive trace metals (U, V, Mo, As) associated with the late Hauterivian Faraoni oceanic anoxic event.</w:t>
               </w:r>
@@ -8074,1154 +8074,1154 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00162899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enregistrement à haute résolution des modifications environnementales inscrites dans un cadre téphrochronologique : le bassin du Western Interior au passage Cénomanien Turonien.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Beaudoin</w:t>
+                <w:t xml:space="preserve">Changes in the pelagic fine fraction carbonate sedimentation during the Cretaceous-Paleocene transition: contrbution of the separation technique to the study of Bidart section.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Minoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Rafélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Gauthier-Lafaye</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Young</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 175 (6), pp.25-36</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 216, pp.119-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00153794v1</w:t>
+                <w:t xml:space="preserve">hal-00021495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global and regional palaeoceanographic changes as recorded in the mid-Cretaceous (Aptian-Albian) sequence of the Ionian zone (NW Greece)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Tsikos</w:t>
+                <w:t xml:space="preserve">New chronostratigraphy of the Cretaceous Paleogene boundary interval at Bidart (France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Geological Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 161, pp.703-709</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 224 (1-2), pp.19-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021479v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00021491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stage boundaries, global stratigraphy, and the time scale: towards a simplification</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jacques Thierry</w:t>
+                <w:t xml:space="preserve">Morphométrie de nannofossiles calcaires et isotopes stables du carbone et de l'oxygène : analyse comparée sur le Maastrichtien terminal des coupes d'Elles (Tunisie) et de Bidart (Sud-Ouest de la France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Minoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnets de Géologie / Notebooks on Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, CG2004 (A02), pp.1-12</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 175 (4), pp.399-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00142238v1</w:t>
+                <w:t xml:space="preserve">hal-00021501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the pelagic fine fraction carbonate sedimentation during the Cretaceous-Paleocene transition: contrbution of the separation technique to the study of Bidart section.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geodynamic controls of a Piggyback Basin: the Intramountainous Molassic Meso-Hellenic Basin, Continental Greece</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Minoletti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc de Rafélis</w:t>
+                <w:t xml:space="preserve">A. Pavlopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Renard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Gardin</w:t>
+                <w:t xml:space="preserve">Michel Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Young</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Migiros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 216, pp.119-137</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 175, n°4,, p. 361-381</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021495v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphométrie de nannofossiles calcaires et isotopes stables du carbone et de l'oxygène : analyse comparée sur le Maastrichtien terminal des coupes d'Elles (Tunisie) et de Bidart (Sud-Ouest de la France).</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Minoletti</w:t>
+                <w:t xml:space="preserve">Global and regional palaeoceanographic changes as recorded in the mid-Cretaceous (Aptian-Albian) sequence of the Ionian zone (NW Greece)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Danelian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Tsikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Bellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 175 (4), pp.399-412</w:t>
+              <w:t xml:space="preserve">Journal of the Geological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 161, pp.703-709</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021501v1</w:t>
+                <w:t xml:space="preserve">hal-00021479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New chronostratigraphy of the Cretaceous Paleogene boundary interval at Bidart (France).</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Gardin</w:t>
+                <w:t xml:space="preserve">Stage boundaries, global stratigraphy, and the time scale: towards a simplification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Serge Odin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Robaszynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 224 (1-2), pp.19-32</w:t>
+              <w:t xml:space="preserve">Carnets de Géologie / Notebooks on Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, CG2004 (A02), pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021491v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00142238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geodynamic controls of a Piggyback Basin: the Intramountainous Molassic Meso-Hellenic Basin, Continental Greece</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enregistrement à haute résolution des modifications environnementales inscrites dans un cadre téphrochronologique : le bassin du Western Interior au passage Cénomanien Turonien.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grosheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 175, n°4,, p. 361-381</w:t>
+              <w:t xml:space="preserve">, 2004, 175 (6), pp.25-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331974v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00153794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geologic evolution and geodynamic controls of the Tertiary intramontane piggyback Meso-Hellenic basin, Greece</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enregistrement à haute résolution des modifications environnementales inscrites dans un cadre téphrochronologique : le bassin du Western Interior au passage Cénomanien Turonien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grosheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 175 (4), pp.361-381. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2004, 175 (6), pp.561-572</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274318v1</w:t>
+                <w:t xml:space="preserve">hal-00021480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enregistrement à haute résolution des modifications environnementales inscrites dans un cadre téphrochronologique : le bassin du Western Interior au passage Cénomanien Turonien</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geologic evolution and geodynamic controls of the Tertiary intramontane piggyback Meso-Hellenic basin, Greece</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Pavlopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Migiros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 175 (6), pp.561-572</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 175 (4), pp.361-381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2113/175.4.361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021480v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geologic evolution and Geodynamic controls on the Tertiary Intramontane Piggyback Meso-Hellenic Basin, Greece.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pavlopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Migiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 175 (4), pp.361-381</w:t>
@@ -9250,103 +9250,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geologic evolution and Geodyanmic controls on the Tertiary Intramontane Piggyback Meso-Hellenic Basin, Greece</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pavlopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Migiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 175 (4), pp.361-381</w:t>
@@ -10052,90 +10052,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhétien “court” ou Rhétien “long” ? Calibration astronomique de sections de référence en Autriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Galbrun</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Leopold Krystyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Richoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10561,64 +10561,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated stratigraphy of the potential candidate Oxfordian GSSP at Thuoux and Saint-Pierre d'Argençon (France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pellenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna-Chiara Bartolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11339,51 +11339,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les péripéties de Liodon asiaticum Répelin, 1915, un mosasaure du Crétacé supérieur des environs de Jérusalem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11892,51 +11892,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04879911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Armynot Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Nys" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hadot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w35" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04198247v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbia Jouini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara Bartolini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivia Gardin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322886v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Armynot Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Gardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.1446.0355" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977749v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charbonnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12754" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282587v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Demangel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs&#243;fia Kov&#225;cs" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Krystyn" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner E Piller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18261/let.56.1.5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03690546v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leandro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kochhann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Franco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coccioni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30075-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808545v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Aretz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixto Fernandez-Lopez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716389v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Ouikene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Benkherouf-Kechid" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2022.105264" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561244v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05716-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03642014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-08065-8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370871v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez-Pellicer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2021v20a20" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03860568v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironao Matsumoto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Coccioni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Frontalini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kotaro Shirai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Jovane" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/g48863.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986488v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Howe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richoz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016383v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Mutterlose" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter.F. Rawson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Reboulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bulot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18814/epiiugs/2020/020072" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884087v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103253" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328773v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Test&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Broche" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tremblin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2019.104198" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098127v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Zsofia Kovacs" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103254" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459697v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Spangenberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329251v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin Ikenna Chima" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Do Couto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Leroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Hoggmascall" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2019.06.030" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329596v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Sadki" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2019.02.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01884719v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Heimhofer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Wucherpfennig" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schouten" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Schneebeli-Hermann" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06319-6" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889701v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thibault" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Minoletti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2018.09.002" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03975663v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Foroughi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoshiravan Lotfali Kani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Vahidinia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2016.10.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342765v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.05.021" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271790v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adatte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-B. F&#246;llmi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.11.027" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LP2FC8V-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189699v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-015-1192-0" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150959v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charbonnier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2015.04.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078058v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Bartolini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2014.10.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRH4TW1L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092775v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Husson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061435v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortwengler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marchand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thierry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406499v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.09.036" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936049v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoilas Thibault" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.12.008" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856764v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gardin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2013.07.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7CH2XS8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829349v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Morales" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Arnaud-Vanneau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12019" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PGPB30G2-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436475v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1502-3931.2012.00311.x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7615BBDD2B46B16D67B489DD1F08E98AB9ABE96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683000v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756811000999" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-NG6R6C2F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436467v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Premoli-Silva" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0078-0421/2012/0014" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721791v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Premoli Silva" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Negrab" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436489v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikke Harlou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2012.03.027" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745992v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Colombi&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Jan Du Ch&#234;ne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2012.01.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3VRDV7R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722017v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.A.P. Wimbledon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Casellato" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rehakova" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. G. Bulot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Erba" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00663839v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc A. Conrad" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clavel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Granier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charollais" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Busnardo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3091.2011.01277.x" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QRH42KCM-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596817v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2011.04.017" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1CQNRFQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596824v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.03.008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX87NMCW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721793v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Clavel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charollais" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conrad" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jan Du Chene" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Busnardo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552024v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Cl&#233;mence" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GC003161" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552888v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thibault" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569516v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Hinnov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.03.026" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B21G3LC1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551324v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clemence" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartolini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paris" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beaumont" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551320v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552891v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410642v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Keller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00302777v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00197534v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desmares" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grosheny" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beaudoin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2006.08.009" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RBTBLVC-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00716973v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taniel Danielan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Masure" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ricordel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2007.06.004" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCQJSV9L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158305v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fiet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blamart" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2006.07.010" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRJCHS6Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00178572v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaudoin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198303v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Godet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Matera" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Steinmann" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vermeulen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144288v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.06.193" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84TXKN5C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377903v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162899v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. F&#246;llmi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153794v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021479v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Danelian" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tsikos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bellier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142238v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Serge Odin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Robaszynski" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021495v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Minoletti" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Young" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021501v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021491v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331974v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Ferri&#232;re" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Reynaud" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pavlopoulos" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonneau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Migiros" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274318v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Reynaud" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Pavlopoulos" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Migiros" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/175.4.361" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021480v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021489v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferri&#232;re" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143122v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222102v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Debrabant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Fourcade" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chamley" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Rocchia" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00139358v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tribovillard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Laggoun-D&#233;farge" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lichtfouse" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monod" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3091.1999.00226.x" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119625v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1251-8050(98)80017-7" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LK3PXS8S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03808104v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Wever" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Forel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c038" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03808106v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c081" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589251v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587767v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331914v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boye" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Sabata I Vilardell" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bleuenn Gu&#233;guen" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325254v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Deneuve" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brasseur" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Christensen" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Coudret" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fagnart" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016365v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_55" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558796v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Humler" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Retailleau" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412480v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fiet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blamart" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412482v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Remane" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414384v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003287v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pangaud" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Walder" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Goerlach" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoffmann" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407620v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez Pellicer" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04782576v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moulin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Boisse" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ceccarelli" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Combes" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913134v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lancelot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lascour" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04879911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Armynot Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Nys" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hadot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w35" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04198247v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbia Jouini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara Bartolini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivia Gardin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322886v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Armynot Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Gardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.1446.0355" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282587v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Demangel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs&#243;fia Kov&#225;cs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Krystyn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner E Piller" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18261/let.56.1.5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977749v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charbonnier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12754" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03690546v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leandro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kochhann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Franco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coccioni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30075-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808545v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Aretz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixto Fernandez-Lopez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716389v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Ouikene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Benkherouf-Kechid" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2022.105264" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561244v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05716-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03642014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-08065-8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03860568v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironao Matsumoto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Coccioni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Frontalini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kotaro Shirai" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Jovane" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/g48863.1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986488v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Howe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richoz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370871v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez-Pellicer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2021v20a20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016383v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Mutterlose" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter.F. Rawson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Reboulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bulot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18814/epiiugs/2020/020072" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Test&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Broche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tremblin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2019.104198" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884087v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103253" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098127v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Zsofia Kovacs" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103254" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459697v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Spangenberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329251v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin Ikenna Chima" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Do Couto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Leroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Hoggmascall" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2019.06.030" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329596v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Sadki" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2019.02.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889701v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thibault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Minoletti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2018.09.002" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01884719v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Heimhofer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Wucherpfennig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schouten" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Schneebeli-Hermann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06319-6" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03975663v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Foroughi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoshiravan Lotfali Kani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Vahidinia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2016.10.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342765v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.05.021" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271790v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adatte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-B. F&#246;llmi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.11.027" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LP2FC8V-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189699v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-015-1192-0" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150959v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charbonnier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2015.04.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092775v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Husson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078058v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Bartolini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2014.10.002" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRH4TW1L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061435v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortwengler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marchand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thierry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406499v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.09.036" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936049v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoilas Thibault" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.12.008" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856764v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gardin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2013.07.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7CH2XS8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829349v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Morales" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Arnaud-Vanneau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12019" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PGPB30G2-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683000v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756811000999" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-NG6R6C2F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436467v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Premoli-Silva" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0078-0421/2012/0014" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436475v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1502-3931.2012.00311.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7615BBDD2B46B16D67B489DD1F08E98AB9ABE96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721791v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Premoli Silva" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Negrab" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436489v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikke Harlou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2012.03.027" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745992v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Colombi&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Jan Du Ch&#234;ne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2012.01.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3VRDV7R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00663839v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc A. Conrad" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clavel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Granier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charollais" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Busnardo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3091.2011.01277.x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QRH42KCM-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722017v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.A.P. Wimbledon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Casellato" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rehakova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. G. Bulot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Erba" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596817v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2011.04.017" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1CQNRFQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721793v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Clavel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charollais" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conrad" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jan Du Chene" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Busnardo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596824v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.03.008" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX87NMCW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552024v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Cl&#233;mence" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GC003161" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552888v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thibault" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569516v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Hinnov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.03.026" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B21G3LC1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551324v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clemence" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartolini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paris" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beaumont" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551320v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552891v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410642v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Keller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00302777v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00178572v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grosheny" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaudoin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2006.08.009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RBTBLVC-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00716973v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taniel Danielan" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Masure" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ricordel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2007.06.004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCQJSV9L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00197534v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desmares" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beaudoin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158305v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fiet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blamart" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2006.07.010" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRJCHS6Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198303v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Godet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Matera" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Steinmann" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vermeulen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144288v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.06.193" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84TXKN5C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377903v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162899v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. F&#246;llmi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021495v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Minoletti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Young" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021491v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021501v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331974v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Ferri&#232;re" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Reynaud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pavlopoulos" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonneau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Migiros" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021479v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Danelian" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tsikos" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bellier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142238v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Serge Odin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Robaszynski" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153794v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021480v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274318v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Reynaud" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Pavlopoulos" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Migiros" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/175.4.361" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021489v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferri&#232;re" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143122v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222102v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Debrabant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Fourcade" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chamley" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Rocchia" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00139358v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tribovillard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Laggoun-D&#233;farge" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lichtfouse" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monod" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3091.1999.00226.x" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119625v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1251-8050(98)80017-7" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LK3PXS8S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03808104v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Wever" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Forel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c038" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03808106v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c081" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589251v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587767v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331914v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boye" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Sabata I Vilardell" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bleuenn Gu&#233;guen" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325254v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Deneuve" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brasseur" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Christensen" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Coudret" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fagnart" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016365v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_55" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558796v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Humler" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Retailleau" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412480v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fiet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blamart" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412482v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Remane" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414384v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003287v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pangaud" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Walder" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Goerlach" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoffmann" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407620v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez Pellicer" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04782576v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moulin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Boisse" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ceccarelli" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Combes" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913134v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lancelot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lascour" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>