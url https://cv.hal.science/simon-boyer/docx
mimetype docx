--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -897,263 +897,254 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01119430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La performance arbitrale : de son étude à son développement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluer une pratique en situation. L'activité de supervision d'arbitres de rugby : entre attribution spontanée de valeur et délibération.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lièvre</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 11 (1), pp.86-104</w:t>
+              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53, pp.3-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01072034v1</w:t>
+                <w:t xml:space="preserve">hal-01072038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluer une pratique en situation. L’activité de supervision d’arbitres de rugby : entre attribution spontanée de valeur et délibération</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La performance arbitrale : de son étude à son développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Récopé</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coutarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (1), pp.86-104</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311506v1</w:t>
+                <w:t xml:space="preserve">hal-01072034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer une pratique en situation. L'activité de supervision d'arbitres de rugby : entre attribution spontanée de valeur et délibération.</w:t>
+                <w:t xml:space="preserve">Évaluer une pratique en situation. L’activité de supervision d’arbitres de rugby : entre attribution spontanée de valeur et délibération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
@@ -1162,69 +1153,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 53, pp.3-17</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 53 (1), pp.3-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/spira.2014.1729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01072038v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unité et pluralité du vécu corporel en situation motrice</w:t>
               </w:r>
@@ -1655,122 +1655,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05190534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revault d’Allonnes: Unveiling the sociocultural dynamics of superordinate schemes in early development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluer la performance arbitrale : quels outils ? quelles pratiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gatignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coutarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rethinking context as process when studying human development: Implications for theory, practice, and policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean Piaget Society, May 2025, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">Les enjeux des jeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05355525v1</w:t>
+                <w:t xml:space="preserve">hal-05424056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une ethnographie longitudinale discontinue dans le monde de l’arbitrage, socle de l’étude et de l’accompagnement des pratiques d'évaluation de la performance arbitrale.</w:t>
               </w:r>
@@ -1858,135 +1871,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluer la performance arbitrale : quels outils ? quelles pratiques ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revault d’Allonnes: Unveiling the sociocultural dynamics of superordinate schemes in early development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les enjeux des jeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Rethinking context as process when studying human development: Implications for theory, practice, and policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean Piaget Society, May 2025, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05424056v1</w:t>
+                <w:t xml:space="preserve">hal-05355525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advocacy for the superordinate scheme</w:t>
               </w:r>
@@ -3655,273 +3655,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02281176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connaissances pratiques situées et référentiel de compétences. Valoriser et certifier les acquis d’un arbitre dans une perspective de reconversion professionnelle : quels verrous théoriques et méthodologiques ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’intégration de vidéos à 360° dans un dispositif de formation des enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIème Colloque International GESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">6ème colloque international en éducation : enjeux actuels et futurs de la formation et de la profession enseignante (CRIFPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02281174v1</w:t>
+                <w:t xml:space="preserve">hal-02317867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intégration de vidéos à 360° dans un dispositif de formation des enseignants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Connaissances pratiques situées et référentiel de compétences. Valoriser et certifier les acquis d’un arbitre dans une perspective de reconversion professionnelle : quels verrous théoriques et méthodologiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Andy Silini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian James Cunningham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème colloque international en éducation : enjeux actuels et futurs de la formation et de la profession enseignante (CRIFPE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">XIIème Colloque International GESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02317867v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02281174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les processus de coordination de l’arbitre assistant à l’activité de l’arbitre central</w:t>
               </w:r>
@@ -4756,230 +4756,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01079931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective activity of football officials as it occurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emotion in decision making : the case of sport refereeing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Récopé</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Naturalistic Decision Making</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Marseille, France. pp.189-192</w:t>
+              <w:t xml:space="preserve">18th Annual congress of the European College of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01079920v1</w:t>
+                <w:t xml:space="preserve">hal-01120747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotion in decision making : the case of sport refereeing.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Collective activity of football officials as it occurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Récopé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathis Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Annual congress of the European College of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">11th International Conference on Naturalistic Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Marseille, France. pp.189-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01120747v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01079920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’activité collective des arbitres en match</w:t>
               </w:r>
@@ -5460,420 +5460,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00812727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'activité évaluative des superviseurs : une question de valeurs. Une question de normes ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Fabrique de la Décision dans l’Urgence, L’arbitrage de haut niveau en sport collectif : Un cas exemplaire de Naturalistic Decision Making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Internationale d'Ergologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">XXI Colloque AIMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00812722v1</w:t>
+                <w:t xml:space="preserve">hal-01120546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Fabrique de la Décision dans l’Urgence, L’arbitrage de haut niveau en sport collectif : Un cas exemplaire de Naturalistic Decision Making</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lièvre</w:t>
+                <w:t xml:space="preserve">L'activité évaluative des superviseurs : une question de valeurs. Une question de normes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXI Colloque AIMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Internationale d'Ergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01120546v1</w:t>
+                <w:t xml:space="preserve">hal-00812722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La performance de l'arbitre : le point de vue du superviseur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Referee cognition as it occurs : different kind of judgment acts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabien Coutarel</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Récopé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème congrès international de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">International Conference on Naturalistic Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Florida, United States. pp.136-139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00812724v1</w:t>
+                <w:t xml:space="preserve">hal-00798806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Referee cognition as it occurs : different kind of judgment acts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La performance de l'arbitre : le point de vue du superviseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Récopé</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coutarel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Naturalistic Decision Making</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Florida, United States. pp.136-139</w:t>
+              <w:t xml:space="preserve">14ème congrès international de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00798806v1</w:t>
+                <w:t xml:space="preserve">hal-00812724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une modélisation de l'activité est-elle nécessaire, est-elle possible ?</w:t>
               </w:r>
@@ -7484,51 +7484,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487692v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel R&#233;cop&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;ros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Flandin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.31394" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311538v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Rochat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.405.0039" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311445v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1068396" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593187v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Macmahon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101662" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225694v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2015.09.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119430v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2014014" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072034v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311506v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.2014.1729" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072038v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984009v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fache" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00972624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466885v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gatignol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190534v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355525v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033637v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424056v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355486v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670016v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brugneaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Serres" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826110v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840286v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Gamez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian James Cunningham" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828046v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hauw" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Seifert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278140v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore M&#233;rour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278195v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Rolland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278125v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278172v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278283v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456463v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Viffray" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Cunningham" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457470v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281176v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281174v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Silini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02317867v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386119v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386122v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386121v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386117v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079935v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120769v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079936v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079934v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079931v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079920v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120747v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Grimonprez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079927v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079925v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grimonprez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801791v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812800v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genebrier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812727v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812722v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120546v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812724v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798806v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812791v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717315v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Couhert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120739v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277496v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cauvin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.merri.2022.01.0044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454431v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935673v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673167v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116513v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kellin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984013v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072376v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072435v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joseph Biache" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01677449v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Universit&#233; Blaise" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487692v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel R&#233;cop&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;ros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Flandin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.31394" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311538v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Rochat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.405.0039" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311445v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1068396" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593187v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Macmahon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101662" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225694v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2015.09.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119430v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2014014" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072038v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072034v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311506v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.2014.1729" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984009v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fache" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00972624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466885v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gatignol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190534v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424056v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033637v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355486v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670016v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brugneaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Serres" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826110v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840286v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Gamez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian James Cunningham" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828046v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hauw" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Seifert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278140v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore M&#233;rour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278195v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Rolland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278125v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278172v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278283v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456463v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Viffray" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Cunningham" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457470v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281176v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02317867v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281174v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Silini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386119v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386122v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386121v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386117v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079935v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120769v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079936v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079934v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079931v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120747v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Grimonprez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079920v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079927v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079925v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grimonprez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801791v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812800v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genebrier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812727v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120546v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812722v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798806v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812724v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812791v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717315v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Couhert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120739v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277496v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cauvin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.merri.2022.01.0044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454431v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935673v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673167v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116513v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kellin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984013v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072376v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072435v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joseph Biache" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01677449v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Universit&#233; Blaise" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>