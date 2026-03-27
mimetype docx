--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -828,252 +828,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03963739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissonance et harmonies culturelles : la mise en crise des sociétés dans la science-fiction française contemporaine (2010-2019)</w:t>
+                <w:t xml:space="preserve">L’altérité au prisme de la polytextualité : les artefacts science-fictionnels de Points chauds (Laurent Genefort)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Œuvres et critiques. Revue internationale d'étude et de réception critique des œuvres littéraires de langue française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.8399⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03967104v1</w:t>
+                <w:t xml:space="preserve">hal-03967070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’altérité au prisme de la polytextualité : les artefacts science-fictionnels de Points chauds (Laurent Genefort)</w:t>
+                <w:t xml:space="preserve">En quête d’une vérité oblique : les œuvres de Pierre Bordage au miroir de leurs artefacts mythographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 16, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, Ursula K. Le Guin / Pierre Bordage, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.2614⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/resf.8399⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03967070v1</w:t>
+                <w:t xml:space="preserve">hal-03280496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En quête d’une vérité oblique : les œuvres de Pierre Bordage au miroir de leurs artefacts mythographiques</w:t>
+                <w:t xml:space="preserve">Dissonance et harmonies culturelles : la mise en crise des sociétés dans la science-fiction française contemporaine (2010-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Œuvres et critiques. Revue internationale d'étude et de réception critique des œuvres littéraires de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, XIV, pp.15-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/resf.2614⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03280496v1</w:t>
+                <w:t xml:space="preserve">hal-03967104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filiation et novum temporel : le cas d’Interstellar et d’Arrival</w:t>
               </w:r>
@@ -1300,165 +1300,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03203524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écriture de Maurice Renard, en tension entre extrapolation scientifique et figuration littéraire</w:t>
+                <w:t xml:space="preserve">Des voix sans maître : déconstruire de grands récits par la dystopie (Pierre Pelot, 1977-1980)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Maurice Renard</w:t>
+              <w:t xml:space="preserve">Raison-publique.fr : arts, politique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Dossier "Littérature contre Storytelling", http://www.raison-publique.fr/article882.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01822981v1</w:t>
+                <w:t xml:space="preserve">hal-03280007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des voix sans maître : déconstruire de grands récits par la dystopie (Pierre Pelot, 1977-1980)</w:t>
+                <w:t xml:space="preserve">L’écriture de Maurice Renard, en tension entre extrapolation scientifique et figuration littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raison-publique.fr : arts, politique, société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Dossier "Littérature contre Storytelling", http://www.raison-publique.fr/article882.html</w:t>
+              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Maurice Renard</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03280007v1</w:t>
+                <w:t xml:space="preserve">hal-01822981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Toute l’horreur de l’inconnu » : la figure de l’Autre, entre fascination et rejet, dans l’anticipation française (1908-1953)</w:t>
               </w:r>
@@ -1516,312 +1516,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanley Kubrick, muse uchronique de Dreamericana</w:t>
+                <w:t xml:space="preserve">Tentation divine et humiliation du créateur en science-fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparatismes en Sorbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8</w:t>
+              <w:t xml:space="preserve">Pop-en-stock</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03963451v1</w:t>
+                <w:t xml:space="preserve">hal-03963536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tentation divine et humiliation du créateur en science-fiction</w:t>
+                <w:t xml:space="preserve">Théories fictionnelles des mondes possibles en science-fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pop-en-stock</w:t>
+              <w:t xml:space="preserve">Fabula / Les colloques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03963536v1</w:t>
+                <w:t xml:space="preserve">hal-03963509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanter la machine : reconquêtes de la conscience humaine dans le cyberpunk à la française</w:t>
+                <w:t xml:space="preserve">Stanley Kubrick, muse uchronique de Dreamericana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comparatismes en Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03280364v1</w:t>
+                <w:t xml:space="preserve">hal-03963451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théories fictionnelles des mondes possibles en science-fiction</w:t>
+                <w:t xml:space="preserve">Hanter la machine : reconquêtes de la conscience humaine dans le cyberpunk à la française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fabula / Les colloques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Imaginaire informatique et science-fiction, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.1028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03963509v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditorial</w:t>
               </w:r>
@@ -2406,485 +2406,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03983709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curval à rebours : une histoire éditoriale</w:t>
+                <w:t xml:space="preserve">L’uchronie comme histoire culturelle conjecturale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 4, </w:t>
+              <w:t xml:space="preserve">Écrire l'histoire - Histoire, Littérature, Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12, pp.133-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/resf.529⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/elh.362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03983607v1</w:t>
+                <w:t xml:space="preserve">hal-03983602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’uchronie comme histoire culturelle conjecturale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Éditorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Langlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Minne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Écrire l'histoire - Histoire, Littérature, Esthétique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/elh.362⟩</w:t>
+              <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03983602v1</w:t>
+                <w:t xml:space="preserve">halshs-03221636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Curval à rebours : une histoire éditoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 3, </w:t>
+              <w:t xml:space="preserve">, 2013, 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/resf.506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/resf.529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03221636v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03983607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Machine sensuelle à fonctionnement symbolique » : l’extraterrestre de Philippe Curval, à la confluence du surréalisme et de la science-fiction.</w:t>
+                <w:t xml:space="preserve">Sciences et Fiction à Peyresq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Minne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Bellagamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Picholle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 4, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2013, 2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03983606v1</w:t>
+                <w:t xml:space="preserve">hal-01363624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sciences et Fiction à Peyresq</w:t>
+                <w:t xml:space="preserve">« Machine sensuelle à fonctionnement symbolique » : l’extraterrestre de Philippe Curval, à la confluence du surréalisme et de la science-fiction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Picholle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 2</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/resf.531⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01363624v1</w:t>
+                <w:t xml:space="preserve">hal-03983606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les érudits de la science-fiction en France, une tradition critique endogène</w:t>
               </w:r>
@@ -4865,311 +4865,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03983731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse. Y a-t-il un imaginaire scientifique national ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse. Science-fiction : fiction spéculative ou merveilleux scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bozzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ugo Bellagamba</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rudyard Kipling et l'enchantement de la technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somnium</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.127-138, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
+              <w:t xml:space="preserve">, pp.72-80, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03358189v1</w:t>
+                <w:t xml:space="preserve">halshs-03357930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse. Science-fiction : fiction spéculative ou merveilleux scientifique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Denis</w:t>
+                <w:t xml:space="preserve">Synthèse. Y a-t-il un imaginaire scientifique national ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bozzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Ecken</w:t>
+                <w:t xml:space="preserve">Daniel Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roger Bozzetto</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katariina Roubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anouk Arnal</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Bellagamba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rudyard Kipling et l'enchantement de la technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somnium</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.72-80, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
+              <w:t xml:space="preserve">, pp.127-138, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03357930v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03358189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les romans français de science-fiction (1950-2008) : retour sur soixante ans de futurs alternatifs</w:t>
               </w:r>
@@ -5268,51 +5268,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rudyard Kipling et l'enchantement de la technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somnium</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.139-149, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5353,51 +5353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Picholle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ecken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5410,51 +5410,51 @@
                 <w:t xml:space="preserve">Estelle Blanquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rudyard Kipling et l'enchantement de la technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somnium</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.33-42, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5508,95 +5508,95 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Rumpala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Picholle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Bozzetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rudyard Kipling et l'enchantement de la technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somnium</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.106-112, 2009, Sciences &amp; Fictions à Peyresq, 978-2-9532703-1-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5605,255 +5605,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03358124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La hard science fiction, scientisme, rationalisme ou humanisme ?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La mémoire et l’avenir. L’héritage du dernier homme sur Terre : lire et relire l’avenir en science-fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">épi-revel. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">David Meulemans. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robert A. Heinlein et la pédagogie du réel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1, </w:t>
+              <w:t xml:space="preserve">La mémoire, outil et objet de connaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">https://somniumeditions.fr</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Robert A. Heinlein et la pédagogie du réel, 978-2-9532703-0-3</w:t>
+                <w:t xml:space="preserve">Aux forges de vulcain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.291-308, 2008, 2953025901</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03355540v1</w:t>
+                <w:t xml:space="preserve">hal-03983720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mémoire et l’avenir. L’héritage du dernier homme sur Terre : lire et relire l’avenir en science-fiction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La hard science fiction, scientisme, rationalisme ou humanisme ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ecken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Bellagamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bozzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bréan</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">David Meulemans. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La mémoire, outil et objet de connaissance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Robert A. Heinlein et la pédagogie du réel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux forges de vulcain</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.291-308, 2008, 2953025901</w:t>
+                <w:t xml:space="preserve">https://somniumeditions.fr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Robert A. Heinlein et la pédagogie du réel, 978-2-9532703-0-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03983720v1</w:t>
+                <w:t xml:space="preserve">hal-03355540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment créer un désir de science chez les jeunes lecteurs ?</w:t>
               </w:r>
@@ -5878,95 +5878,95 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Barbachoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robert A. Heinlein et la pédagogie du réel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://somniumeditions.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.45-55, 2008, Robert A. Heinlein et la pédagogie du réel, 978-2-9532703-0-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5981,134 +5981,134 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les techniques narratives de Robert Heinlein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Bozzetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Barbachoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">épi-revel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robert A. Heinlein et la pédagogie du réel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://somniumeditions.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.57-67, 2008, Robert A. Heinlein et la pédagogie du réel, 978-2-9532703-0-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6859,51 +6859,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="04043855"/>
+    <w:nsid w:val="C374A353"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7090,51 +7090,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-brean" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3810-5804" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/153261463" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963649v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Br&#233;an" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.11250" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967085v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Boblet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elfe.4044" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966791v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Letourneux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belphegor.3718" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967060v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.350" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966700v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912290v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.695" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963571v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.2727" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963739v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/narratologie.10466" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967104v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967070v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.8399" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280496v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.2614" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966795v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.8970" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966797v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.9398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203524v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Langlet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belphegor.1647" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822981v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280007v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966761v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.14118" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963451v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963536v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280364v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1028" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963509v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221630v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1182" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963609v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967158v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1482" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280486v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.905" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291644v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.698" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280563v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983709v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983607v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.529" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983602v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elh.362" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221636v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Minne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.506" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983606v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.531" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WPMW5H21-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363624v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Bellagamba" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Picholle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983598v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.131" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983600v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.452" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983595v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pieyre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983593v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.733.0519" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536148v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291659v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291668v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292526v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624142v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douzou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/lettres-francaises/la-science-fiction-en-france" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963678v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967121v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052123v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Picholle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://somniumeditions.fr/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966777v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.101729" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967139v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216861v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caraco" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lesage" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Kohn" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Martin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966768v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.9361" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967170v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966785v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.6723" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01709631v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983733v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pupo/1831" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.1831" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983731v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/2520/devant-la-fiction-dans-le-monde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358189v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bozzetto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katariina Roubier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epi-revel.univ-cotedazur.fr/publication/sciences-et-fictions" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03357930v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Denis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecken" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Arnal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.klincksieck.com/livre/9782252037300/les-chemins-buissonniers-du-roman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358202v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03357837v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Wagner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Raimbault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Blanquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358124v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland C. Wagner" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Rumpala" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355540v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epi-revel.univ-cotedazur.fr/publication/sciences-et-fictions" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983720v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auxforgesdevulcain.fr/collections/essais/la-memoire-outil-et-objet-de-connaissance/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355341v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Convert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Allouche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Andr&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barbachoux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355440v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969773v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Spiegel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Ch&#226;telet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.11457" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969741v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Ryan Bellamy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean O&#8217;brien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.10759" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969760v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Charles" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.10787" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969706v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Kountz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.9134" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969731v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Yeates" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.9308" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969696v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Graham Raven" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.8761" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967187v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradford Lyau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.2385" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-brean" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3810-5804" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/153261463" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963649v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Br&#233;an" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.11250" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967085v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Boblet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elfe.4044" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966791v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Letourneux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belphegor.3718" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967060v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.350" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966700v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912290v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.695" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963571v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.2727" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963739v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/narratologie.10466" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967070v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.8399" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280496v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.2614" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967104v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966795v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.8970" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966797v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.9398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203524v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Langlet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belphegor.1647" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280007v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822981v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966761v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.14118" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963536v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963509v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963451v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280364v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1028" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221630v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1182" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963609v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967158v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.1482" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280486v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.905" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291644v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.698" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280563v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983709v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983602v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elh.362" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221636v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Minne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.506" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983607v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.529" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363624v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Bellagamba" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Picholle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983606v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.531" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WPMW5H21-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983598v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.131" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983600v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.452" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983595v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pieyre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983593v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.733.0519" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536148v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291659v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291668v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292526v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624142v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douzou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/lettres-francaises/la-science-fiction-en-france" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963678v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967121v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052123v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Picholle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://somniumeditions.fr/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966777v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.101729" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967139v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216861v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caraco" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lesage" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Kohn" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Martin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966768v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.9361" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967170v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03966785v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.6723" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01709631v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983733v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pupo/1831" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.1831" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983731v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/2520/devant-la-fiction-dans-le-monde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03357930v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Denis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecken" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bozzetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Arnal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epi-revel.univ-cotedazur.fr/publication/sciences-et-fictions" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358189v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tron" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katariina Roubier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.klincksieck.com/livre/9782252037300/les-chemins-buissonniers-du-roman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358202v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03357837v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Wagner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Raimbault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Blanquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358124v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland C. Wagner" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Rumpala" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983720v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auxforgesdevulcain.fr/collections/essais/la-memoire-outil-et-objet-de-connaissance/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355540v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epi-revel.univ-cotedazur.fr/publication/sciences-et-fictions" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355341v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Convert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Allouche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Andr&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barbachoux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355440v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969773v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Spiegel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Ch&#226;telet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.11457" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969741v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Ryan Bellamy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean O&#8217;brien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.10759" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969760v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Charles" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.10787" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969706v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Kountz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.9134" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969731v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Yeates" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.9308" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969696v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Graham Raven" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.8761" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03967187v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradford Lyau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.2385" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>