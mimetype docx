--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,372 +66,372 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Filamentary and Diffuse DBD in CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; by Means of InSitu FTIR Absorption Spectroscopy</w:t>
+                <w:t xml:space="preserve">Preparation and Characterization of Nanocomposite Thin Films Containing Gold Nanoparticles by a Single-Step Atmospheric Pressure Plasma Deposition Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Bajon</w:t>
+                <w:t xml:space="preserve">Elène Bizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edmond Baratte</w:t>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dihya Sadi</w:t>
+                <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Guaitella</w:t>
+                <w:t xml:space="preserve">Sophie Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Belinger</w:t>
+                <w:t xml:space="preserve">Philippe Decorse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 129 (38), pp.16967-16976. </w:t>
+              <w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 46 (3), pp.43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5c02224⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11090-026-10655-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05338187v1</w:t>
+                <w:t xml:space="preserve">hal-05556926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the mechanisms leading to diffuse and filamentary modes in dielectric barrier discharges in N2 with N2O admixtures</w:t>
+                <w:t xml:space="preserve">Investigation of Filamentary and Diffuse DBD in CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; by Means of InSitu FTIR Absorption Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Höft</w:t>
+                <w:t xml:space="preserve">Corentin Bajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus M Becker</w:t>
+                <w:t xml:space="preserve">Edmond Baratte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manfred Kettlitz</w:t>
+                <w:t xml:space="preserve">Dihya Sadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Dap</w:t>
+                <w:t xml:space="preserve">O. Guaitella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+                <w:t xml:space="preserve">A. Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 77, pp.35. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129 (38), pp.16967-16976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjd/s10053-023-00601-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5c02224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04233851v1</w:t>
+                <w:t xml:space="preserve">hal-05338187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogeneous dielectric barrier discharge in CO 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Bajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -502,1013 +502,1017 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the dielectric thickness on the homogeneity of a diffuse dielectric barrier discharge in air</w:t>
+                <w:t xml:space="preserve">Exploring the mechanisms leading to diffuse and filamentary modes in dielectric barrier discharges in N2 with N2O admixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Belinger</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Hans Höft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus M Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Kettlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac9067⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 77, pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjd/s10053-023-00601-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03789351v1</w:t>
+                <w:t xml:space="preserve">hal-04233851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New local electrical diagnostic tool for dielectric barrier discharge (DBD)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the dielectric thickness on the homogeneity of a diffuse dielectric barrier discharge in air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Tyl</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0045654⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (46), pp.465201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac9067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777974v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space-Time Plasma-Steering Source: Control of Microwave Plasmas in Overmoded Cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mazières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Mazières</w:t>
+                <w:t xml:space="preserve">R. Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Pascal</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (5), pp.054038. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.16.054038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03439209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Electric Field Shaping With the Linear Combination of Configuration Field Method for Enhanced Spatial Control of Microwave Plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New local electrical diagnostic tool for dielectric barrier discharge (DBD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Mazieres</w:t>
+                <w:t xml:space="preserve">Céline Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Al Ibrahim</w:t>
+                <w:t xml:space="preserve">Gilles Brillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Chauviere</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Romain Pascaud</w:t>
+                <w:t xml:space="preserve">Vincent Bley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3025366⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92 (5), pp.053552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0045654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03017301v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777974v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of associative ionization reactions in the memory effect of atmospheric pressure Townsend discharges in N 2 with a small O 2 addition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transient Electric Field Shaping With the Linear Combination of Configuration Field Method for Enhanced Spatial Control of Microwave Plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mazieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xi Lin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+                <w:t xml:space="preserve">Cedric Chauviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
+                <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolay Popov</w:t>
+                <w:t xml:space="preserve">Romain Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 53 (20), pp.205201. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.177084-177091. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ab7518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3025366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286886v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03017301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal dynamics of a nanosecond pulsed microwave plasma ignited by time reversal</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The role of associative ionization reactions in the memory effect of atmospheric pressure Townsend discharges in N 2 with a small O 2 addition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pascal</w:t>
+                <w:t xml:space="preserve">Xi Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Stafford</w:t>
+                <w:t xml:space="preserve">Nikolay Popov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 29 (12), pp.125017. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (20), pp.205201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/abc9ff⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ab7518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03017413v1</w:t>
+                <w:t xml:space="preserve">hal-03286886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charging and heating processes of dust particles in an electron cyclotron resonance plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatio-temporal dynamics of a nanosecond pulsed microwave plasma ignited by time reversal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mazieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pascaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Rojo</w:t>
+                <w:t xml:space="preserve">Olivier Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Glad</w:t>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Margot</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luc Stafford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 28 (8), pp.085004. </w:t>
+              <w:t xml:space="preserve">, 2020, 29 (12), pp.125017. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab1cac⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/abc9ff⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323174v1</w:t>
+                <w:t xml:space="preserve">hal-03017413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma generation using time reversal of microwaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mazieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 115 (15), pp.154101. </w:t>
@@ -1546,1743 +1550,1873 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport of Dust Particles in Very Low-Pressure Magnetized Plasma Studied by Rapid Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Briancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Margot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 47 (7), pp.3281-3288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPS.2019.2920311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of memory effect in atmospheric pressure dielectric barrier discharge in nitrogen with small oxygen or nitric oxide addition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">X Lin</w:t>
+                <w:t xml:space="preserve">Charging and heating processes of dust particles in an electron cyclotron resonance plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Bouzidi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">J Margot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/aad472⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (8), pp.085004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab1cac⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286917v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a magnetic field on the formation of carbon dust particles in very low-pressure high-density plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of memory effect in atmospheric pressure dielectric barrier discharge in nitrogen with small oxygen or nitric oxide addition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Al Makdessi</w:t>
+                <w:t xml:space="preserve">X Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X Glad</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">M Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Rojo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+                <w:t xml:space="preserve">Hubert Caquineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 50 (15), pp.155203. </w:t>
+              <w:t xml:space="preserve">, 2018, 51 (35), pp.354001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/50/15/155203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/aad472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286937v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of atomized colloid with an ac electric field in a dielectric barrier discharge reactor used for deposition of nanocomposite coatings</w:t>
+                <w:t xml:space="preserve">Influence of a magnetic field on the formation of carbon dust particles in very low-pressure high-density plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacopo Profili</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">G Al Makdessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antoine Belinger</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 50 (7), pp.075201. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/aa515f⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 50 (15), pp.155203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/50/15/155203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03286919v1</w:t>
+                <w:t xml:space="preserve">hal-03286937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic and thermal effects of continuous microwave-sustained plasma in capillary tubes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Interaction of atomized colloid with an ac electric field in a dielectric barrier discharge reactor used for deposition of nanocomposite coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Profili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Boisse-Laporte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Leprince</w:t>
+                <w:t xml:space="preserve">Olivier Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/24/6/065007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (7), pp.075201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/aa515f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866240v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatially Modulated Emission of ECR Plasmas in Helium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrodynamic and thermal effects of continuous microwave-sustained plasma in capillary tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Durocher-Jean</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Simon Dap</w:t>
+                <w:t xml:space="preserve">J Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kremena Makasheva</w:t>
+                <w:t xml:space="preserve">C. Boisse-Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/Tps.2014.2337837⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (6), pp.309 - 327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/24/6/065007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286907v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of local power deposition and electron heating by a standing electromagnetic wave in electron-cyclotron-resonance plasma</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatially Modulated Emission of ECR Plasmas in Helium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Stafford</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Antoine Durocher-Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Stafford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kremena Makasheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.90.033106⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (10), pp.2762-2763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Tps.2014.2337837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286910v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agglomeration processes sustained by dust density waves in Ar/C2H2 plasma: From C2H2 injection to the formation of an organized structure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Evidence of local power deposition and electron heating by a standing electromagnetic wave in electron-cyclotron-resonance plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Durocher-Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Stafford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kremena Makasheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4796047⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.90.033106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284941v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agglomeration processes sustained by dust density waves in plasma: From injection to the formation of an organized structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic de Poucques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Briancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 20 (3), pp.033703. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4796047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02314404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrieving particle size and density from extinction measurement in dusty plasma, Monte Carlo inversion and Ray-tracing comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Bougdira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 128 (SI), pp.18-26. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2012.07.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieving particle size and density from extinction measurement in dusty plasma, Monte Carlo inversion and Ray-tracing comparison</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Agglomeration processes sustained by dust density waves in Ar/C2H2 plasma: From C2H2 injection to the formation of an organized structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic De Poucques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Briancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2012.07.010⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (3), 033703 / 10p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4796047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02461952v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cluster Agglomeration Induced by Dust-Density Waves in Complex Plasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Retrieving particle size and density from extinction measurement in dusty plasma, Monte Carlo inversion and Ray-tracing comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bougdira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.245002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 128, pp.18-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2012.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02314410v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cluster Agglomeration Induced by Dust-Density Waves in Complex Plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic de Poucques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Briancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (24), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.245002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agglomeration processes in carbonaceous dusty plasmas, experiments and numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Patisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Patisson</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">R. Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. de Poucques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 12 (9), pp.093014. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1367-2630/12/9/093014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02317628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3292,6632 +3426,6632 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse de couches nanocomposites à pression atmosphérique par procédé plasma associé à un aérosol de solution de sels d’or</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elene Bizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRN Nanomatériaux Multifonctionnels Contrôlés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative radiative state densities analysis for plasma diagnostics in argon and carbon dioxide discharges</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Diffuse DBD memory effect in air: surface and volume mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Stafford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Low Temperature Plasma Diagnostics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Prague (Czech Republic), Czech Republic</w:t>
+              <w:t xml:space="preserve">HAKONE XVIII (18th International Symposium On High Pressure Low Temperature Plasma Chemistry)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Abano - Padoua, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700512v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffuse DBD memory effect in air: surface and volume mechanisms</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of filamentary and diffuse DBD in CO2 by optical emission spectroscopy and in-situ FTIR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dihya Sadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Baratte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guaitella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Prokop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HAKONE XVIII (18th International Symposium On High Pressure Low Temperature Plasma Chemistry)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Abano - Padoua, Italy</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Abano Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700349v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse de couches minces nanocomposites métal/polymère par procédé plasma à pression atmosphérique combiné à un aérosol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">How to obtain an Atmospheric Pressure Townsend Discharges (APTD) in various molecular gases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRN Nanomatériaux Multifonctionnels Contrôlés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">CAP Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, London, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491310v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of filamentary and diffuse DBD in CO2 by optical emission spectroscopy and in-situ FTIR spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin Bajon</w:t>
+                <w:t xml:space="preserve">Synthèse de couches minces nanocomposites métal/polymère par procédé plasma à pression atmosphérique combiné à un aérosol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elene Bizeray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dihya Sadi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HAKONE XVIII (18th International Symposium On High Pressure Low Temperature Plasma Chemistry)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Abano Padova, Italy</w:t>
+              <w:t xml:space="preserve">IRN Nanomatériaux Multifonctionnels Contrôlés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700377v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to obtain an Atmospheric Pressure Townsend Discharges (APTD) in various molecular gases?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Diffuse Dielectric Barrier Discharges at atmospheric pressure: Technical and Scientific locks for thin film deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Caquineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAP Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, London, Canada</w:t>
+              <w:t xml:space="preserve">Plasma Tech 2024 (Plasma Processing and Technology International Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700321v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffuse Dielectric Barrier Discharges at atmospheric pressure: Technical and Scientific locks for thin film deposition</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Relative radiative state densities analysis for plasma diagnostics in argon and carbon dioxide discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Hoder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zdenek Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Prokop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Tech 2024 (Plasma Processing and Technology International Conference)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Frontiers in Low Temperature Plasma Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700329v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-step aerosol-assisted atmospheric pressure plasma deposition of hybrid nanocomposite thin films containing gold nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Décharge à Barrière Diélectrique à pression atmosphérique dans l’azote pour la synthèse de couches minces nanocomposites par la réduction de sels d’or</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elene Bizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Thin Film International Union Meeting (Plathinium)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Antibes, France</w:t>
+              <w:t xml:space="preserve">IRN Nanomatériaux Multifonctionnels Contrôlés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700471v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturised Atmospheric Pressure Townsend Discharges in Nitrogen/Nitrous Oxide Gas Mixtures: Role of Associative Ionisation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Impact of the memory effect on the homogeneity of a Townsend Dielectric Barrier Discharge in air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Lina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Sammier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D Loffhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Gas Discharges and Their Application</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Greifswald, Germany</w:t>
+              <w:t xml:space="preserve">25th International Symposium on Plasma Chemistry (ISPC25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700448v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the memory effect on the homogeneity of a Townsend Dielectric Barrier Discharge in air</w:t>
+                <w:t xml:space="preserve">Miniaturised Atmospheric Pressure Townsend Discharges in Nitrogen/Nitrous Oxide Gas Mixtures: Role of Associative Ionisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Belinger</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Hans Höft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus M Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Kettlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Loffhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Plasma Chemistry (ISPC25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">International Conference on Gas Discharges and Their Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700435v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffuse dielectric barrier discharges in air. Do we have a memory effect?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Stafford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIII. International Conference on Gas Discharges and Their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décharge à Barrière Diélectrique à pression atmosphérique dans l’azote pour la synthèse de couches minces nanocomposites par la réduction de sels d’or</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Single-step aerosol-assisted atmospheric pressure plasma deposition of hybrid nanocomposite thin films containing gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elene Bizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRN Nanomatériaux Multifonctionnels Contrôlés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">Plasma Thin Film International Union Meeting (Plathinium)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491320v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRE-IONIZATION IN ATMOSPHERIC PRESSURE TOWNSEND DISCHARGES (APTD): SURFACE VS VOLUME MECHANISMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The importance of pre-ionization on surface and volume for Atmospheric Pressure Townsend Discharges (APTD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Höft</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manfred Kettlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Symposium on High Pressure Low Temperature Plasma Chemistry (HAKONE XVII )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Kerkrade, Netherlands</w:t>
+              <w:t xml:space="preserve">The XXV Europhysics Conference on the Atomic and Molecular Physics of Ionized Gases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03798398v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of pre-ionization on surface and volume for Atmospheric Pressure Townsend Discharges (APTD)</w:t>
+                <w:t xml:space="preserve">Dielectric barrier discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Tyl</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XXV Europhysics Conference on the Atomic and Molecular Physics of Ionized Gases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">17th International Symposium on High Pressure Low Temperature Plasma Chemistry (HAKONE XVII )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Kerkrade, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03799269v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric barrier discharges</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Dielectric Barrier Discharge in CO2: electrical and optical characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guaitella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Hoder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Symposium on High Pressure Low Temperature Plasma Chemistry (HAKONE XVII )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kerkrade, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03798331v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric Barrier Discharge in CO2: electrical and optical characterization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence of the dielectric on a Diffuse Dielectric Barrier Discharge in air at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Sammier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Symposium on High Pressure Low Temperature Plasma Chemistry (HAKONE XVII )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kerkrade, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03798362v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the dielectric on a Diffuse Dielectric Barrier Discharge in air at atmospheric pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PRE-IONIZATION IN ATMOSPHERIC PRESSURE TOWNSEND DISCHARGES (APTD): SURFACE VS VOLUME MECHANISMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Belinger</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hans Höft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Kettlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Symposium on High Pressure Low Temperature Plasma Chemistry (HAKONE XVII )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Kerkrade, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03798375v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave plasma source in overmoded cavity: space-time plasma steering source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Mazières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plathinium 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, virtual, France. pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374838v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time reversal plasmas as a versatile space-time patterning deposition method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mazières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 16th Nanotechnology Materials and Devices Conference (NMDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Vancouver, Canada. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NMDC50713.2021.9677515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03765762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical diagnostics for Dielectric Barrier Discharges: from integrated measurements to spatially resolved measurements. Benefits for plasma processes at atmospheric pressure?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Processing and Technology International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space-Time Plasma Steering Source: Synthesis and Outlooks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Mazières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Stafford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Al Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIV General Assembly and Scientific Symposium (GASS) of the International Union of Radio Science (Union Radio Scientifique Internationale-URSI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Rome, Italy. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/URSIGASS51995.2021.9560460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373220v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical diagnostics for Dielectric Barrier Discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plathinium 2021 (Plasma Thin Film International Union Meeting)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle spatial et temporel d’un claquage micro-onde en cavité métallique à basse pression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mazieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ères rencontres scientifiques plasmas froids et lasers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02526868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle spatial et temporel d’un claquage micro-onde par retournement temporel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mazieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée Générale du GdR Ondes 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02526856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breakdown and plasma formation in reactive nonthermal plasmas at atmospheric pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Brandenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Höft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manfred Kettlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIV International Conference on Phenomena in Ionized Gases (XXXIV ICPIG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Hokkaido, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local electrical diagnostics of a homogeneous Dielectric Barrier Discharge at atmospheric pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kettlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Höft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on High Pressure Low Temperature Plasma Chemistry (HaKone XVI), Sept. 2-7, 2018, Beijing (CHINA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03964762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical study of memory effect in homogeneous atmospheric pressure dielectric barrier discharges in N2/O2 and N2/NO mixtures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of memory effect in a Townsend discharge : quantification of species by laser induced fluorescence spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Tyl</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on High Pressure Low Temperature Plasma Chemistry (HaKone XVI), Sept. 2-7, 2018, Beijing (CHINA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987799v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth mechanisms of carbon nanoparticles in low-pressure magnetically confined plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Margot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Al Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Surfaces, Coatings and Nanostructured Materials (NANOSMAT-Africa), Nov. 19-23, 2018, CapeTown (SOUTH AFRICA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, CapeTown, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of memory effect in a Townsend discharge : quantification of species by laser induced fluorescence spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical study of memory effect in homogeneous atmospheric pressure dielectric barrier discharges in N2/O2 and N2/NO mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ségur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on High Pressure Low Temperature Plasma Chemistry (HaKone XVI), Sept. 2-7, 2018, Beijing (CHINA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987798v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a 0D model to investigate the plasma chemistry in a Townsend discharge in the mixture N2/O2 : role of the associative ionization mechanisms in the memory effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Tyl</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on High Pressure Low Temperature Plasma Chemistry (HaKone XVI), Sept. 2-7, 2018, Beijing (CHINA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03987802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric Pressure Townsend Discharge : Influence of barrier material on the memory effect in N2 at low frequency and in air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th E‌urophysics Conference on the Atomic and Molecular Physics of Ionized Gases (ESCAMPIG XXIV), July 17-21, 2018, Glasgow (UK)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03987803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local electrical diagnostics of a homogeneous Dielectric Barrier Discharge at atmospheric pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kettlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Höft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th E‌urophysics Conference on the Atomic and Molecular Physics of Ionized Gases (ESCAMPIG XXIV), July 17-21, 2018, Glasgow (UK)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03964763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of ion and electron fluxes to the walls in very low-pressure electron cyclotron resonance plasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Dust formation and Transportation transport in ECR plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Glad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Briançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Margot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry (ISPC 23), July 30-Aug. 4, 2017, Montreal (CANADA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry (ISPC 23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03954590v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dust formation and Transportation transport in ECR plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rojo</w:t>
+                <w:t xml:space="preserve">Dusty Plasmas and Cosmic Dust : the 3PCkeys Project in Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Joblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kremena Makasheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Glad</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J. Margot</w:t>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Sabbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Demyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry (ISPC 23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">International Conference on Energetic Processing Of Large Molecules and interstellar dust (EPoLM -3), June 12-16, 2017, Toulouse (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977234v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03954588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dusty Plasmas and Cosmic Dust : the 3PCkeys Project in Toulouse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kremena Makasheva</w:t>
+                <w:t xml:space="preserve">Memory effect in a Dielectric Barrier Discharge in N2/O2 mixture : absolute atom density measurements by Two-photon Absorption Laser-Induced Fluorescence (TALIF) spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Clergereaux</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Energetic Processing Of Large Molecules and interstellar dust (EPoLM -3), June 12-16, 2017, Toulouse (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">XXXIII International Conference on Phenomena in Ionized Gases (ICPIG 2017), July 9-14, 2017, Estoril (PORTUGAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Estoril, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03954588v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory effect in a Dielectric Barrier Discharge in N2/O2 mixture : absolute atom density measurements by Two-photon Absorption Laser-Induced Fluorescence (TALIF) spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Memory effect in a dielectric barrier discharge in N2 : phenomena in the gas bulk versus phenomena on the dielectrics surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Tyl</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIII International Conference on Phenomena in Ionized Gases (ICPIG 2017), July 9-14, 2017, Estoril (PORTUGAL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Estoril, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987801v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory effect in a dielectric barrier discharge in N2 : phenomena in the gas bulk versus phenomena on the dielectrics surfaces</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Study of ion and electron fluxes to the walls in very low-pressure electron cyclotron resonance plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Gaboriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIII International Conference on Phenomena in Ionized Gases (ICPIG 2017), July 9-14, 2017, Estoril (PORTUGAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Estoril, Portugal</w:t>
+              <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry (ISPC 23), July 30-Aug. 4, 2017, Montreal (CANADA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987800v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03954590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth mechanisms of carbon nanoparticles in low-pressure magnetically confined plasmas</w:t>
+                <w:t xml:space="preserve">Perte de Confinement due à l’Anisotropie du Champ Magnétique dans un Plasma excité à la Résonance Cyclotronique Électronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Margot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Gaboriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Nanostructures and Nanomaterials Self -Assembly (NanoSEA 2016), July 3-8, 2016, Giardini Naxos (ITALY)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Giardini Naxos, Italy</w:t>
+              <w:t xml:space="preserve">14ème Congrès de la Société Française de Physique Division Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04165058v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the Local Current in Homogeneous Dielectric Barrier Discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Tyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th High Pressure Low Temperature Plasma Chemistry Symposium, Sept 11-16, 2016, Brno (CZECH REPUBLIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03966282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perte de Confinement due à l’Anisotropie du Champ Magnétique dans un Plasma excité à la Résonance Cyclotronique Électronique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Growth mechanisms of carbon nanoparticles in low-pressure magnetically confined plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Margot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Glad</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Congrès de la Société Française de Physique Division Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">6th International Conference on Nanostructures and Nanomaterials Self -Assembly (NanoSEA 2016), July 3-8, 2016, Giardini Naxos (ITALY)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Giardini Naxos, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998444v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and transport of dust particles in ECR acetylene plasmas</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Synthesis of silica-like coatings containing metal-oxide NPs by nitrogen-based DBD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Profili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Koronai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. L. Briançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Conference on Phenomena Ionized gases (ICPIG 2015), July 26-31, 2015, Iasi (ROMANIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Iasi, Romania</w:t>
+              <w:t xml:space="preserve">22nd International Symposium on Plasma Chemistry (ISPC 22), July 5-10, 2015, Antwerp (BELGIUM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Antwerp, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977285v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of silica-like coatings containing metal-oxide NPs by nitrogen-based DBD</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Émission d'un continuum dans les plasmas poudreux : Signature des espèces en présence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Champouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Symposium on Plasma Chemistry (ISPC 22), July 5-10, 2015, Antwerp (BELGIUM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Antwerp, Belgium</w:t>
+              <w:t xml:space="preserve">Réunion plénière du GDR SUIE, 26-28 Octobre 2015, Rouen (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987804v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émission d'un continuum dans les plasmas poudreux : Signature des espèces en présence ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Formation of dust particles in low-pressure magnetized plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Al Makdessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Margot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion plénière du GDR SUIE, 26-28 Octobre 2015, Rouen (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rouen, France</w:t>
+              <w:t xml:space="preserve">20th International colloquium on plasma processes (CIP 2015), June 1-5, 2015, Saint-Étienne (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998476v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of dust particles in low-pressure magnetized plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation et transport de poudres en plasma basse pression magnétisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Briançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Glad</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International colloquium on plasma processes (CIP 2015), June 1-5, 2015, Saint-Étienne (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Saint-Étienne, France</w:t>
+              <w:t xml:space="preserve">Colloque Plasma-Québec, Juin 2015, Montréal (CANADA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977241v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation et transport de poudres en plasma basse pression magnétisé</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Techniques for ex-situ analysis of dust particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Glad</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Plasma-Québec, Juin 2015, Montréal (CANADA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Cosmic Dust : Coordination Meeting Nanocosmos -3PC- Astromol projects, dec. 2015, Toulouse (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998471v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Techniques for ex-situ analysis of dust particles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of dust particle formation in low-pressure C 2H2 ECR plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Al Makdessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Glad</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Margot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cosmic Dust : Coordination Meeting Nanocosmos -3PC- Astromol projects, dec. 2015, Toulouse (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">42nd European Physical Society Conference on Plasma Physics (EPS 2015), June 22-26, 2015, Lisbon (PORTUGAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977286v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of dust particle formation in low-pressure C 2H2 ECR plasmas</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Memory effect in Atmospheric Pressure Townsend Discharge in N2 and in air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Clergereaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Margot</w:t>
+                <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd European Physical Society Conference on Plasma Physics (EPS 2015), June 22-26, 2015, Lisbon (PORTUGAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">The XXXII edition of the International Conference of Phenomena in Ionized Gases (ICPIG 2015), July 26-31, 2015, Iasi (ROMANIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Iasi, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977284v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory effect in Atmospheric Pressure Townsend Discharge in N2 and in air</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Formation and transport of dust particles in ECR acetylene plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Margot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Briançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XXXII edition of the International Conference of Phenomena in Ionized Gases (ICPIG 2015), July 26-31, 2015, Iasi (ROMANIA)</w:t>
+              <w:t xml:space="preserve">The International Conference on Phenomena Ionized gases (ICPIG 2015), July 26-31, 2015, Iasi (ROMANIA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Iasi, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03966284v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of ablated nanoparticles in low pressure magnetized plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Margot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Cold Plasmas and Astrochemistry : Gas and Dust, July 7-8, 2014, Madrid (SPAIN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of and reactivity on carbon dust particles in a cold plasma</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Injection de nanoparticules dans un plasma magnétisé à basse pression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Richard Clergereaux</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Margot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion plénière du GDR SUIE, Decembre 2014, Besançon (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Besançon, France</w:t>
+              <w:t xml:space="preserve">Atelier Sources d'agrégats et d'ions : développements et applications, Septembre 2014, Toulouse (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998472v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie rapide d’un plasma poudreux de C2H2 excité par résonance cyclotronique électronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. L. Briançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rojo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du réseau plasmas froids du CNRS, La Rochelle (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03998469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Injection de nanoparticules dans un plasma magnétisé à basse pression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Formation of and reactivity on carbon dust particles in a cold plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Glad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Clergereaux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Margot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Sources d'agrégats et d'ions : développements et applications, Septembre 2014, Toulouse (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Réunion plénière du GDR SUIE, Decembre 2014, Besançon (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998473v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of seed electrons in atmospheric pressure Townsend discharges in nitrogen/oxygen mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Hotmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Caquineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hakone XIV, 14th International Symposium on High Pressure Low Temperature Plasma Chemistry, September 21-26, 2014, Zinnowitz (GERMANY)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Zinnowitz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics of micro-plasmas generated by surface wave in capillary tubes, experiments and modeling of the plasma and the gas flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi D. Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boisse-Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31-st ICPIG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01866435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-plasmas continuously sustained in capillary tubes: Development, characterization and optimization for chemical species production under microfluidic flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi D. Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boisse-Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19-th ICV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01866441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9927,1013 +10061,1013 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal/polymer nanocomposite coatings deposition by using an atmospheric pressure plasma combined with an aerosolized precursor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Synthesis of metal/polymer nanocomposite thin film through interaction of a gold salt solution aerosol with a Dielectric Barrier Discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elene Bizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Nanotechnology (IEEE Nano)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Gijon, Spain</w:t>
+              <w:t xml:space="preserve">ESCAMPIG XXVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Brno (Rép. Tchèque), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700386v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of metal/polymer nanocomposite thin film by using an aerosol- assisted atmospheric pressure plasma process</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">CO2 conversion in Townsend and filamentary DBD at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dihya Sadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Baratte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guaitella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HAKONE XVIII (18th International Symposium On High Pressure Low Temperature Plasma Chemistry)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Abano - Padoua, Italy</w:t>
+              <w:t xml:space="preserve">ESCAMPIG XXVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Brno (Rép. Tchèque), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700344v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO2 conversion in Townsend and filamentary DBD at atmospheric pressure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin Bajon</w:t>
+                <w:t xml:space="preserve">Memory effect of a diffuse dielectric barrier discharge obtained in air: surface and volume mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dihya Sadi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Stafford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESCAMPIG XXVI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2024, Brno (Rép. Tchèque), Czech Republic</w:t>
+              <w:t xml:space="preserve">, Jul 2024, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700496v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of metal/polymer nanocomposite thin film through interaction of a gold salt solution aerosol with a Dielectric Barrier Discharge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Metal/polymer nanocomposite coatings deposition by using an atmospheric pressure plasma combined with an aerosolized precursor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elene Bizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAMPIG XXVI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Brno (Rép. Tchèque), Czech Republic</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Nanotechnology (IEEE Nano)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Gijon, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700406v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory effect of a diffuse dielectric barrier discharge obtained in air: surface and volume mechanisms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Synthesis of metal/polymer nanocomposite thin film by using an aerosol- assisted atmospheric pressure plasma process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elene Bizeray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAMPIG XXVI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Brno, Czech Republic</w:t>
+              <w:t xml:space="preserve">HAKONE XVIII (18th International Symposium On High Pressure Low Temperature Plasma Chemistry)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Abano - Padoua, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700487v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric Pressure Townsend Discharges (APTD) in various molecular gases: pre-ionisation mechanisms?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Single-step aerosol-assisted atmospheric pressure plasma deposition of hybrid nanocomposite thin films containing gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elene Bizeray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorenza Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Plasma Chemistry (ISPC25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">MRS Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700427v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-step aerosol-assisted atmospheric pressure plasma deposition of hybrid nanocomposite thin films containing gold nanoparticles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Atmospheric Pressure Townsend Discharges (APTD) in various molecular gases: pre-ionisation mechanisms?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Tyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Boston, United States</w:t>
+              <w:t xml:space="preserve">25th International Symposium on Plasma Chemistry (ISPC25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700480v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Townsend Dielectric Barrier Discharge in CO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Bajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guaitella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Hoder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXV ICPIG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Egmond aan Zee, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10943,114 +11077,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude numérique et expérimentale de la détection et la formation de poussières carbonées dans un plasma radio fréquence en mélange Ar/C2H2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cond-mat.other]. Université de Lorraine, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012LORR0084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01749293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId228"/>
+      <w:footerReference w:type="default" r:id="rId233"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11197,51 +11331,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338187v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bajon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Baratte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dihya Sadi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guaitella" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belinger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c02224" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233851v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans H&#246;ft" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M Becker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Kettlitz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dap" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naud&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-023-00601-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04514667v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bajon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Belinger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Guaitella" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hoder" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/acc9d9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789351v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Belinger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9067" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777974v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tyl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Martin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combettes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brillat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0045654" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439209v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mazi&#232;res" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pascal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pascaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Liard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.16.054038" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017301v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazieres" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Ibrahim" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chauviere" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pascaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3025366" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286886v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Lin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gherardi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Popov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab7518" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017413v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Clergereaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Stafford" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abc9ff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323174v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rojo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Glad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Margot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab1cac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323160v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5126198" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323198v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Briancon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Margot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2019.2920311" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286917v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tyl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Lin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bouzidi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Caquineau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aad472" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286937v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Al Makdessi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Glad" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rojo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/50/15/155203" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286919v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Profili" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levasseur" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aa515f" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866240v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Leroy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Andrieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boisse-Laporte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leprince" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/6/065007" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286907v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Durocher-Jean" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremena Makasheva" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Tps.2014.2337837" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286910v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durocher-Jean" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stafford" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.90.033106" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284941v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hugon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic De Poucques" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Briancon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4796047" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314404v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Poucques" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284947v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bougdira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.010" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70J47G1K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461952v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bougdira" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314410v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.245002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317628v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Patisson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Poucques" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/9/093014" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491304v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elene Bizeray" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenza Fanelli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700512v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Hoder" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenek Navratil" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Prokop" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700349v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haton" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491310v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700377v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guaitella" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700321v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700329v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700471v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700448v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Loffhagen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700435v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lina" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Sammier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700465v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491320v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798398v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799269v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798331v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798362v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798375v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Sammier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374838v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mazi&#232;res" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pascaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765762v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazi&#232;res" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC50713.2021.9677515" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324353v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373220v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Stafford" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bonnet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al Ibrahim" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/URSIGASS51995.2021.9560460" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799295v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526868v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526856v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700548v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Brandenburg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964762v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kettlitz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#246;ft" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987799v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Bouzidi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;gur" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977191v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Al Makdessi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987798v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987802v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987803v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laurent" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964763v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954590v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Gaboriau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977234v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Brian&#231;on" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954588v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Joblin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Sabbah" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Demyk" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987801v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987800v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165058v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966282v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roustit" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998444v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977285v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Glad" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987804v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koronai" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998476v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Champouret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977241v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998471v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977286v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977284v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966284v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977287v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998472v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998469v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998473v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977063v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hotmar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866435v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi D. Stancu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leprince" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866441v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leroy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700386v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;rard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700344v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700496v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700406v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700487v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700427v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700480v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700420v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749293v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0084" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#232;ne Bizeray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Belinger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dap" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nowak" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-026-10655-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338187v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bajon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Baratte" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dihya Sadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guaitella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belinger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c02224" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04514667v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bajon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Belinger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Guaitella" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hoder" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/acc9d9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233851v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans H&#246;ft" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M Becker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Kettlitz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naud&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-023-00601-z" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789351v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9067" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439209v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mazi&#232;res" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pascal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pascaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Liard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.16.054038" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777974v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tyl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combettes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brillat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0045654" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017301v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazieres" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Ibrahim" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chauviere" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pascaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3025366" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286886v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Lin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gherardi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Popov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab7518" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017413v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Clergereaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Stafford" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abc9ff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323160v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5126198" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323198v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rojo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Glad" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Briancon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Margot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2019.2920311" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323174v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Margot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab1cac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286917v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tyl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Lin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bouzidi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Caquineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aad472" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286937v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Al Makdessi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Glad" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rojo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/50/15/155203" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286919v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Profili" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levasseur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aa515f" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866240v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Leroy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Andrieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boisse-Laporte" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leprince" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/6/065007" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286907v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Durocher-Jean" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremena Makasheva" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Tps.2014.2337837" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286910v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durocher-Jean" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stafford" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.90.033106" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314404v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hugon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Poucques" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Briancon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4796047" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bougdira" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.010" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70J47G1K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284941v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic De Poucques" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461952v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bougdira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314410v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.245002" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Patisson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Poucques" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/9/093014" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491304v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elene Bizeray" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenza Fanelli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700349v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700377v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guaitella" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Prokop" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700321v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491310v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700329v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700512v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Hoder" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenek Navratil" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491320v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700435v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lina" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Sammier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700448v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Loffhagen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700465v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700471v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799269v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798331v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798362v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798375v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Sammier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798398v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374838v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mazi&#232;res" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pascaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765762v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazi&#232;res" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC50713.2021.9677515" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324353v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373220v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Stafford" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bonnet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al Ibrahim" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/URSIGASS51995.2021.9560460" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799295v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526868v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526856v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700548v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Brandenburg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964762v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kettlitz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#246;ft" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987798v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977191v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Al Makdessi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987799v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Bouzidi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;gur" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987802v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987803v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laurent" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964763v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977234v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Brian&#231;on" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954588v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Joblin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Sabbah" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Demyk" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987801v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987800v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954590v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Gaboriau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998444v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966282v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roustit" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165058v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987804v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koronai" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998476v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Champouret" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977241v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998471v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977286v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977284v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966284v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977285v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Glad" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977287v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998473v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998469v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998472v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977063v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hotmar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866435v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi D. Stancu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leprince" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866441v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leroy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700406v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700496v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700487v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700386v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;rard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700344v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700480v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700427v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700420v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749293v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0084" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>