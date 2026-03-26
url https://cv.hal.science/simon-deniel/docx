--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -535,320 +535,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychology of Addictions in Therapeutic Communities: assessing and understanding cognitive recovery through a residential treatment of substance use disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addiction treatment and the complexity of neuropsychological functioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susie Longbottom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Quételard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Héloïse Jaunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Addictive Behaviours and Dependencies (Lisbon Addictions 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">18th European conference of the European Federation of Therapeutic Communities (EFTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03879280v1</w:t>
+                <w:t xml:space="preserve">hal-03796650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addiction treatment and the complexity of neuropsychological functioning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuropsychology of Addictions in Therapeutic Communities: assessing and understanding cognitive recovery through a residential treatment of substance use disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Deniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quételard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïlys Miquel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Louise Quételard</w:t>
+                <w:t xml:space="preserve">Stéphane Lozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Jaunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European conference of the European Federation of Therapeutic Communities (EFTC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">European Conference on Addictive Behaviours and Dependencies (Lisbon Addictions 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03796650v1</w:t>
+                <w:t xml:space="preserve">hal-03879280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la neuropsychologie expérimentale à la clinique : le projet NeuroAddiCT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Jaunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Quételard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -955,64 +955,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Jaunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quételard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'Hiver 2022 de la Société de Neuropsychologie de Langue Française (SNLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
@@ -1035,277 +1035,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03879310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addiction therapeutic communities residents' neuropsychological functioning at entry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuropsychologie des addictions en communautés thérapeutiques : les ateliers de remédiation cognitive comme outil supplémentaire pour s'éloigner des consommations et se réinsérer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Jaunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Quételard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd world congress of the International Society for Biomedical Research on Alcoholism and the European Society for Biomedical Research on Alcoholism (ISBRA-ESBRA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cracovie, Poland</w:t>
+              <w:t xml:space="preserve">14ème colloque de l'Association Francophone de Remédiation Cognitive (AFRC) : Motivation et remédiation cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03796678v1</w:t>
+                <w:t xml:space="preserve">hal-03796511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychologie des addictions en communautés thérapeutiques : les ateliers de remédiation cognitive comme outil supplémentaire pour s'éloigner des consommations et se réinsérer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addiction therapeutic communities residents' neuropsychological functioning at entry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Deniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Quételard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème colloque de l'Association Francophone de Remédiation Cognitive (AFRC) : Motivation et remédiation cognitive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">2nd world congress of the International Society for Biomedical Research on Alcoholism and the European Society for Biomedical Research on Alcoholism (ISBRA-ESBRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03796511v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03796678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les capacités émotionnelles des résidents accueillis en communautés thérapeutiques : mieux comprendre pour mieux accompagner</w:t>
               </w:r>
@@ -1317,64 +1317,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Jaunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quételard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1429,90 +1429,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plus-value du résidentiel, se donner le temps d'agir dans la durée : une rencontre à l'interface recherche-clinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quételard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susie Longbottom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème congrès de la Fédération Addiction : Soigner au temps des addictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération Addiction, May 2022, Grenoble, France</w:t>
@@ -1996,77 +1996,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la SFA - trajectoires et processus de soins des patients en alcoologie : vers une approche multidimensionnelle intégrative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
@@ -2134,64 +2134,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susie Longbottom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Quételard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Conference European Society for Biomedical Research on Alcoholism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Timișoara, Romania. </w:t>
@@ -2272,51 +2272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Benaceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susie Longbottom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Quételard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Journées d’étude du GREPACO. Addictions : diversité des pratiques et des approches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Caen, France. </w:t>
@@ -2403,77 +2403,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quételard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Quételard</w:t>
+                <w:t xml:space="preserve">Maïlys Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2688,51 +2688,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FC672BC4"/>
+    <w:nsid w:val="544C383A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2919,51 +2919,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-deniel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2488-0001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261299v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montcharmont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100362" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390191v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248214v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delarue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Jaunet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susie Longbottom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879280v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Qu&#233;telard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loz&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796650v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Miquel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605806v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879310v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796678v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourguignon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796511v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675967v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675410v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474631v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338222v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248308v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acer.70063" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05142469v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057494v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371946v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337935v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Benaceur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037341v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04288577v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023NORMC018" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-deniel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2488-0001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261299v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montcharmont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100362" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390191v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248214v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delarue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Jaunet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susie Longbottom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796650v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Miquel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Qu&#233;telard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879280v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loz&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605806v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879310v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796511v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796678v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourguignon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675967v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675410v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474631v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338222v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248308v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acer.70063" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05142469v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057494v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371946v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337935v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Benaceur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037341v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04288577v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023NORMC018" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>