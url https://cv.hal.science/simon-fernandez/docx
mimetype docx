--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Simon Fernandez </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur Post-Doc</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">simon-fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3745-0868</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bypassing Audio reCAPTCHA with Automatic Speech Recognition Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Devoivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Carron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE European Symposium on Security and Privacy Workshops (EuroS&PW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Venice, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuroSPW67616.2025.00032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05489792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Impact of Design Decisions on Passive DNS-Based Domain Rankings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom van Goethem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samaneh Tajalizadehkhoob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieven Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 8th Network Traffic Measurement and Analysis Conference (TMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Dresden, France. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/TMA62044.2024.10559182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shielding Brands: An In-depth Analysis of Defensive Domain Registration Practices against Cyber-squatting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Chukwuemeka Benjamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Bayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczyński</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 8th Network Traffic Measurement and Analysis Conference (TMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Dresden, Germany. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/TMA62044.2024.10559000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WHOIS Right? An Analysis of WHOIS and RDAP Consistency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Passive and Active Network Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Virtual Event, United States. pp.206-231, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56249-5_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the Weak Links: Exploring DNS Infrastructure Vulnerabilities and Fortifying Defenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yevheniya Nosyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczyński</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE European Symposium on Security and Privacy Workshops (EuroS&amp;PW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Delft, Netherlands. pp.546-557, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuroSPW59978.2023.00067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Detection of Spam Domains with Passive DNS and SPF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczyński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Passive and Active Network Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Virtual Event, Netherlands. pp.30-49, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-98785-5_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Identifiers and DNS Names for IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Amoretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Restori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Conference on Computer Communications and Networks (ICCCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2021, Athens, Greece. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCCN52240.2021.9522285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WHOIS Right? - Dataset Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:67e124f033ea25682b2f9098a6ac8a0e938a3cb8;origin=https://github.com/drakkar-lig/whois-right-dataset;visit=swh:1:snp:47ce58d56c4f4339670f652de2c22db15266adff;anchor=swh:1:rev:d44ca350efd7f06f821600cbe9215aee4331f0a4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId42"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Simon Fernandez </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur Post-Doc</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">simon-fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3745-0868</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bypassing Audio reCAPTCHA with Automatic Speech Recognition Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Devoivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Carron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE European Symposium on Security and Privacy Workshops (EuroS&PW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Venice, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuroSPW67616.2025.00032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05489792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shielding Brands: An In-depth Analysis of Defensive Domain Registration Practices against Cyber-squatting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Chukwuemeka Benjamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Bayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczyński</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 8th Network Traffic Measurement and Analysis Conference (TMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Dresden, Germany. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/TMA62044.2024.10559000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Impact of Design Decisions on Passive DNS-Based Domain Rankings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom van Goethem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samaneh Tajalizadehkhoob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieven Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 8th Network Traffic Measurement and Analysis Conference (TMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Dresden, France. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/TMA62044.2024.10559182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WHOIS Right? An Analysis of WHOIS and RDAP Consistency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Passive and Active Network Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Virtual Event, United States. pp.206-231, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56249-5_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the Weak Links: Exploring DNS Infrastructure Vulnerabilities and Fortifying Defenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yevheniya Nosyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczyński</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE European Symposium on Security and Privacy Workshops (EuroS&amp;PW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Delft, Netherlands. pp.546-557, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuroSPW59978.2023.00067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Detection of Spam Domains with Passive DNS and SPF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczyński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Passive and Active Network Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Virtual Event, Netherlands. pp.30-49, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-98785-5_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Identifiers and DNS Names for IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Amoretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Restori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Korczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Duda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Conference on Computer Communications and Networks (ICCCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2021, Athens, Greece. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCCN52240.2021.9522285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WHOIS Right? - Dataset Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:67e124f033ea25682b2f9098a6ac8a0e938a3cb8;origin=https://github.com/drakkar-lig/whois-right-dataset;visit=swh:1:snp:47ce58d56c4f4339670f652de2c22db15266adff;anchor=swh:1:rev:d44ca350efd7f06f821600cbe9215aee4331f0a4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId42"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26A486B5"/>
+    <w:nsid w:val="CCF21F55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-fernandez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3745-0868" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489792v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Aubry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Devoivre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Carron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fernandez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Duda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSPW67616.2025.00032" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726356v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Le Pochat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom van Goethem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Tajalizadehkhoob" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Desmet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA62044.2024.10559182" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726348v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Chukwuemeka Benjamin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bayer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Korczy&#324;ski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA62044.2024.10559000" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593323v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hureau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Korczynski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56249-5_9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229800v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevheniya Nosyk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSPW59978.2023.00067" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655065v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98785-5_2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556306v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Amoretti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Restori" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCN52240.2021.9522285" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:67e124f033ea25682b2f9098a6ac8a0e938a3cb8;origin=https://github.com/drakkar-lig/whois-right-dataset;visit=swh:1:snp:47ce58d56c4f4339670f652de2c22db15266adff;anchor=swh:1:rev:d44ca350efd7f06f821600cbe9215aee4331f0a4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-fernandez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3745-0868" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489792v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Aubry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Devoivre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Carron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fernandez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Duda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSPW67616.2025.00032" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726348v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Chukwuemeka Benjamin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bayer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Korczy&#324;ski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA62044.2024.10559000" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726356v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Le Pochat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom van Goethem" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Tajalizadehkhoob" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Desmet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA62044.2024.10559182" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593323v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hureau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Korczynski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56249-5_9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229800v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevheniya Nosyk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSPW59978.2023.00067" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655065v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98785-5_2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556306v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Amoretti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Restori" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCN52240.2021.9522285" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:67e124f033ea25682b2f9098a6ac8a0e938a3cb8;origin=https://github.com/drakkar-lig/whois-right-dataset;visit=swh:1:snp:47ce58d56c4f4339670f652de2c22db15266adff;anchor=swh:1:rev:d44ca350efd7f06f821600cbe9215aee4331f0a4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>