--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -183,51 +183,51 @@
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, pp.e01094. </w:t>
+              <w:t xml:space="preserve">, 2026, 13 (5), pp.e01094. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/admi.202501094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -636,295 +636,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D versus 3D‐Like Electrical Behavior of MXene Thin Films: Insights from Weak Localization in the Role of Thickness, Interflake Coupling and Defects</w:t>
+                <w:t xml:space="preserve">Structural and property engineering of 2D titanium carbides (MXene) thin films using ion irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ayoub Benmoumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sophia Tangui</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie‐laure David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 652, pp.159206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202406334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.159206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767084v1</w:t>
+                <w:t xml:space="preserve">hal-04547734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and property engineering of 2D titanium carbides (MXene) thin films using ion irradiation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">2D versus 3D‐Like Electrical Behavior of MXene Thin Films: Insights from Weak Localization in the Role of Thickness, Interflake Coupling and Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Tangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rashed Aljasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Benmoumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gautron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sophia Tangui</w:t>
+                <w:t xml:space="preserve">Marie‐laure David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 652, pp.159206. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.159206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202406334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04547734v1</w:t>
+                <w:t xml:space="preserve">hal-04767084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ti 3 C 2 T x MXene Thin Films and Intercalated Species Characterized by IR-to-UV Broadband Ellipsometry</w:t>
               </w:r>
@@ -1440,295 +1440,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic optical properties of indium tin oxide thin films prepared by ion beam sputtering under oblique angle deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">p -type behavior of CrN thin films via control of point defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Febvrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Gambino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Giovannelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Babak Bakhit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hurand</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florian Maudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2022.152945⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (10), pp.104108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.105.104108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03810522v1</w:t>
+                <w:t xml:space="preserve">hal-03634525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">p -type behavior of CrN thin films via control of point defects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Le Febvrier</w:t>
+                <w:t xml:space="preserve">Anisotropic optical properties of indium tin oxide thin films prepared by ion beam sputtering under oblique angle deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Corvisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Gambino</w:t>
+                <w:t xml:space="preserve">Bertrand Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Giovannelli</w:t>
+                <w:t xml:space="preserve">Antonio Jesús Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Babak Bakhit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Hurand</w:t>
+                <w:t xml:space="preserve">Florian Maudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 105 (10), pp.104108. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 595, pp.152945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.105.104108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2022.152945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03634525v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Implantation Enhanced Exfoliation Efficiency of V2AlC Single Crystals: Implications for Large V2CTz Nanosheet Production</w:t>
               </w:r>
@@ -2246,64 +2246,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the importance of light scattering for high performances nanostructured antireflective surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Maudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2648,64 +2648,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical and nanostructural insights of oblique angle deposited layers applied for photonic coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Maudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio J. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2776,295 +2776,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructure and Physical Properties Control of Indium Tin Oxide Films Prepared at Room Temperature through Ion Beam Sputtering Deposition at Oblique Angles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simultaneous Optical and Electrical Characterization of GaN Nanowire Arrays by Means of Vis-IR Spectroscopic Ellipsometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lacroix</w:t>
+                <w:t xml:space="preserve">Eduardo Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. J. Santos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Paumier</w:t>
+                <w:t xml:space="preserve">Víctor Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 123 (22), pp.14036-14046. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b02885⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 124 (2), pp.1535-1543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b10556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326779v1</w:t>
+                <w:t xml:space="preserve">hal-02464507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Optical and Electrical Characterization of GaN Nanowire Arrays by Means of Vis-IR Spectroscopic Ellipsometry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lacroix</w:t>
+                <w:t xml:space="preserve">Nanostructure and Physical Properties Control of Indium Tin Oxide Films Prepared at Room Temperature through Ion Beam Sputtering Deposition at Oblique Angles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Blanco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Hurand</w:t>
+                <w:t xml:space="preserve">A. Corvisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Víctor Gómez</w:t>
+                <w:t xml:space="preserve">F. Paumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 124 (2), pp.1535-1543. </w:t>
+              <w:t xml:space="preserve">, 2019, 123 (22), pp.14036-14046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b10556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b02885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02464507v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephson-like dynamics of the superconducting LaAlO 3 / SrTiO 3 interface</w:t>
               </w:r>
@@ -3971,645 +3971,1270 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00755518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanadate TCO on glass substrate using CNO nanosheets as a template: effect of thickness on the film properties</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low-Temperature Crystallization of Indium-Free Transparent Conductive Niobates on Glass Using Nanosheet Seed Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrike Lüders</w:t>
+                <w:t xml:space="preserve">Anthony Saade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Berini</w:t>
+                <w:t xml:space="preserve">Arnaud Fouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian David</w:t>
+                <w:t xml:space="preserve">Christophe Cibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Duprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Luders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Workshop on Oxide Electronics (iWOE-30)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Technische Universität Darmstadt; Forschungszentrum Jülich GmbH, Sep 2024, Darmstadt, Germany</w:t>
+              <w:t xml:space="preserve">SPSSM (Structure Property relationships in Solid State Materials)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SCF, Jul 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921875v1</w:t>
+                <w:t xml:space="preserve">hal-05565346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atom-Surface Interaction Turned into a Diagnostics of Spectrally Sharp Near-Field Thermal Emission by a Surface Polariton – Comparison with Predictions of Far-Field Emissivity and with Ellipsometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. de Sousa Meneses</w:t>
+                <w:t xml:space="preserve">Low-Temperature Crystallization of Indium-Free TransparentConductive Niobates on Glass Using Nanosheet Seed Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Duprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Luders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIII th International Conference and School on Quantum Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bulgarian Academy of Sciences _ Institite of Electronics, Sep 2024, Ravda, Bulgaria</w:t>
+              <w:t xml:space="preserve">Structure Property relationships in Solid State Materials (SPSSM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SCF, Jul 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04719927v1</w:t>
+                <w:t xml:space="preserve">hal-05551317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-Field Thermal and Vacuum Fluctuations at an Interface: Experimental Attempts for a Precise Determination of Surface Resonances</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+                <w:t xml:space="preserve">Enhancing Ferroelectric and Optoelectronic Thin Film Properties: The Role of 2D Oxide Nanosheets and Substrate Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brenda Carreño-Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mathiotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Joanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classical and Quantum Fluctuations across Systems and Scales. 823. WE-Heraeus-Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WE Heraeus Foundation; Kurt Busch; Salvatore Butera; Francesco Intravaia, Dec 2024, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">MRM-J</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRS, Dec 2025, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04943472v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vanadate TCO on glass substrate using CNO nanosheets as a template: effect of thickness on the film properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie El Rami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrike Lüders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Berini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th International Workshop on Oxide Electronics (iWOE-30)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Technische Universität Darmstadt; Forschungszentrum Jülich GmbH, Sep 2024, Darmstadt, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atom-Surface Interaction Turned into a Diagnostics of Spectrally Sharp Near-Field Thermal Emission by a Surface Polariton – Comparison with Predictions of Far-Field Emissivity and with Ellipsometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIII th International Conference and School on Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bulgarian Academy of Sciences _ Institite of Electronics, Sep 2024, Ravda, Bulgaria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-Field Thermal and Vacuum Fluctuations at an Interface: Experimental Attempts for a Precise Determination of Surface Resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Fluctuations across Systems and Scales. 823. WE-Heraeus-Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WE Heraeus Foundation; Kurt Busch; Salvatore Butera; Francesco Intravaia, Dec 2024, Bad Honnef, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Elaboration of perovskite thin films with metal-insulator transition for infrared optical modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Tausch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Capon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Drevillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS FALL MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unravelling the complex optical properties of heterogeneous transparent and conducting vanadates thin films grown on a 2D nanosheet layer by the means of Spectroscopic Ellipsometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Luders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dallocchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Conference on Spectroscopic Ellipsometry (ICSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Beinjing, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transparent and conductive indium-free Vanadates crystallized at reduced temperature on glass using a 2D nanosheet seed layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Hurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Luders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dallocchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-MRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supraconductivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hurand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Supraconductivité, Poitiers - Futuroscope, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03135765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4619,114 +5244,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle de la supraconductivité à l'interface d'oxydes LaAlO3/SrTiO3 par effet de champ électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hurand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cond-mat.other]. Université Pierre et Marie Curie - Paris VI, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015PA066014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01132962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId183"/>
+      <w:footerReference w:type="default" r:id="rId196"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4873,51 +5498,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martando Rath" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mezhoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mudit Upadhyay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202501094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361604v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Roux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simond Hurand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.574285" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033067v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;rini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;mane Cheikh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Dagur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500094" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929878v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie El Rami" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hurand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baudouin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dallocchio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Coq Germanicus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.162580" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767084v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Tangui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashed Aljasmi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Benmoumen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure David" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202406334" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547734v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure David" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.159206" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05325442v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Furchner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Parker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Plaickner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c06906" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Burcea" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bouteiller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Eklund" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barbot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0137428" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715228v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ekstr&#246;m" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hurand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yildizhan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elsukova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Persson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/apxr.202300032" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Ekstr&#246;m" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Febvrier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Elsukova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per O.&#197;. Persson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2023.111864" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810522v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Corvisier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lacroix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jes&#250;s Santos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Maudet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.152945" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634525v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gambino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giovannelli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Bakhit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.104108" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799055v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Pazniak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Guignard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Wiedwald" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c01143" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340142v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boileau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baudouin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Luders" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202108047" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830011v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chommaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Renault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girardeau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Paumier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0068682" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153799v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benchakar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Yvan Bilyk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Liedl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Busby" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c06735" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621491v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Santos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Paraillous" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.014" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904636v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Loupias" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garnero" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bilyk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Morais" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.147209" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036068v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jouan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Singh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vaz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bibes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41928-020-0383-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490511v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio J. Santos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.146312" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326779v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lacroix" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Santos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corvisier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paumier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b02885" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464507v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Blanco" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor G&#243;mez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b10556" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292556v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Feuillet-Palma" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.104515" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183208v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisset" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b03976" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915184v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnero" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rochard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Magne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA01082F" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03106328v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4941672" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01498161v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biscaras" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12751" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01359306v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Biscaras" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Feuillet-Palma" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rastogi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Budhani" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06788" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755518v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bergeal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grossetete" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921875v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike L&#252;ders" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berini" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian David" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719927v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Maurin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laliotis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. de Sousa Meneses" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943472v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Laliotis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos de Sousa Meneses" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531038v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tausch" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Capon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Drevillon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Joulain" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135765v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01132962v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066014" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martando Rath" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mezhoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mudit Upadhyay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202501094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361604v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Roux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simond Hurand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.574285" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033067v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;rini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;mane Cheikh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Dagur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500094" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929878v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie El Rami" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hurand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baudouin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dallocchio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Coq Germanicus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.162580" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547734v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Benmoumen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure David" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Tangui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.159206" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767084v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashed Aljasmi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202406334" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05325442v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Furchner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Parker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Plaickner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c06906" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Burcea" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bouteiller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Eklund" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barbot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0137428" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715228v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ekstr&#246;m" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hurand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yildizhan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elsukova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Persson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/apxr.202300032" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Ekstr&#246;m" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Febvrier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Elsukova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per O.&#197;. Persson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2023.111864" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634525v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gambino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giovannelli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Bakhit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.104108" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810522v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Corvisier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lacroix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jes&#250;s Santos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Maudet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.152945" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799055v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Pazniak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Guignard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Wiedwald" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c01143" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340142v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boileau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baudouin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Luders" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202108047" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830011v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chommaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Renault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girardeau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Paumier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0068682" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153799v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benchakar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Yvan Bilyk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Liedl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Busby" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c06735" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621491v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Santos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Paraillous" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.02.014" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904636v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Loupias" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garnero" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bilyk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Morais" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.147209" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036068v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jouan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Singh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vaz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bibes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41928-020-0383-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490511v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio J. Santos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.146312" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464507v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Blanco" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor G&#243;mez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b10556" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326779v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lacroix" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Santos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corvisier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paumier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b02885" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292556v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Feuillet-Palma" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.104515" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183208v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisset" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b03976" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915184v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnero" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rochard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Magne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA01082F" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03106328v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4941672" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01498161v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biscaras" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12751" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01359306v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Biscaras" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Feuillet-Palma" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rastogi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Budhani" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06788" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755518v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bergeal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grossetete" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565346v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Saade" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fouchet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cibert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551317v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564934v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Thomas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Carre&#241;o-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathiotte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joanny" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921875v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike L&#252;ders" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian David" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719927v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Maurin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laliotis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. de Sousa Meneses" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943472v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Laliotis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos de Sousa Meneses" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531038v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tausch" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Capon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Drevillon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Joulain" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565887v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baudoin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565875v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135765v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01132962v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066014" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>