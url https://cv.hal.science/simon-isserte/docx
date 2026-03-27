--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -974,647 +974,742 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03731929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vidéo-formation et simulation pour former des entraîneurs de football : un dispositif co-construit par des chercheurs et des formateurs</w:t>
+                <w:t xml:space="preserve">L’éducation de et pour l’environnement lors de la pratique des APPN : propositions théoriques et technologiques à partir du cadre de l’anthropologie culturaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dastugue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la Recherche sur l'Intervention en Sport, Jul 2024, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Les développements durables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 21e congrès international ACAPS, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779728v1</w:t>
+                <w:t xml:space="preserve">hal-05548353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser la simulation pour former des entraîneurs sportifs : proposition théorique et illustrations empiriques à partir d’une étude de cas en football</w:t>
+                <w:t xml:space="preserve">Vidéo-formation et simulation pour former des entraîneurs de football : un dispositif co-construit par des chercheurs et des formateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faire résultat(s) dans les recherches en éducation. Pour quoi? Avec qui? Comment?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque Education Formation Travail Savoirs, Jun 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la Recherche sur l'Intervention en Sport, Jul 2024, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190735v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les technologies numériques peuvent-elle aider les entraîneurs à évaluer autrement la performance dans les sports collectifs ?</w:t>
+                <w:t xml:space="preserve">Penser la simulation pour former des entraîneurs sportifs : proposition théorique et illustrations empiriques à partir d’une étude de cas en football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Biennale de l’AFRAPS : « Education, Performance &amp; Innovation : quels sports collectifs demain ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFRAPS, May 2023, Brest, France</w:t>
+              <w:t xml:space="preserve">Faire résultat(s) dans les recherches en éducation. Pour quoi? Avec qui? Comment?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque Education Formation Travail Savoirs, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04132420v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’articulation d’objets techniques à l’émergence d’une technique d’entraînement : une étude de cas en football</w:t>
+                <w:t xml:space="preserve">Les technologies numériques peuvent-elle aider les entraîneurs à évaluer autrement la performance dans les sports collectifs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de l'ARIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">10ème Biennale de l’AFRAPS : « Education, Performance &amp; Innovation : quels sports collectifs demain ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFRAPS, May 2023, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03732029v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04132420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Former des entraîneurs à construire des actions collectives efficaces : l'apport de la vidéo-formation</w:t>
+                <w:t xml:space="preserve">De l’articulation d’objets techniques à l’émergence d’une technique d’entraînement : une étude de cas en football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International "Les Enjeux des Jeux"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès International de l'ARIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190738v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03732029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of video tools in training programs: the case of collective performance in football</w:t>
+                <w:t xml:space="preserve">Former des entraîneurs à construire des actions collectives efficaces : l'apport de la vidéo-formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème congrès international de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès International "Les Enjeux des Jeux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03731971v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integration of video tools in training programs: the case of collective performance in football</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Isserte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chaliès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19ème congrès international de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03731971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire un collectif de sportifs performant : une revue systématique de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1643,51 +1738,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème congrès international de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1697,133 +1792,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une démarche de formation à l’enseignement du football en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Recoules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AE EPS : Dossier numérique n°1 - L'innovation dans l'enseignement de l'EPS : quels sports collectifs pour demain ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser la simulation dans un continuum situationnel. Le cas de la formation des entraîneurs sportifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1833,74 +1928,87 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Octarès Editions. </w:t>
+              <w:t xml:space="preserve">N. Dangouloff et S. Chaliès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La simulation en formation professionnelle : continuums d’activités et de situations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octarès Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2025, Le travail en débats, 978-2-36630-150-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1910,114 +2018,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude d'un dispositif de formation d'entraîneurs à des usages de technologies numériques au service de l'apprentissage d'actions collectives par les joueurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Isserte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université Toulouse le Mirail - Toulouse II, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022TOU20086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04000860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2085,51 +2193,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EFE505C2"/>
+    <w:nsid w:val="49D6B06C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2316,51 +2424,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-isserte" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4958-2411" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/266359655" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/266359655" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264816v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amathieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Escrig" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Isserte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Nunez-Moscoso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tribet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530695v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Le Paven Jarno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Uhlrich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Musard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15lzk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949819v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.149.0065" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329572v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Santi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1646717" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249474v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8989" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825652v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56811/PIQ-20-0057" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731929v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Desfontaine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cavaill&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-DH41S1C8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779728v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190735v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132420v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732029v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190738v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731971v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426660v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949850v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Recoules" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167573v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04000860v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU20086" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-isserte" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4958-2411" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/266359655" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/266359655" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264816v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amathieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Escrig" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Isserte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Nunez-Moscoso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tribet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530695v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Le Paven Jarno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Uhlrich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Musard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15lzk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949819v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.149.0065" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329572v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Santi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1646717" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249474v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8989" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825652v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56811/PIQ-20-0057" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731929v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Desfontaine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cavaill&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-DH41S1C8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548353v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dastugue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779728v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190735v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132420v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732029v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190738v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731971v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426660v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949850v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Recoules" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167573v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.octares.com/accueil/318-la-simulation-en-formation-professionnelle-continuums-dactivites-et-de-situations.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04000860v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU20086" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>