--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:109.40170940171px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Simon Le Roulley </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Docteur en sociologieMaitre de Conférences en Sciences de l'éducation à l'Université Sorbonne Paris Nord - IUT Carrières Sociales de BobignyUnité de Recherche ISMEE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">simon-le-roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0004-4738-7895</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notion en débat. Droit à la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, https://geoconfluences.ens-lyon.fr/informations-scientifiques/a-la-une/notion-a-la-une/droit-a-la-ville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05362377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entraide et réciprocités en temps de crise dans un quartier populaire de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sociographe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Hors-série n° 18 (5), pp.149-157. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/graph1.hs018.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche des luttes mémorielles par les actes graphiques : l'impossible contextualisation de la violence d'Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polygraphe(s) : approches métissées des actes graphiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, pp.72-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche critique de la notion de résultats en recherche-action participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GéoProximitéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Et tout, le monde, déteste la métropole ? » Entretien avec la critique sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guironnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Delfini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Eliçabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.8019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03375145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terrorisme, violences politiques et maintien de l’ordre‪. L’ultra gauche comme cible de la terreur instituée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 154-155, pp.137-160. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jda.7173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La saturation du temps social. Éléments de réflexion sur les conditions de possibilité d’un droit au temps comme modalité d’un droit à la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations. Revue internationale de théorie critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20, [20 p.]. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/variations.863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadavre est-il encore chaud ? Étude sociologique sur la portée et l’héritage de la scène DIY punk française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.157-171. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Compte-rendu] Lionel Jacquot, Travail, gouvernementalité managériale et néolibéralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, [6 p.], [n°9]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cause commune avec Jean Duvignaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Poutot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anamnèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Jean Duvignaud, 9, pp.7-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps saturé et critique de la vie quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), pp.23-56. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030263ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lefebvre : Actualités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lariagon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Grevis, 2025, 9782492665219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la sociologie d'Henri Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le bord de l'eau, 2021, Anamnèse, 9782356877673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03382868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autogestion à l'épreuve du travail. Quelle émancipation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chambost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cleach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Moatty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion, 2020, coll. Capitalisme, éthique, institutions, Nicolas Postel; Richard Sobel, 13 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.92946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheur.es critiques en terrains critiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Bord de l'Eau, 194 p., 2020, (Documents), 978-2-35687-719-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02865343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisme ou technocratie ? Sociologie des transformations sociales et politiques contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 224 p., 2019, Sociologies et environnement, 978-2-343-15772-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02085687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lefebvre : Pour une sociologie de transformation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Henri Lefebvre : actualités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Grevis, pp.187-216, 2025, 9782492665219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should We Defend the Right to the City? Urban Struggles and ‘Fragmented Rights to the City’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewing Urban Critical Theories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Routledge, pp.161-180, 2025, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003473688-12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion en débats(s) : autogestion(s) et capitalisme(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chambost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Chambost; Olivier Cléach; Simon Le Roulley; Frédéric Moatty; Guillaume Tiffon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’autogestion à l’épreuve du travail. Quelle émancipation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.37-42, 2020, 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.93001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simon Le Roulley; Mathieu Uhel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur.e.s critiques en terrains critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le bord de l'eau, pp.171-176, 2020, (Documents), 978-2-35687-719-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03382883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion c’est du boulot ! Regards sociologiques sur la construction d’une expérience autogestionnaire et autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Chambost; Olivier Cléach; Simon Le Roulley; Frédéric Moatty; Guillaume Tiffon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autogestion à l'épreuve du travail. Quelle émancipation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.163-178, 2020, (Capitalismes - éthique - institutions), 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.93091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. L’autogestion : condition d’émancipation ou dispositif de reproduction sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Chambost; Olivier Cléach; Simon Le Roulley; Frédéric Moatty; Guillaume Tiffon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autogestion à l'épreuve du travail. Quelle émancipation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.275-286, 2020, (Capitalismes - éthique - institutions), 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.93176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La discipline des corps peut-elle conjurer la réalité de la domination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chroniques du Désert; Sabeth Faber; Céline Levy Bosio; Céline Levy Bosio; Jean-Pierre Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps mouvementés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Grevis, 2019, 978-2-9568078-4-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capitalisme ou Technocratie ? Sociologie des transformations sociales et politiques contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp.207-210, 2019, Sociologies et environnement, 978-2-343-15772-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domination et résistance dans l’Éducation Nationale : la contestation de l'organisation du travail par un collectif de surveillants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail des dominations. De l'emprise aux résistances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès Editions, pp.203-214, 2019, Collection Le Travail en débats. Série Colloques &amp; congrès, 978-2-36630-088-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02114368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technocratisation de la recherche et condition doctorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Roulley Simon; Uhel Mathieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capitalisme ou Technocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'harmattan, pp.17-44, 2019, 978-2336865492</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'une reconstruction à l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Désert urbain, chroniques du désert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Grevis, pp.43-69, 2019, Enquetes politiques, 978-2-9568078-1-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et Marx : l'engagement comme limite du commun. Une lecture lefebvrienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engagements et sciences sociales :histoires, paradigmes, et formes d'engagements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Éditions universitaires de Lorraine, pp.131-148, 2017, Salariat et transformations sociales, 978-2-8143-0312-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire technocratique, management et vie quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Cordellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La technocratie en France. Une nouvelle classe dirigeante?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le bord de l'eau, pp.61-79, 2015, 978-2-356-87397-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La technocratie en France : une nouvelle classe dirigeante ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le bord de l'eau, pp.239-241, 2015, Documents, 978-2-356-87397-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réorganisation des rapports de pouvoir au sein de l’Education Nationale. La constitution d’un collectif d’Assistants d’Education dans un lycée pour l’amélioration des conditions de travail et d’emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferrette J (dir.), Souffrances hiérarchiques au travail : l’exemple du secteur public, L’Harmattan, Coll. Logiques sociales, Paris, pp. 191-205</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01596604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institution et destitution du temps social dans l’espace urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La covid, le télétravail et la numérisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Patrick Cingolani; Antonella Corsani, Mar 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit à la mobilité, droit à la terre, droit à la ville : vers une épistémologie du coin de rue et une sociologie de transformation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier ESO Caen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathieu Uhel, Oct 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion à l’épreuve du travail : présentation de l’ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cléach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chambost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Autogestions : idées, pratiques, circulations, XIXe-XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDHES; Université d’Évry Paris-Saclay, Jan 2024, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'entraide en temps de crise à l'organisation collective : naissance d'une lutte de quartier dans le troisième arrondissement de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la ville pendant et après le covid : de nouveaux objets pour la sociologie urbaine ?,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF/POPSU, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire chemin avec Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminare lectures lefebvriennes de l'ENS Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entre artification et patrimonialisation. À propos de l’enquête-collecte Vivre au temps du confinement »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Entre Art et Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Patrimoines en partage – Ethnopole Garae, Dec 2021, Carcassone, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps du confinement : l’enquête-collecte, la collecte-enquête et le sociologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clothing the pandemic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Council Of Museum,, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre artification et patrimonialisation : à propos de l'enquête collecte du MuCEM &amp;quot;Vivre au temps du confinement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Lebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Sofia Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Entre Arts et Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ethnopôle GARAE; GIS Patrimoines en partage, Dec 2021, Carcassonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04348678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps du confinement : comment documenter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival des sciences Le Jeu de l’Oie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mucem &amp; Aix Marseille Université, Dec 2020, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène punk DIY : le succès au prisme de l’éphémère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème journée d’étude PIND : Punk is not dead. Une histoire de la scène punk en France (1976-2016), réussir dans le punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Droit à la Radicalité en sciences sociales : autonomie, punk & sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire EHESS : Underground ! Écrire l’histoire du punk et des cultures alternatives. Approches transversales et méthodologiques. L'engagement comme expérience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESS, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design, Révolution Urbaine et Critique de la Vie Quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de Conférences publiques : Design et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESAM Caen/Cherbourg, Apr 2017, caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panorama de la scène punk à Caen des années 2000 et 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème journée d'étude de PIND : Punk is not dead, Une histoire de la scène punk en France, 1976-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme Intelligence des patrimoines du CESR et THALIM, Apr 2017, Mondeville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punk, DIY & Autonomie politique : la production de l'espace entre le détournement et la destitution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musique, Espace et militantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Journée de l'axe “Médias et territoires” du CIST, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La saturation du temps social. Éléments de réflexion sur les conditions de possibilité d’un droit au temps comme modalité d’un droit à la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque international : Penser l'émancipation [Penser l’émancipation IV - 2017]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Do-It-Yourself. Radicalités et limites de l’autonomie des pratiques culturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Raboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque international : Penser l'émancipation [Penser l’émancipation IV - 2017]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène punk Do-It-Yourself : la discipline des corps peut-elle conjurer la réalité de la domination ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FISO 2017 - Festival international de sociologie : La fabrication des corps au 21e siècle : éduquer, soigner, augmenter, identifier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Co-organisée par le laboratoire Lorrain de Sciences Sociales de l’Université de Lorraine (2L2S) et par la société d’émulation des Vosges (SEV), Oct 2017, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de l’espace punk DIY : du rural à l’urbain, entre autonomie et dépendance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème journée d'étude de PIND : Punk is not dead. Une histoire de la scène punk en France 1976-2016, punks des villes et punks des champs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme Intelligence des patrimoines du CESR et THALIM, Jan 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectifs (de) précaires : la résistance des doctorant.e.s dans l'université : contradictions et possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème congrès de l'AFS : Sociologie des pouvoirs, pouvoir de la sociologie - Session 6 : RT 25 - Travail, organisations, emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01596598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion c’est du boulot ! Regards sociologiques sur la construction d’une expérience autogestionnaire et autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de recherche : Autogestion et travail. Un état de la question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RT 25 et 30 de l’AFS, avec le LIRSA, le CPN, le CEET et le LISE, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritage et actualité de Socialisme ou Barbarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Avec Lefort, après Lefort, prendre en charge l’expérience de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERREV - Université de Caen Normandie (EA 3918), Jun 2016, Caen/Saint-Germain-La-Blanche-Herbe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enrôlement managérial et l’idéologie du NPM chez les enseignants-chercheurs en sciences humaines : quand la critique de gauche devient critique de droite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CERReV. Les mondes du travail : aliénations, dominations et exploitations d’aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Histoire du temps social, le rapport au temps de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de Droit Social : La Valorisation du Temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moment Lefebvre : la consolidation de la perspective critique dans la trajectoire d'un jeune chercheur pour une sociologie radicale et impliquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La producción del espacio y la actualidad del pensamiento de Henri Lefebvre : Homenaje a 25 años de su muerte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Mexico city, Mexique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique sociologique dans, par et contre l’institution : pour une sociologie radicale et impliquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire Experice : Faire commun en recherche - Séance du 25 novembre 2016 : La critique sociologique dans, par et contre l’institution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Experice (Ecole doctorale Sciences sociales, Université Paris 8 – Saint-Denis) &amp; Réseau des Fabriques de sociologie, Nov 2016, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ambivalences de l’antisexisme dans la scène punk DIY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : Une histoire de la scène punk en France (1976-2016) : questions de genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESR (U. François-Rabelais/CNRS/MCC); THALIM (CNRS/ENS/U. Paris 3), Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DIY punk scene: between the reproduction of social structures of domination and emancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference : Keep It Simple, Make It Fast! Crossing Borders of Underground Music Scenes [KISMIF Conference 2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Porto. Faculty of Arts and Humanities, Jul 2015, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique du DIY comme art de la résistance, une marge à la croisée de l’institué et de l’instituant : l’exemple de la “scène“ punk »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : La création comme résistance (volet 2) : où la création résiste-t-elle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce monde que nous ne pouvons que reproduire. Regard sociologique sur le carnaval étudiant de Caen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Walker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Ville &amp; Sciences sociales (Programme pluridisciplinaire de la MRSH de Caen)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compromiso y radicalidad en la investigación en ciencias sociales: reflexión acerca de la emancipación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario – taller Pensar la emancipación desde el espacio social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autonoma de Mexico, Oct 2015, Caen (videoconferencia), Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01969987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If it ain't radical, it ain't punk! The production of knowledge under the light of the DIY punk scene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second annual "Punk Scholars Network" Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais au fond qu'est-ce que vous voulez ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès de l'Association Française de Sociologie : La sociologie, une science contre nature ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Saint-quentin-en-Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et Marx : l’engagement comme limite du commun. Une lecture lefebvrienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Festival international de sociologie : 3e Biennale Durkheim-Mauss : Figures de l'engagement : objets, formes, trajectoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la question de l'implication sociologique à l'implication de la question sociale : réflexion sur la position du chercheur à partir d'une recherche-action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CERREV : la recherche-action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERREV, Sep 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et hors travail : regards sociologiques sur les temps de la vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale du livre de sciences humaines et sociales : la fabrique du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le collectif comme réponse à l’impasse syndicale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l’émancipation. Théories, pratiques et conflits autour de l’émancipation humaine, organisé par le Réseau penser l’émancipation et le laboratoire Sophiapol, Université Paris Ouest Nanterre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01596610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience difficile de la construction d’une recherche : implication et transduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2º Seminário Internacional Trabalho e Educação: O enigmático na atividade do pesquisador: relação ojetividade e subjetividades</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Ouro Preto, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anomie temporelle : une possibilité d’émancipation par la transgression du temps institution ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Travail et Loisirs ou comment le travail se transforme par et dans le divertissement et comment le divertissement se requalifie en travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRIPIC - CELSA; Université Paris-Sorbonne, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sociologiques sur le temps : anomie temporelle et temporalités anomiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e journées doctorales du IIAC “Refaire le(s) monde(s) : espaces et temps du contemporain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://www.iiac.cnrs.fr/article2533.html, Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Duvignaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Poutot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ravelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anamnèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, 183 p., 2015, 978-2-343-04664-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hinterland est fondamentalement planétaire&amp;quot;. Itinéraire avec Phil A. Neel, Réalisé par Vincent Béal, Simon Le Roulley, Max Rousseau, avec l’aide, pour la traduction, de Mathilde Fois Duclerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil A. Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Béal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Fois Duclerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.150-160. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.118.0150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04920597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institution et destitution du temps social : socioanthropologie du temps institué et des contre(-)temps révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Normandie Université, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019NORMC034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04819974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId123"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:109.40170940171px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Simon Le Roulley </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Docteur en sociologieMaitre de Conférences en Sciences de l'éducation à l'Université Sorbonne Paris Nord - IUT Carrières Sociales de BobignyUnité de Recherche ISMEE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">simon-le-roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0004-4738-7895</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notion en débat. Droit à la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, https://geoconfluences.ens-lyon.fr/informations-scientifiques/a-la-une/notion-a-la-une/droit-a-la-ville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05362377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entraide et réciprocités en temps de crise dans un quartier populaire de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sociographe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Hors-série n° 18 (5), pp.149-157. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/graph1.hs018.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche des luttes mémorielles par les actes graphiques : l'impossible contextualisation de la violence d'Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polygraphe(s) : approches métissées des actes graphiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, pp.72-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche critique de la notion de résultats en recherche-action participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GéoProximitéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Et tout, le monde, déteste la métropole ? » Entretien avec la critique sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guironnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Delfini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Eliçabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.8019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03375145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terrorisme, violences politiques et maintien de l’ordre‪. L’ultra gauche comme cible de la terreur instituée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 154-155, pp.137-160. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jda.7173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La saturation du temps social. Éléments de réflexion sur les conditions de possibilité d’un droit au temps comme modalité d’un droit à la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations. Revue internationale de théorie critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20, [20 p.]. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/variations.863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadavre est-il encore chaud ? Étude sociologique sur la portée et l’héritage de la scène DIY punk française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.157-171. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Compte-rendu] Lionel Jacquot, Travail, gouvernementalité managériale et néolibéralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, [6 p.], [n°9]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cause commune avec Jean Duvignaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Poutot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anamnèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Jean Duvignaud, 9, pp.7-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps saturé et critique de la vie quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), pp.23-56. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030263ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lefebvre : Actualités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lariagon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Grevis, 2025, 9782492665219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la sociologie d'Henri Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le bord de l'eau, 2021, Anamnèse, 9782356877673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03382868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheur.es critiques en terrains critiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Bord de l'Eau, 194 p., 2020, (Documents), 978-2-35687-719-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02865343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autogestion à l'épreuve du travail. Quelle émancipation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chambost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cleach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Moatty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tiffon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion, 2020, coll. Capitalisme, éthique, institutions, Nicolas Postel; Richard Sobel, 13 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.92946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisme ou technocratie ? Sociologie des transformations sociales et politiques contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 224 p., 2019, Sociologies et environnement, 978-2-343-15772-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02085687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Lefebvre : Pour une sociologie de transformation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Henri Lefebvre : actualités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Grevis, pp.187-216, 2025, 9782492665219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should We Defend the Right to the City? Urban Struggles and ‘Fragmented Rights to the City’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewing Urban Critical Theories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Routledge, pp.161-180, 2025, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003473688-12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05392693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion en débats(s) : autogestion(s) et capitalisme(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chambost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Chambost; Olivier Cléach; Simon Le Roulley; Frédéric Moatty; Guillaume Tiffon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’autogestion à l’épreuve du travail. Quelle émancipation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.37-42, 2020, 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.93001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simon Le Roulley; Mathieu Uhel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur.e.s critiques en terrains critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le bord de l'eau, pp.171-176, 2020, (Documents), 978-2-35687-719-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03382883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion c’est du boulot ! Regards sociologiques sur la construction d’une expérience autogestionnaire et autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Chambost; Olivier Cléach; Simon Le Roulley; Frédéric Moatty; Guillaume Tiffon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autogestion à l'épreuve du travail. Quelle émancipation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.163-178, 2020, (Capitalismes - éthique - institutions), 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.93091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. L’autogestion : condition d’émancipation ou dispositif de reproduction sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Chambost; Olivier Cléach; Simon Le Roulley; Frédéric Moatty; Guillaume Tiffon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autogestion à l'épreuve du travail. Quelle émancipation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.275-286, 2020, (Capitalismes - éthique - institutions), 978-2-7574-3029-3. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.93176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La discipline des corps peut-elle conjurer la réalité de la domination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chroniques du Désert; Sabeth Faber; Céline Levy Bosio; Céline Levy Bosio; Jean-Pierre Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps mouvementés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Grevis, 2019, 978-2-9568078-4-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capitalisme ou Technocratie ? Sociologie des transformations sociales et politiques contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp.207-210, 2019, Sociologies et environnement, 978-2-343-15772-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domination et résistance dans l’Éducation Nationale : la contestation de l'organisation du travail par un collectif de surveillants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail des dominations. De l'emprise aux résistances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès Editions, pp.203-214, 2019, Collection Le Travail en débats. Série Colloques &amp; congrès, 978-2-36630-088-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02114368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technocratisation de la recherche et condition doctorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Roulley Simon; Uhel Mathieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capitalisme ou Technocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'harmattan, pp.17-44, 2019, 978-2336865492</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'une reconstruction à l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Désert urbain, chroniques du désert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Grevis, pp.43-69, 2019, Enquetes politiques, 978-2-9568078-1-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et Marx : l'engagement comme limite du commun. Une lecture lefebvrienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engagements et sciences sociales :histoires, paradigmes, et formes d'engagements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Éditions universitaires de Lorraine, pp.131-148, 2017, Salariat et transformations sociales, 978-2-8143-0312-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La technocratie en France : une nouvelle classe dirigeante ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le bord de l'eau, pp.239-241, 2015, Documents, 978-2-356-87397-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire technocratique, management et vie quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Cordellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La technocratie en France. Une nouvelle classe dirigeante?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le bord de l'eau, pp.61-79, 2015, 978-2-356-87397-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réorganisation des rapports de pouvoir au sein de l’Education Nationale. La constitution d’un collectif d’Assistants d’Education dans un lycée pour l’amélioration des conditions de travail et d’emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferrette J (dir.), Souffrances hiérarchiques au travail : l’exemple du secteur public, L’Harmattan, Coll. Logiques sociales, Paris, pp. 191-205</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01596604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institution et destitution du temps social dans l’espace urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La covid, le télétravail et la numérisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Patrick Cingolani; Antonella Corsani, Mar 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit à la mobilité, droit à la terre, droit à la ville : vers une épistémologie du coin de rue et une sociologie de transformation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier ESO Caen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathieu Uhel, Oct 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion à l’épreuve du travail : présentation de l’ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tiffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cléach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chambost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Autogestions : idées, pratiques, circulations, XIXe-XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDHES; Université d’Évry Paris-Saclay, Jan 2024, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'entraide en temps de crise à l'organisation collective : naissance d'une lutte de quartier dans le troisième arrondissement de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la ville pendant et après le covid : de nouveaux objets pour la sociologie urbaine ?,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF/POPSU, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire chemin avec Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminare lectures lefebvriennes de l'ENS Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps du confinement : l’enquête-collecte, la collecte-enquête et le sociologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clothing the pandemic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Council Of Museum,, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entre artification et patrimonialisation. À propos de l’enquête-collecte Vivre au temps du confinement »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Entre Art et Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Patrimoines en partage – Ethnopole Garae, Dec 2021, Carcassone, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre artification et patrimonialisation : à propos de l'enquête collecte du MuCEM &amp;quot;Vivre au temps du confinement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Lebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Clara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Sofia Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Entre Arts et Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ethnopôle GARAE; GIS Patrimoines en partage, Dec 2021, Carcassonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04348678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre au temps du confinement : comment documenter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival des sciences Le Jeu de l’Oie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mucem &amp; Aix Marseille Université, Dec 2020, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène punk DIY : le succès au prisme de l’éphémère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème journée d’étude PIND : Punk is not dead. Une histoire de la scène punk en France (1976-2016), réussir dans le punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Droit à la Radicalité en sciences sociales : autonomie, punk & sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire EHESS : Underground ! Écrire l’histoire du punk et des cultures alternatives. Approches transversales et méthodologiques. L'engagement comme expérience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESS, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design, Révolution Urbaine et Critique de la Vie Quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de Conférences publiques : Design et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESAM Caen/Cherbourg, Apr 2017, caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panorama de la scène punk à Caen des années 2000 et 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème journée d'étude de PIND : Punk is not dead, Une histoire de la scène punk en France, 1976-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme Intelligence des patrimoines du CESR et THALIM, Apr 2017, Mondeville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punk, DIY & Autonomie politique : la production de l'espace entre le détournement et la destitution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musique, Espace et militantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Journée de l'axe “Médias et territoires” du CIST, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La saturation du temps social. Éléments de réflexion sur les conditions de possibilité d’un droit au temps comme modalité d’un droit à la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque international : Penser l'émancipation [Penser l’émancipation IV - 2017]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Do-It-Yourself. Radicalités et limites de l’autonomie des pratiques culturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Raboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque international : Penser l'émancipation [Penser l’émancipation IV - 2017]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène punk Do-It-Yourself : la discipline des corps peut-elle conjurer la réalité de la domination ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FISO 2017 - Festival international de sociologie : La fabrication des corps au 21e siècle : éduquer, soigner, augmenter, identifier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Co-organisée par le laboratoire Lorrain de Sciences Sociales de l’Université de Lorraine (2L2S) et par la société d’émulation des Vosges (SEV), Oct 2017, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de l’espace punk DIY : du rural à l’urbain, entre autonomie et dépendance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème journée d'étude de PIND : Punk is not dead. Une histoire de la scène punk en France 1976-2016, punks des villes et punks des champs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme Intelligence des patrimoines du CESR et THALIM, Jan 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectifs (de) précaires : la résistance des doctorant.e.s dans l'université : contradictions et possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème congrès de l'AFS : Sociologie des pouvoirs, pouvoir de la sociologie - Session 6 : RT 25 - Travail, organisations, emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01596598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autogestion c’est du boulot ! Regards sociologiques sur la construction d’une expérience autogestionnaire et autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de recherche : Autogestion et travail. Un état de la question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RT 25 et 30 de l’AFS, avec le LIRSA, le CPN, le CEET et le LISE, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique sociologique dans, par et contre l’institution : pour une sociologie radicale et impliquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire Experice : Faire commun en recherche - Séance du 25 novembre 2016 : La critique sociologique dans, par et contre l’institution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Experice (Ecole doctorale Sciences sociales, Université Paris 8 – Saint-Denis) &amp; Réseau des Fabriques de sociologie, Nov 2016, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moment Lefebvre : la consolidation de la perspective critique dans la trajectoire d'un jeune chercheur pour une sociologie radicale et impliquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La producción del espacio y la actualidad del pensamiento de Henri Lefebvre : Homenaje a 25 años de su muerte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Mexico city, Mexique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritage et actualité de Socialisme ou Barbarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Avec Lefort, après Lefort, prendre en charge l’expérience de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERREV - Université de Caen Normandie (EA 3918), Jun 2016, Caen/Saint-Germain-La-Blanche-Herbe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enrôlement managérial et l’idéologie du NPM chez les enseignants-chercheurs en sciences humaines : quand la critique de gauche devient critique de droite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CERReV. Les mondes du travail : aliénations, dominations et exploitations d’aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Histoire du temps social, le rapport au temps de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de Droit Social : La Valorisation du Temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ambivalences de l’antisexisme dans la scène punk DIY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : Une histoire de la scène punk en France (1976-2016) : questions de genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESR (U. François-Rabelais/CNRS/MCC); THALIM (CNRS/ENS/U. Paris 3), Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compromiso y radicalidad en la investigación en ciencias sociales: reflexión acerca de la emancipación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario – taller Pensar la emancipación desde el espacio social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autonoma de Mexico, Oct 2015, Caen (videoconferencia), Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01969987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique du DIY comme art de la résistance, une marge à la croisée de l’institué et de l’instituant : l’exemple de la “scène“ punk »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : La création comme résistance (volet 2) : où la création résiste-t-elle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce monde que nous ne pouvons que reproduire. Regard sociologique sur le carnaval étudiant de Caen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Walker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Ville &amp; Sciences sociales (Programme pluridisciplinaire de la MRSH de Caen)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DIY punk scene: between the reproduction of social structures of domination and emancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference : Keep It Simple, Make It Fast! Crossing Borders of Underground Music Scenes [KISMIF Conference 2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Porto. Faculty of Arts and Humanities, Jul 2015, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If it ain't radical, it ain't punk! The production of knowledge under the light of the DIY punk scene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second annual "Punk Scholars Network" Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais au fond qu'est-ce que vous voulez ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès de l'Association Française de Sociologie : La sociologie, une science contre nature ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Saint-quentin-en-Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et Marx : l’engagement comme limite du commun. Une lecture lefebvrienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Festival international de sociologie : 3e Biennale Durkheim-Mauss : Figures de l'engagement : objets, formes, trajectoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la question de l'implication sociologique à l'implication de la question sociale : réflexion sur la position du chercheur à partir d'une recherche-action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CERREV : la recherche-action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERREV, Sep 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et hors travail : regards sociologiques sur les temps de la vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale du livre de sciences humaines et sociales : la fabrique du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le collectif comme réponse à l’impasse syndicale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Uhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l’émancipation. Théories, pratiques et conflits autour de l’émancipation humaine, organisé par le Réseau penser l’émancipation et le laboratoire Sophiapol, Université Paris Ouest Nanterre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01596610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience difficile de la construction d’une recherche : implication et transduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2º Seminário Internacional Trabalho e Educação: O enigmático na atividade do pesquisador: relação ojetividade e subjetividades</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Ouro Preto, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anomie temporelle : une possibilité d’émancipation par la transgression du temps institution ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Travail et Loisirs ou comment le travail se transforme par et dans le divertissement et comment le divertissement se requalifie en travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRIPIC - CELSA; Université Paris-Sorbonne, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sociologiques sur le temps : anomie temporelle et temporalités anomiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e journées doctorales du IIAC “Refaire le(s) monde(s) : espaces et temps du contemporain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, http://www.iiac.cnrs.fr/article2533.html, Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Duvignaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Poutot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ravelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anamnèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, 183 p., 2015, 978-2-343-04664-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02301655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hinterland est fondamentalement planétaire&amp;quot;. Itinéraire avec Phil A. Neel, Réalisé par Vincent Béal, Simon Le Roulley, Max Rousseau, avec l’aide, pour la traduction, de Mathilde Fois Duclerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil A. Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Béal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Fois Duclerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.150-160. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.118.0150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04920597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institution et destitution du temps social : socioanthropologie du temps institué et des contre(-)temps révolutionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Roulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Normandie Université, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019NORMC034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04819974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId123"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D562F825"/>
+    <w:nsid w:val="7000E46B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-le-roulley" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-4738-7895" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362377v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Roulley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392686v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs018.0149" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392664v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708179v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03375145v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guironnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Eli&#231;abe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.8019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301539v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Long" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.7173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301529v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/variations.863" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301044v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4998" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301542v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poutot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301548v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030263ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392725v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lariagon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03382868v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03130391v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chambost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cleach" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moatty" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tiffon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.92946" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865343v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Uhel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02085687v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406155v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392693v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003473688-12" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03134985v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.93001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03382883v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708265v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.93091" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708268v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.93176" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708225v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02114368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301689v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301621v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305638v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cordellier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301633v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01596604v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708869v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708925v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708916v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cl&#233;ach" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708875v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708921v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708858v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708894v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04348678v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Molinier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lebeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Ramos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708906v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301736v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301735v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301770v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301741v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301756v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301761v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Raboud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301743v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301773v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01596598v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301754v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301827v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301824v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301778v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301704v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301820v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301822v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301717v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301842v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301849v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Delorme" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Walker" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969987v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301713v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301840v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301829v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301852v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01596610v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301727v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301857v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301860v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301655v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ravelet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04920597v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil A. Neel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;al" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Rousseau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fois Duclerc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.118.0150" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04819974v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NORMC034" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simon-le-roulley" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-4738-7895" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362377v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Roulley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392686v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs018.0149" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392664v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708179v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03375145v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guironnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Eli&#231;abe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.8019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301539v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Long" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.7173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301529v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/variations.863" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301044v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4998" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301542v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poutot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301548v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030263ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392725v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lariagon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03382868v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865343v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Uhel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03130391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chambost" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cleach" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moatty" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tiffon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.92946" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02085687v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406155v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05392693v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003473688-12" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03134985v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.93001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03382883v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708265v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.93091" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708268v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.93176" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708225v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02114368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301689v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301621v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301633v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305638v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cordellier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01596604v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708869v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708925v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708916v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cl&#233;ach" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708875v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708921v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708894v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708858v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04348678v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Molinier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lebeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Clara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Ramos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708906v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301736v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301735v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301770v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301741v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301756v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301761v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Raboud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301743v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301773v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01596598v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301754v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301820v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301704v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301827v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301824v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301778v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301822v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969987v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301842v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301849v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Delorme" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Walker" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301717v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301713v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301840v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301829v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301852v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01596610v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301727v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301857v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301860v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301655v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ravelet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04920597v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil A. Neel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;al" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Rousseau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fois Duclerc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.118.0150" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04819974v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NORMC034" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>